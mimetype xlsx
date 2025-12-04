--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidan</t>
   </si>
   <si>
     <t>Akseptor</t>
   </si>
   <si>
     <t>Kabkota</t>
   </si>
   <si>
     <t>JML</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>IUD</t>
   </si>
   <si>
     <t>Imp</t>
   </si>
   <si>
@@ -308,50 +308,65 @@
   <si>
     <t>SUPI'IN / 51 / 25 th / 0 bln / 2 / 2025-08-01/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>KHOIRUL KURNIAWATI / 44 / 0 th / 2 bln / 2 / 2025-08-11/ KB PascaSalin/  IUD/ Puskesmas</t>
   </si>
   <si>
     <t>BATIN ROHMANI / 23 / 0 th / 9 bln / 1 / 2025-08-19/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>TUTIK HENDRAWATI / 40 / 3 th / 0 bln / 3 / 2025-08-19/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>SRIYAH / 36 / 3 th / 0 bln / 2 / 2025-08-27/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>JUMIÁH / 35 / 3 th / 0 bln / 2 / 2025-09-08/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>YUNITA SARI / 24 / 6 th / 6 bln / 1 / 2025-09-24/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>SUMIYATUN / 45 / 11 th / 4 bln / 2 / 2025-09-29/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
+    <t>ANA SOFIATIN / 24 / 4 th / 0 bln / 1 / 2025-10-28/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>ANIS SETIYO RAHAYU / 39 / 9 th / 0 bln / 2 / 2025-10-29/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>YUNIK / 42 / 24 th / 0 bln / 1 / 2025-11-01/ Ganti Cara/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>SUWATI / 44 / 8 th / 0 bln / 2 / 2025-11-12/ Ganti Cara/  IUD/ Puskesmas</t>
+  </si>
+  <si>
+    <t>SITI / 43 / 6 th / 0 bln / 2 / 2025-11-15/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
     <t>Kabupaten Bondowoso</t>
   </si>
   <si>
     <t>Shelynda Eka Olivia, A.Md.Keb</t>
   </si>
   <si>
     <t>Kabupaten Gresik</t>
   </si>
   <si>
     <t>Khusnul Khotimah, Amd.Keb</t>
   </si>
   <si>
     <t>Kabupaten Jember</t>
   </si>
   <si>
     <t>Dian Fatmawati, Amd.keb</t>
   </si>
   <si>
     <t>Sujiati, A.Md.Keb</t>
   </si>
   <si>
     <t>Zulfa azizah / 47 / 16 th / 0 bln / 2 / 2025-01-25/ KB Ulang/  IUD/ Puskesmas</t>
   </si>
   <si>
     <t>Kania Septi wulansari / 34 / 4 th / 7 bln / 1 / 2025-02-19/ Ganti Cara/  IUD/ Puskesmas</t>
@@ -743,56 +758,62 @@
   <si>
     <t>Ulfa Mariana Rosita Dewi, A.Md.Keb</t>
   </si>
   <si>
     <t>LIYA SRI NURHIKMAH</t>
   </si>
   <si>
     <t>Kabupaten Nganjuk</t>
   </si>
   <si>
     <t>Terica Bian Karibta, AMd.,Keb</t>
   </si>
   <si>
     <t>Kabupaten Ngawi</t>
   </si>
   <si>
     <t>Siti Nurwahyuni, Amd.Keb</t>
   </si>
   <si>
     <t>Dyah Eva Fajarwati, Amd.Keb</t>
   </si>
   <si>
     <t>Nanik Winarti, Amd.Keb</t>
   </si>
   <si>
+    <t>masjay</t>
+  </si>
+  <si>
+    <t>Belum // Upload</t>
+  </si>
+  <si>
+    <t>Kabupaten Pacitan</t>
+  </si>
+  <si>
     <t>Ria Agustin</t>
   </si>
   <si>
-    <t>Kabupaten Pacitan</t>
-[...1 lines deleted...]
-  <si>
     <t>Retno Palupi</t>
   </si>
   <si>
     <t>Aris Wahyu Dwiyanti, Amd.Keb</t>
   </si>
   <si>
     <t>Ike Trihastuti</t>
   </si>
   <si>
     <t>Boirah / 36 / 8 th / 0 bln / 2 / 2025-02-16/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Wiwin / 27 / 0 th / 3 bln / 2 / 2025-02-03/ KB Baru/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Endang fitri astutik / 32 / 2 th / 8 bln / 2 / 2025-02-02/ KB Baru/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Dina / 20 / 4 th / 0 bln / 1 / 2025-05-27/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Nur Laila, A.Md.Keb</t>
   </si>
   <si>
     <t>Kabupaten Pamekasan</t>
@@ -855,50 +876,59 @@
     <t>Ernawati / 32 / 3 th / 0 bln / 2 / 2025-05-07/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Warsiyah / 39 / 8 th / 0 bln / 4 / 2025-05-07/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Afiqoh / 30 / 5 th / 0 bln / 1 / 2025-05-16/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Alfiah / 30 / 3 th / 0 bln / 2 / 2025-05-16/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Novitasari / 30 / 6 th / 0 bln / 2 / 2025-05-16/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Uswatun kasanah / 26 / 3 th / 0 bln / 2 / 2025-05-17/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Erni / 28 / 8 th / 0 bln / 2 / 2025-05-17/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Eni / 40 / 13 th / 0 bln / 2 / 2025-08-06/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Yulia / 26 / 0 th / 0 bln / 2 / 2025-08-20/ KB PascaSalin/  IUD/ Puskesmas</t>
+  </si>
+  <si>
+    <t>Kumaidah / 32 / 3 th / 0 bln / 4 / 2025-11-06/ KB PascaSalin/  IUD/ Puskesmas</t>
+  </si>
+  <si>
+    <t>Tatik / 32 / 0 th / 6 bln / 2 / 2025-11-28/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>Sukis / 28 / 0 th / 5 bln / 2 / 2025-11-28/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Umi Latifah, S.STKeb.</t>
   </si>
   <si>
     <t>ISNAINI AMANATUL HUSNAH</t>
   </si>
   <si>
     <t>Kabupaten Ponorogo</t>
   </si>
   <si>
     <t>Dira Ema Danistya, A.Md.Keb.</t>
   </si>
   <si>
     <t>Kabupaten Probolinggo</t>
   </si>
   <si>
     <t>Kholifatus Sa'diah, A.md.Keb</t>
   </si>
   <si>
     <t>Toriyah, S.Tr.Keb</t>
   </si>
   <si>
     <t>Kabupaten Sampang</t>
   </si>
@@ -1396,63 +1426,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/erin_091603750_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/nur afita_091759049_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/juhairiyah_091838476_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/inayah_091947002_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/amirotu_092033997_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/linda ayu pasang implan 140120_104359654_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250127/heni rutiyani pasang implan pa_070637825_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/afifatus sya_diyah pasang impl_142916833_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sumiyati pasang implan 220125_142803335_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sri wiyati pasang implan gc 22_142605080_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250120/marmi pasang implan 200125_130904357_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/eca wahyu setiani pasang impla_182543523_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/yayuk pasang iud 14012025_104248586_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250208/riska ayu septiana pasang impl_105403958_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250210/aimatus sholikah pasang iud 10_161813491_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250310/siti maghfiroh pasang implan 1_114329764_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250312/pasang iud siti isaroh 110325_140930679_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250410/ita fitria ulfa lepas pasang i_134122986_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250415/hermin wahyuni lepas pasang im_124107996_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/kartingah lepas pasang implan _112350568_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/sati pasang implan 190425_112522742_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250423/endang rina fitriabti cabut pa_110837486_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250428/anik alifatin cabut pasang imp_122830334_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250506/irva saputri pasang iud 60525_120034855_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/suwati cabut pasang iud 070525_120623169_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/erni ratna dewi bongkar pasang_120759671_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/yeni oktavia pasang implan 100_120932060_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/maemonah pasang implan 100525_121100000_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/umul khoiri cabut pasang impla_150208406_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/ilfa nurul munafiah cabut pasa_150237203_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/elawati pasang implan 170525_150521472_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/catur kania pasang implan 2105_130825242_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/epitamala pasang implan 220525_084405069_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/yeni saputri pasang implan 220_084509784_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250524/rina rohmawati pasang iud 2405_114135644_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/siti aminah pasang iud 280525_120408444_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/harnanik cabut pasang iud 2805_120511649_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/nur kholishotin pasang iud 280_120757438_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/ita sari asnanik pasang implan_120846532_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/marmi cabut pasang iud 20625_135723594_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/ernawati cabut pasang implan 2_135815819_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250614/alviatul rohmah pasang implan _234408571_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250625/astutik cabut pasang implan 23_205433877_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/chintia putri aliyah cabut pas_124103321_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/yulianik eka cabut pasang iud _124309325_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250704/siti mahmudah cabut implan gan_101505722_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/sri wahyuni cabut pasang impla_185202613_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/juwariyah cabut pasang implan _185359915_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250725/kholifah pasang iud 250725_122810772_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250801/supiin cabut pasang implan 010_144712399_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250811/khoirul kurniawatun pasang iud_133738375_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/batin rohmani pasang implan 19_223906044_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/tutik h. cabut pasang implan 1_224053275_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/sriyah cabut pasang implan 270_224223213_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250911/jumi_ah cabut pasang implan 08_132834419_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250924/yunita sari pasang implan 2309_124343110_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251003/sumiyatun cabut pasang implan _125249219_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250125/kb iud 25 jan 2025_103527269_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/kartu peserta kb kania septi_090415373_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/px kb baru heni_103250938_50966.jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250519/kb implant desi r 16 mei 2025_113003134_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 iud uswatun hasanah_110235278_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 firda niswa_110423393_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 hilyatul_110531173_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nonik i_110701879_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 sari sudarwati_111003723_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 robiyah_111118286_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nasiyati_111254256_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 faimatul h_111408445_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 winarsih_111530029_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 agustin r_111642418_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 ria fifi lestari_111748542_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nurul jannah_111859718_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 junita sari_112007628_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 devi lestari_112125284_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130614761_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130708083_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131006035_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131140921_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132224034_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132409764_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132455300_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132550980_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132646301_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132810138_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132911811_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133248791_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133534606_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133822931_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133930194_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134222421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134302952_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134349928_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134438783_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_135925051_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140255890_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140717281_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141001421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141107697_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141252413_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141340633_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141432530_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141551491_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142024060_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142149607_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142708825_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142801449_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143002515_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143300760_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143345107_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_144644203_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145309866_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145440134_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145539267_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145632818_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144340407_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144440410_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144545710_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144632679_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144832336_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144954677_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145057436_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145220474_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145606498_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145748871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150036110_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150357848_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150349675_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150510081_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082712673_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082954746_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_083057482_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_084949151_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085103513_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085153044_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085253871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085347898_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085529781_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085654000_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250226/img20250221110405_163700487_50781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/11_01_2025 sri dewiati _implan_222407548_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 syah munetoria _imp_222112555_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 krystine vita kumal_222022145_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/17_01_2015 nur afifah _implan__221903811_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/20_01_2025 nurul maulidiyah _i_221737343_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 umi riatul mutmaina_221600965_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 nur kholilah _impla_221514823_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/boirah impant_111444259_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/wiwin implant_111748225_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/endang implant_112328539_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/dina implant_113528287_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250213/173943079846151380902825564559_141414091_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0003_143431665_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0006_143534361_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0005_143720199_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0004_1__143831368_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0008_143923780_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0001_144014233_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0007_144100630_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0002_144152647_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0019_145451688_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0016_145459251_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0020_145508030_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0018_145515588_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0017_145523805_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0021_145531907_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/img_20250516_wa0000_142121975_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250820/20250820_134444_220137513_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/susan _implant_095655015_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/kuni_implant_095818433_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/luluk _iud 3 juli_100057073_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/tri wulan_ iud 3 juli_100851445_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/mei sunarti_implant 9 juli_101157470_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272135556386268134398662470_100309529_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272145758544329729066798777_100439093_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272171224771026184951391410_100851777_50975.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/erin_091603750_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/nur afita_091759049_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/juhairiyah_091838476_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/inayah_091947002_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/amirotu_092033997_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/linda ayu pasang implan 140120_104359654_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250127/heni rutiyani pasang implan pa_070637825_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/afifatus sya_diyah pasang impl_142916833_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sumiyati pasang implan 220125_142803335_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sri wiyati pasang implan gc 22_142605080_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250120/marmi pasang implan 200125_130904357_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/eca wahyu setiani pasang impla_182543523_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/yayuk pasang iud 14012025_104248586_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250208/riska ayu septiana pasang impl_105403958_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250210/aimatus sholikah pasang iud 10_161813491_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250310/siti maghfiroh pasang implan 1_114329764_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250312/pasang iud siti isaroh 110325_140930679_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250410/ita fitria ulfa lepas pasang i_134122986_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250415/hermin wahyuni lepas pasang im_124107996_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/kartingah lepas pasang implan _112350568_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/sati pasang implan 190425_112522742_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250423/endang rina fitriabti cabut pa_110837486_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250428/anik alifatin cabut pasang imp_122830334_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250506/irva saputri pasang iud 60525_120034855_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/suwati cabut pasang iud 070525_120623169_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/erni ratna dewi bongkar pasang_120759671_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/yeni oktavia pasang implan 100_120932060_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/maemonah pasang implan 100525_121100000_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/umul khoiri cabut pasang impla_150208406_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/ilfa nurul munafiah cabut pasa_150237203_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/elawati pasang implan 170525_150521472_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/catur kania pasang implan 2105_130825242_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/epitamala pasang implan 220525_084405069_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/yeni saputri pasang implan 220_084509784_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250524/rina rohmawati pasang iud 2405_114135644_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/siti aminah pasang iud 280525_120408444_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/harnanik cabut pasang iud 2805_120511649_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/nur kholishotin pasang iud 280_120757438_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/ita sari asnanik pasang implan_120846532_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/marmi cabut pasang iud 20625_135723594_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/ernawati cabut pasang implan 2_135815819_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250614/alviatul rohmah pasang implan _234408571_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250625/astutik cabut pasang implan 23_205433877_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/chintia putri aliyah cabut pas_124103321_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/yulianik eka cabut pasang iud _124309325_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250704/siti mahmudah cabut implan gan_101505722_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/sri wahyuni cabut pasang impla_185202613_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/juwariyah cabut pasang implan _185359915_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250725/kholifah pasang iud 250725_122810772_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250801/supiin cabut pasang implan 010_144712399_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250811/khoirul kurniawatun pasang iud_133738375_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/batin rohmani pasang implan 19_223906044_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/tutik h. cabut pasang implan 1_224053275_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/sriyah cabut pasang implan 270_224223213_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250911/jumi_ah cabut pasang implan 08_132834419_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250924/yunita sari pasang implan 2309_124343110_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251003/sumiyatun cabut pasang implan _125249219_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251028/ana sofiatin cabut pasang impl_100148893_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251029/anis setiyo rahayu cabut pasan_113618646_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251113/suwati pasang iud 121125_132233041_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251115/siti cabut pasang implan 15112_115531851_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250125/kb iud 25 jan 2025_103527269_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/kartu peserta kb kania septi_090415373_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/px kb baru heni_103250938_50966.jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250519/kb implant desi r 16 mei 2025_113003134_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 iud uswatun hasanah_110235278_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 firda niswa_110423393_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 hilyatul_110531173_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nonik i_110701879_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 sari sudarwati_111003723_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 robiyah_111118286_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nasiyati_111254256_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 faimatul h_111408445_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 winarsih_111530029_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 agustin r_111642418_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 ria fifi lestari_111748542_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nurul jannah_111859718_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 junita sari_112007628_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 devi lestari_112125284_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130614761_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130708083_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131006035_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131140921_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132224034_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132409764_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132455300_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132550980_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132646301_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132810138_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132911811_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133248791_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133534606_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133822931_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133930194_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134222421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134302952_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134349928_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134438783_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_135925051_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140255890_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140717281_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141001421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141107697_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141252413_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141340633_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141432530_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141551491_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142024060_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142149607_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142708825_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142801449_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143002515_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143300760_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143345107_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_144644203_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145309866_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145440134_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145539267_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145632818_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144340407_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144440410_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144545710_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144632679_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144832336_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144954677_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145057436_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145220474_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145606498_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145748871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150036110_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150357848_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150349675_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150510081_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082712673_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082954746_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_083057482_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_084949151_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085103513_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085153044_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085253871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085347898_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085529781_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085654000_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250226/img20250221110405_163700487_50781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/11_01_2025 sri dewiati _implan_222407548_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 syah munetoria _imp_222112555_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 krystine vita kumal_222022145_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/17_01_2015 nur afifah _implan__221903811_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/20_01_2025 nurul maulidiyah _i_221737343_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 umi riatul mutmaina_221600965_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 nur kholilah _impla_221514823_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/boirah impant_111444259_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/wiwin implant_111748225_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/endang implant_112328539_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/dina implant_113528287_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250213/173943079846151380902825564559_141414091_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0003_143431665_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0006_143534361_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0005_143720199_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0004_1__143831368_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0008_143923780_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0001_144014233_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0007_144100630_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0002_144152647_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0019_145451688_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0016_145459251_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0020_145508030_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0018_145515588_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0017_145523805_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0021_145531907_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/img_20250516_wa0000_142121975_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250820/20250820_134444_220137513_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251112/20251106_082142_144353777_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/susan _implant_095655015_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/kuni_implant_095818433_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/luluk _iud 3 juli_100057073_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/tri wulan_ iud 3 juli_100851445_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/mei sunarti_implant 9 juli_101157470_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272135556386268134398662470_100309529_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272145758544329729066798777_100439093_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272171224771026184951391410_100851777_50975.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AC286"/>
+  <dimension ref="A1:AC295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C286" sqref="C286"/>
+      <selection pane="bottomLeft" activeCell="C295" sqref="C295"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="70" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
@@ -8065,58 +8095,60 @@
       </c>
       <c r="X75" t="s">
         <v>22</v>
       </c>
       <c r="Y75" t="s">
         <v>22</v>
       </c>
       <c r="Z75" t="s">
         <v>22</v>
       </c>
       <c r="AA75" t="s">
         <v>22</v>
       </c>
       <c r="AB75" t="s">
         <v>22</v>
       </c>
       <c r="AC75" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:29">
       <c r="A76">
         <v>74</v>
       </c>
       <c r="B76" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C76"/>
+        <v>44</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>98</v>
+      </c>
       <c r="D76" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="E76">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76" t="s">
         <v>22</v>
       </c>
       <c r="I76" t="s">
         <v>22</v>
       </c>
       <c r="J76" t="s">
         <v>22</v>
       </c>
       <c r="K76" t="s">
         <v>22</v>
       </c>
       <c r="L76" t="s">
         <v>22</v>
       </c>
       <c r="M76" t="s">
         <v>22</v>
       </c>
@@ -8131,81 +8163,81 @@
       </c>
       <c r="Q76" t="s">
         <v>22</v>
       </c>
       <c r="R76" t="s">
         <v>22</v>
       </c>
       <c r="S76" t="s">
         <v>22</v>
       </c>
       <c r="T76" t="s">
         <v>22</v>
       </c>
       <c r="U76" t="s">
         <v>22</v>
       </c>
       <c r="V76" t="s">
         <v>22</v>
       </c>
       <c r="W76" t="s">
         <v>22</v>
       </c>
       <c r="X76" t="s">
         <v>22</v>
       </c>
-      <c r="Y76" t="s">
-        <v>22</v>
+      <c r="Y76">
+        <v>1</v>
       </c>
       <c r="Z76" t="s">
         <v>22</v>
       </c>
       <c r="AA76" t="s">
         <v>22</v>
       </c>
       <c r="AB76" t="s">
         <v>22</v>
       </c>
       <c r="AC76" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:29">
       <c r="A77">
         <v>75</v>
       </c>
       <c r="B77" t="s">
+        <v>44</v>
+      </c>
+      <c r="C77" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="E77">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F77" t="s">
         <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77" t="s">
         <v>22</v>
       </c>
       <c r="I77" t="s">
         <v>22</v>
       </c>
       <c r="J77" t="s">
         <v>22</v>
       </c>
       <c r="K77" t="s">
         <v>22</v>
       </c>
       <c r="L77" t="s">
         <v>22</v>
       </c>
       <c r="M77" t="s">
         <v>22</v>
       </c>
@@ -8220,81 +8252,81 @@
       </c>
       <c r="Q77" t="s">
         <v>22</v>
       </c>
       <c r="R77" t="s">
         <v>22</v>
       </c>
       <c r="S77" t="s">
         <v>22</v>
       </c>
       <c r="T77" t="s">
         <v>22</v>
       </c>
       <c r="U77" t="s">
         <v>22</v>
       </c>
       <c r="V77" t="s">
         <v>22</v>
       </c>
       <c r="W77" t="s">
         <v>22</v>
       </c>
       <c r="X77" t="s">
         <v>22</v>
       </c>
-      <c r="Y77" t="s">
-        <v>22</v>
+      <c r="Y77">
+        <v>1</v>
       </c>
       <c r="Z77" t="s">
         <v>22</v>
       </c>
       <c r="AA77" t="s">
         <v>22</v>
       </c>
       <c r="AB77" t="s">
         <v>22</v>
       </c>
       <c r="AC77" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:29">
       <c r="A78">
         <v>76</v>
       </c>
       <c r="B78" t="s">
-        <v>101</v>
+        <v>44</v>
       </c>
       <c r="C78" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="D78" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="E78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F78" t="s">
         <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78" t="s">
         <v>22</v>
       </c>
       <c r="I78" t="s">
         <v>22</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
       <c r="K78" t="s">
         <v>22</v>
       </c>
       <c r="L78" t="s">
         <v>22</v>
       </c>
       <c r="M78" t="s">
         <v>22</v>
       </c>
@@ -8315,75 +8347,75 @@
       </c>
       <c r="S78" t="s">
         <v>22</v>
       </c>
       <c r="T78" t="s">
         <v>22</v>
       </c>
       <c r="U78" t="s">
         <v>22</v>
       </c>
       <c r="V78" t="s">
         <v>22</v>
       </c>
       <c r="W78" t="s">
         <v>22</v>
       </c>
       <c r="X78" t="s">
         <v>22</v>
       </c>
       <c r="Y78" t="s">
         <v>22</v>
       </c>
       <c r="Z78" t="s">
         <v>22</v>
       </c>
-      <c r="AA78" t="s">
-        <v>22</v>
+      <c r="AA78">
+        <v>1</v>
       </c>
       <c r="AB78" t="s">
         <v>22</v>
       </c>
       <c r="AC78" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:29">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>101</v>
       </c>
       <c r="D79" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="E79">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F79" t="s">
         <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79" t="s">
         <v>22</v>
       </c>
       <c r="I79" t="s">
         <v>22</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
       <c r="K79" t="s">
         <v>22</v>
       </c>
       <c r="L79" t="s">
         <v>22</v>
       </c>
       <c r="M79" t="s">
         <v>22</v>
       </c>
@@ -8401,78 +8433,78 @@
       </c>
       <c r="R79" t="s">
         <v>22</v>
       </c>
       <c r="S79" t="s">
         <v>22</v>
       </c>
       <c r="T79" t="s">
         <v>22</v>
       </c>
       <c r="U79" t="s">
         <v>22</v>
       </c>
       <c r="V79" t="s">
         <v>22</v>
       </c>
       <c r="W79" t="s">
         <v>22</v>
       </c>
       <c r="X79" t="s">
         <v>22</v>
       </c>
       <c r="Y79" t="s">
         <v>22</v>
       </c>
-      <c r="Z79" t="s">
-        <v>22</v>
+      <c r="Z79">
+        <v>1</v>
       </c>
       <c r="AA79" t="s">
         <v>22</v>
       </c>
       <c r="AB79" t="s">
         <v>22</v>
       </c>
       <c r="AC79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:29">
       <c r="A80">
         <v>78</v>
       </c>
       <c r="B80" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>102</v>
       </c>
       <c r="D80" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="E80">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80" t="s">
         <v>22</v>
       </c>
       <c r="I80" t="s">
         <v>22</v>
       </c>
       <c r="J80" t="s">
         <v>22</v>
       </c>
       <c r="K80" t="s">
         <v>22</v>
       </c>
       <c r="L80" t="s">
         <v>22</v>
       </c>
       <c r="M80" t="s">
         <v>22</v>
       </c>
@@ -8493,78 +8525,76 @@
       </c>
       <c r="S80" t="s">
         <v>22</v>
       </c>
       <c r="T80" t="s">
         <v>22</v>
       </c>
       <c r="U80" t="s">
         <v>22</v>
       </c>
       <c r="V80" t="s">
         <v>22</v>
       </c>
       <c r="W80" t="s">
         <v>22</v>
       </c>
       <c r="X80" t="s">
         <v>22</v>
       </c>
       <c r="Y80" t="s">
         <v>22</v>
       </c>
       <c r="Z80" t="s">
         <v>22</v>
       </c>
-      <c r="AA80" t="s">
-        <v>22</v>
+      <c r="AA80">
+        <v>1</v>
       </c>
       <c r="AB80" t="s">
         <v>22</v>
       </c>
       <c r="AC80" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:29">
       <c r="A81">
         <v>79</v>
       </c>
       <c r="B81" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C81"/>
       <c r="D81" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E81">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="F81" t="s">
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81" t="s">
         <v>22</v>
       </c>
       <c r="I81" t="s">
         <v>22</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>22</v>
       </c>
       <c r="L81" t="s">
         <v>22</v>
       </c>
       <c r="M81" t="s">
         <v>22</v>
       </c>
       <c r="N81" t="s">
         <v>22</v>
       </c>
@@ -8599,67 +8629,67 @@
         <v>22</v>
       </c>
       <c r="Y81" t="s">
         <v>22</v>
       </c>
       <c r="Z81" t="s">
         <v>22</v>
       </c>
       <c r="AA81" t="s">
         <v>22</v>
       </c>
       <c r="AB81" t="s">
         <v>22</v>
       </c>
       <c r="AC81" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:29">
       <c r="A82">
         <v>80</v>
       </c>
       <c r="B82" t="s">
         <v>104</v>
       </c>
-      <c r="C82" s="2" t="s">
-        <v>106</v>
+      <c r="C82" t="s">
+        <v>20</v>
       </c>
       <c r="D82" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
-      <c r="H82">
-        <v>1</v>
+      <c r="H82" t="s">
+        <v>22</v>
       </c>
       <c r="I82" t="s">
         <v>22</v>
       </c>
       <c r="J82" t="s">
         <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>22</v>
       </c>
       <c r="L82" t="s">
         <v>22</v>
       </c>
       <c r="M82" t="s">
         <v>22</v>
       </c>
       <c r="N82" t="s">
         <v>22</v>
       </c>
       <c r="O82" t="s">
         <v>22</v>
       </c>
       <c r="P82" t="s">
         <v>22</v>
       </c>
@@ -8686,69 +8716,69 @@
       </c>
       <c r="X82" t="s">
         <v>22</v>
       </c>
       <c r="Y82" t="s">
         <v>22</v>
       </c>
       <c r="Z82" t="s">
         <v>22</v>
       </c>
       <c r="AA82" t="s">
         <v>22</v>
       </c>
       <c r="AB82" t="s">
         <v>22</v>
       </c>
       <c r="AC82" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:29">
       <c r="A83">
         <v>81</v>
       </c>
       <c r="B83" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C83" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
         <v>107</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F83" t="s">
         <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
-      <c r="H83">
-        <v>1</v>
+      <c r="H83" t="s">
+        <v>22</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
       <c r="K83" t="s">
         <v>22</v>
       </c>
       <c r="L83" t="s">
         <v>22</v>
       </c>
       <c r="M83" t="s">
         <v>22</v>
       </c>
       <c r="N83" t="s">
         <v>22</v>
       </c>
       <c r="O83" t="s">
         <v>22</v>
       </c>
       <c r="P83" t="s">
         <v>22</v>
       </c>
@@ -8775,176 +8805,176 @@
       </c>
       <c r="X83" t="s">
         <v>22</v>
       </c>
       <c r="Y83" t="s">
         <v>22</v>
       </c>
       <c r="Z83" t="s">
         <v>22</v>
       </c>
       <c r="AA83" t="s">
         <v>22</v>
       </c>
       <c r="AB83" t="s">
         <v>22</v>
       </c>
       <c r="AC83" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:29">
       <c r="A84">
         <v>82</v>
       </c>
       <c r="B84" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C84" s="2" t="s">
         <v>108</v>
       </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
       <c r="D84" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F84" t="s">
         <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84" t="s">
         <v>22</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84" t="s">
         <v>22</v>
       </c>
       <c r="L84" t="s">
         <v>22</v>
       </c>
       <c r="M84" t="s">
         <v>22</v>
       </c>
       <c r="N84" t="s">
         <v>22</v>
       </c>
-      <c r="O84">
-        <v>1</v>
+      <c r="O84" t="s">
+        <v>22</v>
       </c>
       <c r="P84" t="s">
         <v>22</v>
       </c>
       <c r="Q84" t="s">
         <v>22</v>
       </c>
       <c r="R84" t="s">
         <v>22</v>
       </c>
       <c r="S84" t="s">
         <v>22</v>
       </c>
       <c r="T84" t="s">
         <v>22</v>
       </c>
       <c r="U84" t="s">
         <v>22</v>
       </c>
       <c r="V84" t="s">
         <v>22</v>
       </c>
       <c r="W84" t="s">
         <v>22</v>
       </c>
       <c r="X84" t="s">
         <v>22</v>
       </c>
       <c r="Y84" t="s">
         <v>22</v>
       </c>
       <c r="Z84" t="s">
         <v>22</v>
       </c>
       <c r="AA84" t="s">
         <v>22</v>
       </c>
       <c r="AB84" t="s">
         <v>22</v>
       </c>
       <c r="AC84" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:29">
       <c r="A85">
         <v>83</v>
       </c>
       <c r="B85" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C85" s="2" t="s">
         <v>109</v>
       </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
       <c r="D85" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F85" t="s">
         <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85" t="s">
         <v>22</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>22</v>
       </c>
       <c r="K85" t="s">
         <v>22</v>
       </c>
       <c r="L85" t="s">
         <v>22</v>
       </c>
       <c r="M85" t="s">
         <v>22</v>
       </c>
-      <c r="N85">
-        <v>1</v>
+      <c r="N85" t="s">
+        <v>22</v>
       </c>
       <c r="O85" t="s">
         <v>22</v>
       </c>
       <c r="P85" t="s">
         <v>22</v>
       </c>
       <c r="Q85" t="s">
         <v>22</v>
       </c>
       <c r="R85" t="s">
         <v>22</v>
       </c>
       <c r="S85" t="s">
         <v>22</v>
       </c>
       <c r="T85" t="s">
         <v>22</v>
       </c>
       <c r="U85" t="s">
         <v>22</v>
       </c>
       <c r="V85" t="s">
         <v>22</v>
       </c>
@@ -8953,324 +8983,324 @@
       </c>
       <c r="X85" t="s">
         <v>22</v>
       </c>
       <c r="Y85" t="s">
         <v>22</v>
       </c>
       <c r="Z85" t="s">
         <v>22</v>
       </c>
       <c r="AA85" t="s">
         <v>22</v>
       </c>
       <c r="AB85" t="s">
         <v>22</v>
       </c>
       <c r="AC85" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:29">
       <c r="A86">
         <v>84</v>
       </c>
       <c r="B86" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D86" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E86">
         <v>1</v>
       </c>
-      <c r="F86" t="s">
-        <v>22</v>
+      <c r="F86">
+        <v>1</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86" t="s">
         <v>22</v>
       </c>
       <c r="I86" t="s">
         <v>22</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86" t="s">
         <v>22</v>
       </c>
       <c r="L86" t="s">
         <v>22</v>
       </c>
       <c r="M86" t="s">
         <v>22</v>
       </c>
       <c r="N86" t="s">
         <v>22</v>
       </c>
-      <c r="O86">
-        <v>1</v>
+      <c r="O86" t="s">
+        <v>22</v>
       </c>
       <c r="P86" t="s">
         <v>22</v>
       </c>
       <c r="Q86" t="s">
         <v>22</v>
       </c>
       <c r="R86" t="s">
         <v>22</v>
       </c>
       <c r="S86" t="s">
         <v>22</v>
       </c>
       <c r="T86" t="s">
         <v>22</v>
       </c>
       <c r="U86" t="s">
         <v>22</v>
       </c>
       <c r="V86" t="s">
         <v>22</v>
       </c>
       <c r="W86" t="s">
         <v>22</v>
       </c>
       <c r="X86" t="s">
         <v>22</v>
       </c>
       <c r="Y86" t="s">
         <v>22</v>
       </c>
       <c r="Z86" t="s">
         <v>22</v>
       </c>
       <c r="AA86" t="s">
         <v>22</v>
       </c>
       <c r="AB86" t="s">
         <v>22</v>
       </c>
       <c r="AC86" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:29">
       <c r="A87">
         <v>85</v>
       </c>
       <c r="B87" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D87" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="F87" t="s">
         <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
-      <c r="H87" t="s">
-        <v>22</v>
+      <c r="H87">
+        <v>1</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87" t="s">
         <v>22</v>
       </c>
       <c r="L87" t="s">
         <v>22</v>
       </c>
       <c r="M87" t="s">
         <v>22</v>
       </c>
       <c r="N87" t="s">
         <v>22</v>
       </c>
-      <c r="O87">
-        <v>1</v>
+      <c r="O87" t="s">
+        <v>22</v>
       </c>
       <c r="P87" t="s">
         <v>22</v>
       </c>
       <c r="Q87" t="s">
         <v>22</v>
       </c>
       <c r="R87" t="s">
         <v>22</v>
       </c>
       <c r="S87" t="s">
         <v>22</v>
       </c>
       <c r="T87" t="s">
         <v>22</v>
       </c>
       <c r="U87" t="s">
         <v>22</v>
       </c>
       <c r="V87" t="s">
         <v>22</v>
       </c>
       <c r="W87" t="s">
         <v>22</v>
       </c>
       <c r="X87" t="s">
         <v>22</v>
       </c>
       <c r="Y87" t="s">
         <v>22</v>
       </c>
       <c r="Z87" t="s">
         <v>22</v>
       </c>
       <c r="AA87" t="s">
         <v>22</v>
       </c>
       <c r="AB87" t="s">
         <v>22</v>
       </c>
       <c r="AC87" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:29">
       <c r="A88">
         <v>86</v>
       </c>
       <c r="B88" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D88" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
-      <c r="H88" t="s">
-        <v>22</v>
+      <c r="H88">
+        <v>1</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88" t="s">
         <v>22</v>
       </c>
       <c r="L88" t="s">
         <v>22</v>
       </c>
       <c r="M88" t="s">
         <v>22</v>
       </c>
       <c r="N88" t="s">
         <v>22</v>
       </c>
-      <c r="O88">
-        <v>1</v>
+      <c r="O88" t="s">
+        <v>22</v>
       </c>
       <c r="P88" t="s">
         <v>22</v>
       </c>
       <c r="Q88" t="s">
         <v>22</v>
       </c>
       <c r="R88" t="s">
         <v>22</v>
       </c>
       <c r="S88" t="s">
         <v>22</v>
       </c>
       <c r="T88" t="s">
         <v>22</v>
       </c>
       <c r="U88" t="s">
         <v>22</v>
       </c>
       <c r="V88" t="s">
         <v>22</v>
       </c>
       <c r="W88" t="s">
         <v>22</v>
       </c>
       <c r="X88" t="s">
         <v>22</v>
       </c>
       <c r="Y88" t="s">
         <v>22</v>
       </c>
       <c r="Z88" t="s">
         <v>22</v>
       </c>
       <c r="AA88" t="s">
         <v>22</v>
       </c>
       <c r="AB88" t="s">
         <v>22</v>
       </c>
       <c r="AC88" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:29">
       <c r="A89">
         <v>87</v>
       </c>
       <c r="B89" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D89" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89" t="s">
         <v>22</v>
       </c>
       <c r="I89" t="s">
         <v>22</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89" t="s">
         <v>22</v>
       </c>
       <c r="L89" t="s">
         <v>22</v>
       </c>
@@ -9309,146 +9339,146 @@
       </c>
       <c r="X89" t="s">
         <v>22</v>
       </c>
       <c r="Y89" t="s">
         <v>22</v>
       </c>
       <c r="Z89" t="s">
         <v>22</v>
       </c>
       <c r="AA89" t="s">
         <v>22</v>
       </c>
       <c r="AB89" t="s">
         <v>22</v>
       </c>
       <c r="AC89" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:29">
       <c r="A90">
         <v>88</v>
       </c>
       <c r="B90" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D90" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90" t="s">
         <v>22</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90" t="s">
         <v>22</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90" t="s">
         <v>22</v>
       </c>
       <c r="L90" t="s">
         <v>22</v>
       </c>
       <c r="M90" t="s">
         <v>22</v>
       </c>
-      <c r="N90" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N90">
+        <v>1</v>
+      </c>
+      <c r="O90" t="s">
+        <v>22</v>
       </c>
       <c r="P90" t="s">
         <v>22</v>
       </c>
       <c r="Q90" t="s">
         <v>22</v>
       </c>
       <c r="R90" t="s">
         <v>22</v>
       </c>
       <c r="S90" t="s">
         <v>22</v>
       </c>
       <c r="T90" t="s">
         <v>22</v>
       </c>
       <c r="U90" t="s">
         <v>22</v>
       </c>
       <c r="V90" t="s">
         <v>22</v>
       </c>
       <c r="W90" t="s">
         <v>22</v>
       </c>
       <c r="X90" t="s">
         <v>22</v>
       </c>
       <c r="Y90" t="s">
         <v>22</v>
       </c>
       <c r="Z90" t="s">
         <v>22</v>
       </c>
       <c r="AA90" t="s">
         <v>22</v>
       </c>
       <c r="AB90" t="s">
         <v>22</v>
       </c>
       <c r="AC90" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:29">
       <c r="A91">
         <v>89</v>
       </c>
       <c r="B91" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D91" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91" t="s">
         <v>22</v>
       </c>
       <c r="I91" t="s">
         <v>22</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
       <c r="L91" t="s">
         <v>22</v>
       </c>
@@ -9487,57 +9517,57 @@
       </c>
       <c r="X91" t="s">
         <v>22</v>
       </c>
       <c r="Y91" t="s">
         <v>22</v>
       </c>
       <c r="Z91" t="s">
         <v>22</v>
       </c>
       <c r="AA91" t="s">
         <v>22</v>
       </c>
       <c r="AB91" t="s">
         <v>22</v>
       </c>
       <c r="AC91" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:29">
       <c r="A92">
         <v>90</v>
       </c>
       <c r="B92" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D92" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
       <c r="F92" t="s">
         <v>22</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92" t="s">
         <v>22</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92" t="s">
         <v>22</v>
       </c>
       <c r="L92" t="s">
         <v>22</v>
       </c>
@@ -9576,57 +9606,57 @@
       </c>
       <c r="X92" t="s">
         <v>22</v>
       </c>
       <c r="Y92" t="s">
         <v>22</v>
       </c>
       <c r="Z92" t="s">
         <v>22</v>
       </c>
       <c r="AA92" t="s">
         <v>22</v>
       </c>
       <c r="AB92" t="s">
         <v>22</v>
       </c>
       <c r="AC92" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:29">
       <c r="A93">
         <v>91</v>
       </c>
       <c r="B93" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D93" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93" t="s">
         <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93" t="s">
         <v>22</v>
       </c>
       <c r="I93" t="s">
         <v>22</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
       <c r="L93" t="s">
         <v>22</v>
       </c>
@@ -9665,57 +9695,57 @@
       </c>
       <c r="X93" t="s">
         <v>22</v>
       </c>
       <c r="Y93" t="s">
         <v>22</v>
       </c>
       <c r="Z93" t="s">
         <v>22</v>
       </c>
       <c r="AA93" t="s">
         <v>22</v>
       </c>
       <c r="AB93" t="s">
         <v>22</v>
       </c>
       <c r="AC93" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:29">
       <c r="A94">
         <v>92</v>
       </c>
       <c r="B94" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D94" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E94">
         <v>1</v>
       </c>
       <c r="F94" t="s">
         <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94" t="s">
         <v>22</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>22</v>
       </c>
       <c r="K94" t="s">
         <v>22</v>
       </c>
       <c r="L94" t="s">
         <v>22</v>
       </c>
@@ -9754,57 +9784,57 @@
       </c>
       <c r="X94" t="s">
         <v>22</v>
       </c>
       <c r="Y94" t="s">
         <v>22</v>
       </c>
       <c r="Z94" t="s">
         <v>22</v>
       </c>
       <c r="AA94" t="s">
         <v>22</v>
       </c>
       <c r="AB94" t="s">
         <v>22</v>
       </c>
       <c r="AC94" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:29">
       <c r="A95">
         <v>93</v>
       </c>
       <c r="B95" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D95" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95" t="s">
         <v>22</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
       <c r="L95" t="s">
         <v>22</v>
       </c>
@@ -9843,57 +9873,57 @@
       </c>
       <c r="X95" t="s">
         <v>22</v>
       </c>
       <c r="Y95" t="s">
         <v>22</v>
       </c>
       <c r="Z95" t="s">
         <v>22</v>
       </c>
       <c r="AA95" t="s">
         <v>22</v>
       </c>
       <c r="AB95" t="s">
         <v>22</v>
       </c>
       <c r="AC95" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:29">
       <c r="A96">
         <v>94</v>
       </c>
       <c r="B96" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D96" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96" t="s">
         <v>22</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
         <v>22</v>
       </c>
@@ -9932,57 +9962,57 @@
       </c>
       <c r="X96" t="s">
         <v>22</v>
       </c>
       <c r="Y96" t="s">
         <v>22</v>
       </c>
       <c r="Z96" t="s">
         <v>22</v>
       </c>
       <c r="AA96" t="s">
         <v>22</v>
       </c>
       <c r="AB96" t="s">
         <v>22</v>
       </c>
       <c r="AC96" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:29">
       <c r="A97">
         <v>95</v>
       </c>
       <c r="B97" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D97" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97" t="s">
         <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97" t="s">
         <v>22</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97" t="s">
         <v>22</v>
       </c>
       <c r="L97" t="s">
         <v>22</v>
       </c>
@@ -10021,57 +10051,57 @@
       </c>
       <c r="X97" t="s">
         <v>22</v>
       </c>
       <c r="Y97" t="s">
         <v>22</v>
       </c>
       <c r="Z97" t="s">
         <v>22</v>
       </c>
       <c r="AA97" t="s">
         <v>22</v>
       </c>
       <c r="AB97" t="s">
         <v>22</v>
       </c>
       <c r="AC97" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:29">
       <c r="A98">
         <v>96</v>
       </c>
       <c r="B98" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D98" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E98">
         <v>1</v>
       </c>
       <c r="F98" t="s">
         <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98" t="s">
         <v>22</v>
       </c>
       <c r="I98" t="s">
         <v>22</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
       <c r="L98" t="s">
         <v>22</v>
       </c>
@@ -10110,528 +10140,532 @@
       </c>
       <c r="X98" t="s">
         <v>22</v>
       </c>
       <c r="Y98" t="s">
         <v>22</v>
       </c>
       <c r="Z98" t="s">
         <v>22</v>
       </c>
       <c r="AA98" t="s">
         <v>22</v>
       </c>
       <c r="AB98" t="s">
         <v>22</v>
       </c>
       <c r="AC98" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:29">
       <c r="A99">
         <v>97</v>
       </c>
       <c r="B99" t="s">
+        <v>109</v>
+      </c>
+      <c r="C99" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="C99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="E99">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F99" t="s">
         <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99" t="s">
         <v>22</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
         <v>22</v>
       </c>
       <c r="M99" t="s">
         <v>22</v>
       </c>
       <c r="N99" t="s">
         <v>22</v>
       </c>
-      <c r="O99" t="s">
-        <v>22</v>
+      <c r="O99">
+        <v>1</v>
       </c>
       <c r="P99" t="s">
         <v>22</v>
       </c>
       <c r="Q99" t="s">
         <v>22</v>
       </c>
       <c r="R99" t="s">
         <v>22</v>
       </c>
       <c r="S99" t="s">
         <v>22</v>
       </c>
       <c r="T99" t="s">
         <v>22</v>
       </c>
       <c r="U99" t="s">
         <v>22</v>
       </c>
       <c r="V99" t="s">
         <v>22</v>
       </c>
       <c r="W99" t="s">
         <v>22</v>
       </c>
       <c r="X99" t="s">
         <v>22</v>
       </c>
       <c r="Y99" t="s">
         <v>22</v>
       </c>
       <c r="Z99" t="s">
         <v>22</v>
       </c>
       <c r="AA99" t="s">
         <v>22</v>
       </c>
       <c r="AB99" t="s">
         <v>22</v>
       </c>
       <c r="AC99" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:29">
       <c r="A100">
         <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C100"/>
+        <v>109</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="D100" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="E100">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F100" t="s">
         <v>22</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100" t="s">
         <v>22</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100" t="s">
         <v>22</v>
       </c>
       <c r="L100" t="s">
         <v>22</v>
       </c>
       <c r="M100" t="s">
         <v>22</v>
       </c>
       <c r="N100" t="s">
         <v>22</v>
       </c>
-      <c r="O100" t="s">
-        <v>22</v>
+      <c r="O100">
+        <v>1</v>
       </c>
       <c r="P100" t="s">
         <v>22</v>
       </c>
       <c r="Q100" t="s">
         <v>22</v>
       </c>
       <c r="R100" t="s">
         <v>22</v>
       </c>
       <c r="S100" t="s">
         <v>22</v>
       </c>
       <c r="T100" t="s">
         <v>22</v>
       </c>
       <c r="U100" t="s">
         <v>22</v>
       </c>
       <c r="V100" t="s">
         <v>22</v>
       </c>
       <c r="W100" t="s">
         <v>22</v>
       </c>
       <c r="X100" t="s">
         <v>22</v>
       </c>
       <c r="Y100" t="s">
         <v>22</v>
       </c>
       <c r="Z100" t="s">
         <v>22</v>
       </c>
       <c r="AA100" t="s">
         <v>22</v>
       </c>
       <c r="AB100" t="s">
         <v>22</v>
       </c>
       <c r="AC100" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:29">
       <c r="A101">
         <v>99</v>
       </c>
       <c r="B101" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C101"/>
+        <v>109</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="D101" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="E101">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F101" t="s">
         <v>22</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101" t="s">
         <v>22</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
       <c r="K101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
         <v>22</v>
       </c>
       <c r="M101" t="s">
         <v>22</v>
       </c>
       <c r="N101" t="s">
         <v>22</v>
       </c>
-      <c r="O101" t="s">
-        <v>22</v>
+      <c r="O101">
+        <v>1</v>
       </c>
       <c r="P101" t="s">
         <v>22</v>
       </c>
       <c r="Q101" t="s">
         <v>22</v>
       </c>
       <c r="R101" t="s">
         <v>22</v>
       </c>
       <c r="S101" t="s">
         <v>22</v>
       </c>
       <c r="T101" t="s">
         <v>22</v>
       </c>
       <c r="U101" t="s">
         <v>22</v>
       </c>
       <c r="V101" t="s">
         <v>22</v>
       </c>
       <c r="W101" t="s">
         <v>22</v>
       </c>
       <c r="X101" t="s">
         <v>22</v>
       </c>
       <c r="Y101" t="s">
         <v>22</v>
       </c>
       <c r="Z101" t="s">
         <v>22</v>
       </c>
       <c r="AA101" t="s">
         <v>22</v>
       </c>
       <c r="AB101" t="s">
         <v>22</v>
       </c>
       <c r="AC101" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:29">
       <c r="A102">
         <v>100</v>
       </c>
       <c r="B102" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>109</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>126</v>
       </c>
       <c r="D102" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="E102">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102" t="s">
         <v>22</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
       <c r="L102" t="s">
         <v>22</v>
       </c>
       <c r="M102" t="s">
         <v>22</v>
       </c>
       <c r="N102" t="s">
         <v>22</v>
       </c>
-      <c r="O102" t="s">
-        <v>22</v>
+      <c r="O102">
+        <v>1</v>
       </c>
       <c r="P102" t="s">
         <v>22</v>
       </c>
       <c r="Q102" t="s">
         <v>22</v>
       </c>
       <c r="R102" t="s">
         <v>22</v>
       </c>
       <c r="S102" t="s">
         <v>22</v>
       </c>
       <c r="T102" t="s">
         <v>22</v>
       </c>
       <c r="U102" t="s">
         <v>22</v>
       </c>
       <c r="V102" t="s">
         <v>22</v>
       </c>
       <c r="W102" t="s">
         <v>22</v>
       </c>
       <c r="X102" t="s">
         <v>22</v>
       </c>
       <c r="Y102" t="s">
         <v>22</v>
       </c>
       <c r="Z102" t="s">
         <v>22</v>
       </c>
       <c r="AA102" t="s">
         <v>22</v>
       </c>
       <c r="AB102" t="s">
         <v>22</v>
       </c>
       <c r="AC102" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:29">
       <c r="A103">
         <v>101</v>
       </c>
       <c r="B103" t="s">
+        <v>109</v>
+      </c>
+      <c r="C103" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="C103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103" t="s">
         <v>22</v>
       </c>
       <c r="I103" t="s">
         <v>22</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
       <c r="L103" t="s">
         <v>22</v>
       </c>
       <c r="M103" t="s">
         <v>22</v>
       </c>
-      <c r="N103">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N103" t="s">
+        <v>22</v>
+      </c>
+      <c r="O103">
+        <v>1</v>
       </c>
       <c r="P103" t="s">
         <v>22</v>
       </c>
       <c r="Q103" t="s">
         <v>22</v>
       </c>
       <c r="R103" t="s">
         <v>22</v>
       </c>
       <c r="S103" t="s">
         <v>22</v>
       </c>
       <c r="T103" t="s">
         <v>22</v>
       </c>
       <c r="U103" t="s">
         <v>22</v>
       </c>
       <c r="V103" t="s">
         <v>22</v>
       </c>
       <c r="W103" t="s">
         <v>22</v>
       </c>
       <c r="X103" t="s">
         <v>22</v>
       </c>
       <c r="Y103" t="s">
         <v>22</v>
       </c>
       <c r="Z103" t="s">
         <v>22</v>
       </c>
       <c r="AA103" t="s">
         <v>22</v>
       </c>
       <c r="AB103" t="s">
         <v>22</v>
       </c>
       <c r="AC103" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:29">
       <c r="A104">
         <v>102</v>
       </c>
       <c r="B104" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>128</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
       </c>
       <c r="D104" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E104">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F104" t="s">
         <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104" t="s">
         <v>22</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104" t="s">
         <v>22</v>
       </c>
       <c r="L104" t="s">
         <v>22</v>
       </c>
       <c r="M104" t="s">
         <v>22</v>
       </c>
-      <c r="N104">
-        <v>1</v>
+      <c r="N104" t="s">
+        <v>22</v>
       </c>
       <c r="O104" t="s">
         <v>22</v>
       </c>
       <c r="P104" t="s">
         <v>22</v>
       </c>
       <c r="Q104" t="s">
         <v>22</v>
       </c>
       <c r="R104" t="s">
         <v>22</v>
       </c>
       <c r="S104" t="s">
         <v>22</v>
       </c>
       <c r="T104" t="s">
         <v>22</v>
       </c>
       <c r="U104" t="s">
         <v>22</v>
       </c>
       <c r="V104" t="s">
         <v>22</v>
       </c>
@@ -10640,87 +10674,85 @@
       </c>
       <c r="X104" t="s">
         <v>22</v>
       </c>
       <c r="Y104" t="s">
         <v>22</v>
       </c>
       <c r="Z104" t="s">
         <v>22</v>
       </c>
       <c r="AA104" t="s">
         <v>22</v>
       </c>
       <c r="AB104" t="s">
         <v>22</v>
       </c>
       <c r="AC104" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:29">
       <c r="A105">
         <v>103</v>
       </c>
       <c r="B105" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C105"/>
       <c r="D105" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E105">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105" t="s">
         <v>22</v>
       </c>
       <c r="I105" t="s">
         <v>22</v>
       </c>
       <c r="J105" t="s">
         <v>22</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
       <c r="L105" t="s">
         <v>22</v>
       </c>
       <c r="M105" t="s">
         <v>22</v>
       </c>
-      <c r="N105">
-        <v>1</v>
+      <c r="N105" t="s">
+        <v>22</v>
       </c>
       <c r="O105" t="s">
         <v>22</v>
       </c>
       <c r="P105" t="s">
         <v>22</v>
       </c>
       <c r="Q105" t="s">
         <v>22</v>
       </c>
       <c r="R105" t="s">
         <v>22</v>
       </c>
       <c r="S105" t="s">
         <v>22</v>
       </c>
       <c r="T105" t="s">
         <v>22</v>
       </c>
       <c r="U105" t="s">
         <v>22</v>
       </c>
       <c r="V105" t="s">
         <v>22</v>
       </c>
@@ -10729,87 +10761,85 @@
       </c>
       <c r="X105" t="s">
         <v>22</v>
       </c>
       <c r="Y105" t="s">
         <v>22</v>
       </c>
       <c r="Z105" t="s">
         <v>22</v>
       </c>
       <c r="AA105" t="s">
         <v>22</v>
       </c>
       <c r="AB105" t="s">
         <v>22</v>
       </c>
       <c r="AC105" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:29">
       <c r="A106">
         <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E106">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
       <c r="K106" t="s">
         <v>22</v>
       </c>
       <c r="L106" t="s">
         <v>22</v>
       </c>
       <c r="M106" t="s">
         <v>22</v>
       </c>
-      <c r="N106">
-        <v>1</v>
+      <c r="N106" t="s">
+        <v>22</v>
       </c>
       <c r="O106" t="s">
         <v>22</v>
       </c>
       <c r="P106" t="s">
         <v>22</v>
       </c>
       <c r="Q106" t="s">
         <v>22</v>
       </c>
       <c r="R106" t="s">
         <v>22</v>
       </c>
       <c r="S106" t="s">
         <v>22</v>
       </c>
       <c r="T106" t="s">
         <v>22</v>
       </c>
       <c r="U106" t="s">
         <v>22</v>
       </c>
       <c r="V106" t="s">
         <v>22</v>
       </c>
@@ -10818,66 +10848,66 @@
       </c>
       <c r="X106" t="s">
         <v>22</v>
       </c>
       <c r="Y106" t="s">
         <v>22</v>
       </c>
       <c r="Z106" t="s">
         <v>22</v>
       </c>
       <c r="AA106" t="s">
         <v>22</v>
       </c>
       <c r="AB106" t="s">
         <v>22</v>
       </c>
       <c r="AC106" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:29">
       <c r="A107">
         <v>105</v>
       </c>
       <c r="B107" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C107" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
         <v>133</v>
       </c>
-      <c r="D107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F107" t="s">
         <v>22</v>
       </c>
-      <c r="G107">
-        <v>1</v>
+      <c r="G107" t="s">
+        <v>22</v>
       </c>
       <c r="H107" t="s">
         <v>22</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
       <c r="K107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
         <v>22</v>
       </c>
       <c r="M107" t="s">
         <v>22</v>
       </c>
       <c r="N107" t="s">
         <v>22</v>
       </c>
       <c r="O107" t="s">
         <v>22</v>
       </c>
@@ -10907,87 +10937,87 @@
       </c>
       <c r="X107" t="s">
         <v>22</v>
       </c>
       <c r="Y107" t="s">
         <v>22</v>
       </c>
       <c r="Z107" t="s">
         <v>22</v>
       </c>
       <c r="AA107" t="s">
         <v>22</v>
       </c>
       <c r="AB107" t="s">
         <v>22</v>
       </c>
       <c r="AC107" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:29">
       <c r="A108">
         <v>106</v>
       </c>
       <c r="B108" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D108" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E108">
         <v>1</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
-      <c r="G108">
-        <v>1</v>
+      <c r="G108" t="s">
+        <v>22</v>
       </c>
       <c r="H108" t="s">
         <v>22</v>
       </c>
       <c r="I108" t="s">
         <v>22</v>
       </c>
       <c r="J108" t="s">
         <v>22</v>
       </c>
       <c r="K108" t="s">
         <v>22</v>
       </c>
       <c r="L108" t="s">
         <v>22</v>
       </c>
       <c r="M108" t="s">
         <v>22</v>
       </c>
-      <c r="N108" t="s">
-        <v>22</v>
+      <c r="N108">
+        <v>1</v>
       </c>
       <c r="O108" t="s">
         <v>22</v>
       </c>
       <c r="P108" t="s">
         <v>22</v>
       </c>
       <c r="Q108" t="s">
         <v>22</v>
       </c>
       <c r="R108" t="s">
         <v>22</v>
       </c>
       <c r="S108" t="s">
         <v>22</v>
       </c>
       <c r="T108" t="s">
         <v>22</v>
       </c>
       <c r="U108" t="s">
         <v>22</v>
       </c>
       <c r="V108" t="s">
         <v>22</v>
       </c>
@@ -10996,87 +11026,87 @@
       </c>
       <c r="X108" t="s">
         <v>22</v>
       </c>
       <c r="Y108" t="s">
         <v>22</v>
       </c>
       <c r="Z108" t="s">
         <v>22</v>
       </c>
       <c r="AA108" t="s">
         <v>22</v>
       </c>
       <c r="AB108" t="s">
         <v>22</v>
       </c>
       <c r="AC108" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:29">
       <c r="A109">
         <v>107</v>
       </c>
       <c r="B109" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D109" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
       <c r="F109" t="s">
         <v>22</v>
       </c>
-      <c r="G109">
-        <v>1</v>
+      <c r="G109" t="s">
+        <v>22</v>
       </c>
       <c r="H109" t="s">
         <v>22</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
         <v>22</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
       <c r="L109" t="s">
         <v>22</v>
       </c>
       <c r="M109" t="s">
         <v>22</v>
       </c>
-      <c r="N109" t="s">
-        <v>22</v>
+      <c r="N109">
+        <v>1</v>
       </c>
       <c r="O109" t="s">
         <v>22</v>
       </c>
       <c r="P109" t="s">
         <v>22</v>
       </c>
       <c r="Q109" t="s">
         <v>22</v>
       </c>
       <c r="R109" t="s">
         <v>22</v>
       </c>
       <c r="S109" t="s">
         <v>22</v>
       </c>
       <c r="T109" t="s">
         <v>22</v>
       </c>
       <c r="U109" t="s">
         <v>22</v>
       </c>
       <c r="V109" t="s">
         <v>22</v>
       </c>
@@ -11085,87 +11115,87 @@
       </c>
       <c r="X109" t="s">
         <v>22</v>
       </c>
       <c r="Y109" t="s">
         <v>22</v>
       </c>
       <c r="Z109" t="s">
         <v>22</v>
       </c>
       <c r="AA109" t="s">
         <v>22</v>
       </c>
       <c r="AB109" t="s">
         <v>22</v>
       </c>
       <c r="AC109" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:29">
       <c r="A110">
         <v>108</v>
       </c>
       <c r="B110" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D110" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110" t="s">
         <v>22</v>
       </c>
-      <c r="G110">
-        <v>1</v>
+      <c r="G110" t="s">
+        <v>22</v>
       </c>
       <c r="H110" t="s">
         <v>22</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
       <c r="L110" t="s">
         <v>22</v>
       </c>
       <c r="M110" t="s">
         <v>22</v>
       </c>
-      <c r="N110" t="s">
-        <v>22</v>
+      <c r="N110">
+        <v>1</v>
       </c>
       <c r="O110" t="s">
         <v>22</v>
       </c>
       <c r="P110" t="s">
         <v>22</v>
       </c>
       <c r="Q110" t="s">
         <v>22</v>
       </c>
       <c r="R110" t="s">
         <v>22</v>
       </c>
       <c r="S110" t="s">
         <v>22</v>
       </c>
       <c r="T110" t="s">
         <v>22</v>
       </c>
       <c r="U110" t="s">
         <v>22</v>
       </c>
       <c r="V110" t="s">
         <v>22</v>
       </c>
@@ -11174,87 +11204,87 @@
       </c>
       <c r="X110" t="s">
         <v>22</v>
       </c>
       <c r="Y110" t="s">
         <v>22</v>
       </c>
       <c r="Z110" t="s">
         <v>22</v>
       </c>
       <c r="AA110" t="s">
         <v>22</v>
       </c>
       <c r="AB110" t="s">
         <v>22</v>
       </c>
       <c r="AC110" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:29">
       <c r="A111">
         <v>109</v>
       </c>
       <c r="B111" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D111" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="F111" t="s">
         <v>22</v>
       </c>
-      <c r="G111">
-        <v>1</v>
+      <c r="G111" t="s">
+        <v>22</v>
       </c>
       <c r="H111" t="s">
         <v>22</v>
       </c>
       <c r="I111" t="s">
         <v>22</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
       <c r="L111" t="s">
         <v>22</v>
       </c>
       <c r="M111" t="s">
         <v>22</v>
       </c>
-      <c r="N111" t="s">
-        <v>22</v>
+      <c r="N111">
+        <v>1</v>
       </c>
       <c r="O111" t="s">
         <v>22</v>
       </c>
       <c r="P111" t="s">
         <v>22</v>
       </c>
       <c r="Q111" t="s">
         <v>22</v>
       </c>
       <c r="R111" t="s">
         <v>22</v>
       </c>
       <c r="S111" t="s">
         <v>22</v>
       </c>
       <c r="T111" t="s">
         <v>22</v>
       </c>
       <c r="U111" t="s">
         <v>22</v>
       </c>
       <c r="V111" t="s">
         <v>22</v>
       </c>
@@ -11263,57 +11293,57 @@
       </c>
       <c r="X111" t="s">
         <v>22</v>
       </c>
       <c r="Y111" t="s">
         <v>22</v>
       </c>
       <c r="Z111" t="s">
         <v>22</v>
       </c>
       <c r="AA111" t="s">
         <v>22</v>
       </c>
       <c r="AB111" t="s">
         <v>22</v>
       </c>
       <c r="AC111" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:29">
       <c r="A112">
         <v>110</v>
       </c>
       <c r="B112" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D112" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="F112" t="s">
         <v>22</v>
       </c>
       <c r="G112">
         <v>1</v>
       </c>
       <c r="H112" t="s">
         <v>22</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>22</v>
       </c>
       <c r="L112" t="s">
         <v>22</v>
       </c>
@@ -11352,57 +11382,57 @@
       </c>
       <c r="X112" t="s">
         <v>22</v>
       </c>
       <c r="Y112" t="s">
         <v>22</v>
       </c>
       <c r="Z112" t="s">
         <v>22</v>
       </c>
       <c r="AA112" t="s">
         <v>22</v>
       </c>
       <c r="AB112" t="s">
         <v>22</v>
       </c>
       <c r="AC112" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:29">
       <c r="A113">
         <v>111</v>
       </c>
       <c r="B113" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D113" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113">
         <v>1</v>
       </c>
       <c r="H113" t="s">
         <v>22</v>
       </c>
       <c r="I113" t="s">
         <v>22</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>22</v>
       </c>
       <c r="L113" t="s">
         <v>22</v>
       </c>
@@ -11441,57 +11471,57 @@
       </c>
       <c r="X113" t="s">
         <v>22</v>
       </c>
       <c r="Y113" t="s">
         <v>22</v>
       </c>
       <c r="Z113" t="s">
         <v>22</v>
       </c>
       <c r="AA113" t="s">
         <v>22</v>
       </c>
       <c r="AB113" t="s">
         <v>22</v>
       </c>
       <c r="AC113" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:29">
       <c r="A114">
         <v>112</v>
       </c>
       <c r="B114" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D114" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
       <c r="G114">
         <v>1</v>
       </c>
       <c r="H114" t="s">
         <v>22</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
       <c r="K114" t="s">
         <v>22</v>
       </c>
       <c r="L114" t="s">
         <v>22</v>
       </c>
@@ -11530,57 +11560,57 @@
       </c>
       <c r="X114" t="s">
         <v>22</v>
       </c>
       <c r="Y114" t="s">
         <v>22</v>
       </c>
       <c r="Z114" t="s">
         <v>22</v>
       </c>
       <c r="AA114" t="s">
         <v>22</v>
       </c>
       <c r="AB114" t="s">
         <v>22</v>
       </c>
       <c r="AC114" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:29">
       <c r="A115">
         <v>113</v>
       </c>
       <c r="B115" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D115" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="F115" t="s">
         <v>22</v>
       </c>
       <c r="G115">
         <v>1</v>
       </c>
       <c r="H115" t="s">
         <v>22</v>
       </c>
       <c r="I115" t="s">
         <v>22</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="K115" t="s">
         <v>22</v>
       </c>
       <c r="L115" t="s">
         <v>22</v>
       </c>
@@ -11619,57 +11649,57 @@
       </c>
       <c r="X115" t="s">
         <v>22</v>
       </c>
       <c r="Y115" t="s">
         <v>22</v>
       </c>
       <c r="Z115" t="s">
         <v>22</v>
       </c>
       <c r="AA115" t="s">
         <v>22</v>
       </c>
       <c r="AB115" t="s">
         <v>22</v>
       </c>
       <c r="AC115" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:29">
       <c r="A116">
         <v>114</v>
       </c>
       <c r="B116" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D116" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="F116" t="s">
         <v>22</v>
       </c>
       <c r="G116">
         <v>1</v>
       </c>
       <c r="H116" t="s">
         <v>22</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
       <c r="K116" t="s">
         <v>22</v>
       </c>
       <c r="L116" t="s">
         <v>22</v>
       </c>
@@ -11708,57 +11738,57 @@
       </c>
       <c r="X116" t="s">
         <v>22</v>
       </c>
       <c r="Y116" t="s">
         <v>22</v>
       </c>
       <c r="Z116" t="s">
         <v>22</v>
       </c>
       <c r="AA116" t="s">
         <v>22</v>
       </c>
       <c r="AB116" t="s">
         <v>22</v>
       </c>
       <c r="AC116" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:29">
       <c r="A117">
         <v>115</v>
       </c>
       <c r="B117" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D117" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117" t="s">
         <v>22</v>
       </c>
       <c r="G117">
         <v>1</v>
       </c>
       <c r="H117" t="s">
         <v>22</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
       <c r="K117" t="s">
         <v>22</v>
       </c>
       <c r="L117" t="s">
         <v>22</v>
       </c>
@@ -11797,57 +11827,57 @@
       </c>
       <c r="X117" t="s">
         <v>22</v>
       </c>
       <c r="Y117" t="s">
         <v>22</v>
       </c>
       <c r="Z117" t="s">
         <v>22</v>
       </c>
       <c r="AA117" t="s">
         <v>22</v>
       </c>
       <c r="AB117" t="s">
         <v>22</v>
       </c>
       <c r="AC117" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:29">
       <c r="A118">
         <v>116</v>
       </c>
       <c r="B118" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D118" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118" t="s">
         <v>22</v>
       </c>
       <c r="G118">
         <v>1</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118" t="s">
         <v>22</v>
       </c>
       <c r="L118" t="s">
         <v>22</v>
       </c>
@@ -11886,57 +11916,57 @@
       </c>
       <c r="X118" t="s">
         <v>22</v>
       </c>
       <c r="Y118" t="s">
         <v>22</v>
       </c>
       <c r="Z118" t="s">
         <v>22</v>
       </c>
       <c r="AA118" t="s">
         <v>22</v>
       </c>
       <c r="AB118" t="s">
         <v>22</v>
       </c>
       <c r="AC118" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:29">
       <c r="A119">
         <v>117</v>
       </c>
       <c r="B119" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D119" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119" t="s">
         <v>22</v>
       </c>
       <c r="G119">
         <v>1</v>
       </c>
       <c r="H119" t="s">
         <v>22</v>
       </c>
       <c r="I119" t="s">
         <v>22</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119" t="s">
         <v>22</v>
       </c>
       <c r="L119" t="s">
         <v>22</v>
       </c>
@@ -11975,57 +12005,57 @@
       </c>
       <c r="X119" t="s">
         <v>22</v>
       </c>
       <c r="Y119" t="s">
         <v>22</v>
       </c>
       <c r="Z119" t="s">
         <v>22</v>
       </c>
       <c r="AA119" t="s">
         <v>22</v>
       </c>
       <c r="AB119" t="s">
         <v>22</v>
       </c>
       <c r="AC119" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:29">
       <c r="A120">
         <v>118</v>
       </c>
       <c r="B120" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D120" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="F120" t="s">
         <v>22</v>
       </c>
       <c r="G120">
         <v>1</v>
       </c>
       <c r="H120" t="s">
         <v>22</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>22</v>
       </c>
       <c r="K120" t="s">
         <v>22</v>
       </c>
       <c r="L120" t="s">
         <v>22</v>
       </c>
@@ -12064,57 +12094,57 @@
       </c>
       <c r="X120" t="s">
         <v>22</v>
       </c>
       <c r="Y120" t="s">
         <v>22</v>
       </c>
       <c r="Z120" t="s">
         <v>22</v>
       </c>
       <c r="AA120" t="s">
         <v>22</v>
       </c>
       <c r="AB120" t="s">
         <v>22</v>
       </c>
       <c r="AC120" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:29">
       <c r="A121">
         <v>119</v>
       </c>
       <c r="B121" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D121" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="F121" t="s">
         <v>22</v>
       </c>
       <c r="G121">
         <v>1</v>
       </c>
       <c r="H121" t="s">
         <v>22</v>
       </c>
       <c r="I121" t="s">
         <v>22</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
       <c r="K121" t="s">
         <v>22</v>
       </c>
       <c r="L121" t="s">
         <v>22</v>
       </c>
@@ -12153,69 +12183,69 @@
       </c>
       <c r="X121" t="s">
         <v>22</v>
       </c>
       <c r="Y121" t="s">
         <v>22</v>
       </c>
       <c r="Z121" t="s">
         <v>22</v>
       </c>
       <c r="AA121" t="s">
         <v>22</v>
       </c>
       <c r="AB121" t="s">
         <v>22</v>
       </c>
       <c r="AC121" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:29">
       <c r="A122">
         <v>120</v>
       </c>
       <c r="B122" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D122" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E122">
         <v>1</v>
       </c>
       <c r="F122" t="s">
         <v>22</v>
       </c>
-      <c r="G122" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="G122">
+        <v>1</v>
+      </c>
+      <c r="H122" t="s">
+        <v>22</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122" t="s">
         <v>22</v>
       </c>
       <c r="L122" t="s">
         <v>22</v>
       </c>
       <c r="M122" t="s">
         <v>22</v>
       </c>
       <c r="N122" t="s">
         <v>22</v>
       </c>
       <c r="O122" t="s">
         <v>22</v>
       </c>
       <c r="P122" t="s">
         <v>22</v>
       </c>
@@ -12242,69 +12272,69 @@
       </c>
       <c r="X122" t="s">
         <v>22</v>
       </c>
       <c r="Y122" t="s">
         <v>22</v>
       </c>
       <c r="Z122" t="s">
         <v>22</v>
       </c>
       <c r="AA122" t="s">
         <v>22</v>
       </c>
       <c r="AB122" t="s">
         <v>22</v>
       </c>
       <c r="AC122" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:29">
       <c r="A123">
         <v>121</v>
       </c>
       <c r="B123" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D123" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E123">
         <v>1</v>
       </c>
       <c r="F123" t="s">
         <v>22</v>
       </c>
-      <c r="G123" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="G123">
+        <v>1</v>
+      </c>
+      <c r="H123" t="s">
+        <v>22</v>
       </c>
       <c r="I123" t="s">
         <v>22</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123" t="s">
         <v>22</v>
       </c>
       <c r="L123" t="s">
         <v>22</v>
       </c>
       <c r="M123" t="s">
         <v>22</v>
       </c>
       <c r="N123" t="s">
         <v>22</v>
       </c>
       <c r="O123" t="s">
         <v>22</v>
       </c>
       <c r="P123" t="s">
         <v>22</v>
       </c>
@@ -12331,72 +12361,72 @@
       </c>
       <c r="X123" t="s">
         <v>22</v>
       </c>
       <c r="Y123" t="s">
         <v>22</v>
       </c>
       <c r="Z123" t="s">
         <v>22</v>
       </c>
       <c r="AA123" t="s">
         <v>22</v>
       </c>
       <c r="AB123" t="s">
         <v>22</v>
       </c>
       <c r="AC123" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:29">
       <c r="A124">
         <v>122</v>
       </c>
       <c r="B124" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D124" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E124">
         <v>1</v>
       </c>
       <c r="F124" t="s">
         <v>22</v>
       </c>
-      <c r="G124" t="s">
-        <v>22</v>
+      <c r="G124">
+        <v>1</v>
       </c>
       <c r="H124" t="s">
         <v>22</v>
       </c>
-      <c r="I124">
-        <v>1</v>
+      <c r="I124" t="s">
+        <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
       <c r="K124" t="s">
         <v>22</v>
       </c>
       <c r="L124" t="s">
         <v>22</v>
       </c>
       <c r="M124" t="s">
         <v>22</v>
       </c>
       <c r="N124" t="s">
         <v>22</v>
       </c>
       <c r="O124" t="s">
         <v>22</v>
       </c>
       <c r="P124" t="s">
         <v>22</v>
       </c>
       <c r="Q124" t="s">
         <v>22</v>
       </c>
@@ -12420,72 +12450,72 @@
       </c>
       <c r="X124" t="s">
         <v>22</v>
       </c>
       <c r="Y124" t="s">
         <v>22</v>
       </c>
       <c r="Z124" t="s">
         <v>22</v>
       </c>
       <c r="AA124" t="s">
         <v>22</v>
       </c>
       <c r="AB124" t="s">
         <v>22</v>
       </c>
       <c r="AC124" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:29">
       <c r="A125">
         <v>123</v>
       </c>
       <c r="B125" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D125" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="F125" t="s">
         <v>22</v>
       </c>
-      <c r="G125" t="s">
-        <v>22</v>
+      <c r="G125">
+        <v>1</v>
       </c>
       <c r="H125" t="s">
         <v>22</v>
       </c>
-      <c r="I125">
-        <v>1</v>
+      <c r="I125" t="s">
+        <v>22</v>
       </c>
       <c r="J125" t="s">
         <v>22</v>
       </c>
       <c r="K125" t="s">
         <v>22</v>
       </c>
       <c r="L125" t="s">
         <v>22</v>
       </c>
       <c r="M125" t="s">
         <v>22</v>
       </c>
       <c r="N125" t="s">
         <v>22</v>
       </c>
       <c r="O125" t="s">
         <v>22</v>
       </c>
       <c r="P125" t="s">
         <v>22</v>
       </c>
       <c r="Q125" t="s">
         <v>22</v>
       </c>
@@ -12509,72 +12539,72 @@
       </c>
       <c r="X125" t="s">
         <v>22</v>
       </c>
       <c r="Y125" t="s">
         <v>22</v>
       </c>
       <c r="Z125" t="s">
         <v>22</v>
       </c>
       <c r="AA125" t="s">
         <v>22</v>
       </c>
       <c r="AB125" t="s">
         <v>22</v>
       </c>
       <c r="AC125" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:29">
       <c r="A126">
         <v>124</v>
       </c>
       <c r="B126" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D126" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E126">
         <v>1</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
-      <c r="G126" t="s">
-        <v>22</v>
+      <c r="G126">
+        <v>1</v>
       </c>
       <c r="H126" t="s">
         <v>22</v>
       </c>
-      <c r="I126">
-        <v>1</v>
+      <c r="I126" t="s">
+        <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="K126" t="s">
         <v>22</v>
       </c>
       <c r="L126" t="s">
         <v>22</v>
       </c>
       <c r="M126" t="s">
         <v>22</v>
       </c>
       <c r="N126" t="s">
         <v>22</v>
       </c>
       <c r="O126" t="s">
         <v>22</v>
       </c>
       <c r="P126" t="s">
         <v>22</v>
       </c>
       <c r="Q126" t="s">
         <v>22</v>
       </c>
@@ -12598,72 +12628,72 @@
       </c>
       <c r="X126" t="s">
         <v>22</v>
       </c>
       <c r="Y126" t="s">
         <v>22</v>
       </c>
       <c r="Z126" t="s">
         <v>22</v>
       </c>
       <c r="AA126" t="s">
         <v>22</v>
       </c>
       <c r="AB126" t="s">
         <v>22</v>
       </c>
       <c r="AC126" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:29">
       <c r="A127">
         <v>125</v>
       </c>
       <c r="B127" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D127" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127" t="s">
         <v>22</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
-      <c r="H127" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="H127">
+        <v>1</v>
+      </c>
+      <c r="I127" t="s">
+        <v>22</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
       <c r="K127" t="s">
         <v>22</v>
       </c>
       <c r="L127" t="s">
         <v>22</v>
       </c>
       <c r="M127" t="s">
         <v>22</v>
       </c>
       <c r="N127" t="s">
         <v>22</v>
       </c>
       <c r="O127" t="s">
         <v>22</v>
       </c>
       <c r="P127" t="s">
         <v>22</v>
       </c>
       <c r="Q127" t="s">
         <v>22</v>
       </c>
@@ -12687,72 +12717,72 @@
       </c>
       <c r="X127" t="s">
         <v>22</v>
       </c>
       <c r="Y127" t="s">
         <v>22</v>
       </c>
       <c r="Z127" t="s">
         <v>22</v>
       </c>
       <c r="AA127" t="s">
         <v>22</v>
       </c>
       <c r="AB127" t="s">
         <v>22</v>
       </c>
       <c r="AC127" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:29">
       <c r="A128">
         <v>126</v>
       </c>
       <c r="B128" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D128" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="F128" t="s">
         <v>22</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
-      <c r="H128" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="H128">
+        <v>1</v>
+      </c>
+      <c r="I128" t="s">
+        <v>22</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>22</v>
       </c>
       <c r="L128" t="s">
         <v>22</v>
       </c>
       <c r="M128" t="s">
         <v>22</v>
       </c>
       <c r="N128" t="s">
         <v>22</v>
       </c>
       <c r="O128" t="s">
         <v>22</v>
       </c>
       <c r="P128" t="s">
         <v>22</v>
       </c>
       <c r="Q128" t="s">
         <v>22</v>
       </c>
@@ -12776,72 +12806,72 @@
       </c>
       <c r="X128" t="s">
         <v>22</v>
       </c>
       <c r="Y128" t="s">
         <v>22</v>
       </c>
       <c r="Z128" t="s">
         <v>22</v>
       </c>
       <c r="AA128" t="s">
         <v>22</v>
       </c>
       <c r="AB128" t="s">
         <v>22</v>
       </c>
       <c r="AC128" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:29">
       <c r="A129">
         <v>127</v>
       </c>
       <c r="B129" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D129" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
-      <c r="H129">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H129" t="s">
+        <v>22</v>
+      </c>
+      <c r="I129">
+        <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129" t="s">
         <v>22</v>
       </c>
       <c r="L129" t="s">
         <v>22</v>
       </c>
       <c r="M129" t="s">
         <v>22</v>
       </c>
       <c r="N129" t="s">
         <v>22</v>
       </c>
       <c r="O129" t="s">
         <v>22</v>
       </c>
       <c r="P129" t="s">
         <v>22</v>
       </c>
       <c r="Q129" t="s">
         <v>22</v>
       </c>
@@ -12865,57 +12895,57 @@
       </c>
       <c r="X129" t="s">
         <v>22</v>
       </c>
       <c r="Y129" t="s">
         <v>22</v>
       </c>
       <c r="Z129" t="s">
         <v>22</v>
       </c>
       <c r="AA129" t="s">
         <v>22</v>
       </c>
       <c r="AB129" t="s">
         <v>22</v>
       </c>
       <c r="AC129" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:29">
       <c r="A130">
         <v>128</v>
       </c>
       <c r="B130" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D130" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E130">
         <v>1</v>
       </c>
       <c r="F130" t="s">
         <v>22</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130" t="s">
         <v>22</v>
       </c>
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
       <c r="K130" t="s">
         <v>22</v>
       </c>
       <c r="L130" t="s">
         <v>22</v>
       </c>
@@ -12954,57 +12984,57 @@
       </c>
       <c r="X130" t="s">
         <v>22</v>
       </c>
       <c r="Y130" t="s">
         <v>22</v>
       </c>
       <c r="Z130" t="s">
         <v>22</v>
       </c>
       <c r="AA130" t="s">
         <v>22</v>
       </c>
       <c r="AB130" t="s">
         <v>22</v>
       </c>
       <c r="AC130" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:29">
       <c r="A131">
         <v>129</v>
       </c>
       <c r="B131" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D131" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E131">
         <v>1</v>
       </c>
       <c r="F131" t="s">
         <v>22</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131" t="s">
         <v>22</v>
       </c>
       <c r="I131">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
       <c r="K131" t="s">
         <v>22</v>
       </c>
       <c r="L131" t="s">
         <v>22</v>
       </c>
@@ -13043,57 +13073,57 @@
       </c>
       <c r="X131" t="s">
         <v>22</v>
       </c>
       <c r="Y131" t="s">
         <v>22</v>
       </c>
       <c r="Z131" t="s">
         <v>22</v>
       </c>
       <c r="AA131" t="s">
         <v>22</v>
       </c>
       <c r="AB131" t="s">
         <v>22</v>
       </c>
       <c r="AC131" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:29">
       <c r="A132">
         <v>130</v>
       </c>
       <c r="B132" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D132" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E132">
         <v>1</v>
       </c>
       <c r="F132" t="s">
         <v>22</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132" t="s">
         <v>22</v>
       </c>
       <c r="I132">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
       <c r="K132" t="s">
         <v>22</v>
       </c>
       <c r="L132" t="s">
         <v>22</v>
       </c>
@@ -13132,1481 +13162,1481 @@
       </c>
       <c r="X132" t="s">
         <v>22</v>
       </c>
       <c r="Y132" t="s">
         <v>22</v>
       </c>
       <c r="Z132" t="s">
         <v>22</v>
       </c>
       <c r="AA132" t="s">
         <v>22</v>
       </c>
       <c r="AB132" t="s">
         <v>22</v>
       </c>
       <c r="AC132" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:29">
       <c r="A133">
         <v>131</v>
       </c>
       <c r="B133" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D133" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133" t="s">
         <v>22</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133" t="s">
         <v>22</v>
       </c>
-      <c r="I133" t="s">
-        <v>22</v>
+      <c r="I133">
+        <v>1</v>
       </c>
       <c r="J133" t="s">
         <v>22</v>
       </c>
       <c r="K133" t="s">
         <v>22</v>
       </c>
       <c r="L133" t="s">
         <v>22</v>
       </c>
       <c r="M133" t="s">
         <v>22</v>
       </c>
       <c r="N133" t="s">
         <v>22</v>
       </c>
       <c r="O133" t="s">
         <v>22</v>
       </c>
-      <c r="P133">
-        <v>1</v>
+      <c r="P133" t="s">
+        <v>22</v>
       </c>
       <c r="Q133" t="s">
         <v>22</v>
       </c>
       <c r="R133" t="s">
         <v>22</v>
       </c>
       <c r="S133" t="s">
         <v>22</v>
       </c>
       <c r="T133" t="s">
         <v>22</v>
       </c>
       <c r="U133" t="s">
         <v>22</v>
       </c>
       <c r="V133" t="s">
         <v>22</v>
       </c>
       <c r="W133" t="s">
         <v>22</v>
       </c>
       <c r="X133" t="s">
         <v>22</v>
       </c>
       <c r="Y133" t="s">
         <v>22</v>
       </c>
       <c r="Z133" t="s">
         <v>22</v>
       </c>
       <c r="AA133" t="s">
         <v>22</v>
       </c>
       <c r="AB133" t="s">
         <v>22</v>
       </c>
       <c r="AC133" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:29">
       <c r="A134">
         <v>132</v>
       </c>
       <c r="B134" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D134" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E134">
         <v>1</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
-      <c r="H134" t="s">
-        <v>22</v>
+      <c r="H134">
+        <v>1</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
       <c r="K134" t="s">
         <v>22</v>
       </c>
       <c r="L134" t="s">
         <v>22</v>
       </c>
       <c r="M134" t="s">
         <v>22</v>
       </c>
       <c r="N134" t="s">
         <v>22</v>
       </c>
       <c r="O134" t="s">
         <v>22</v>
       </c>
       <c r="P134" t="s">
         <v>22</v>
       </c>
-      <c r="Q134">
-        <v>1</v>
+      <c r="Q134" t="s">
+        <v>22</v>
       </c>
       <c r="R134" t="s">
         <v>22</v>
       </c>
       <c r="S134" t="s">
         <v>22</v>
       </c>
       <c r="T134" t="s">
         <v>22</v>
       </c>
       <c r="U134" t="s">
         <v>22</v>
       </c>
       <c r="V134" t="s">
         <v>22</v>
       </c>
       <c r="W134" t="s">
         <v>22</v>
       </c>
       <c r="X134" t="s">
         <v>22</v>
       </c>
       <c r="Y134" t="s">
         <v>22</v>
       </c>
       <c r="Z134" t="s">
         <v>22</v>
       </c>
       <c r="AA134" t="s">
         <v>22</v>
       </c>
       <c r="AB134" t="s">
         <v>22</v>
       </c>
       <c r="AC134" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:29">
       <c r="A135">
         <v>133</v>
       </c>
       <c r="B135" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D135" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135" t="s">
         <v>22</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135" t="s">
         <v>22</v>
       </c>
-      <c r="I135" t="s">
-        <v>22</v>
+      <c r="I135">
+        <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
       <c r="K135" t="s">
         <v>22</v>
       </c>
       <c r="L135" t="s">
         <v>22</v>
       </c>
       <c r="M135" t="s">
         <v>22</v>
       </c>
       <c r="N135" t="s">
         <v>22</v>
       </c>
       <c r="O135" t="s">
         <v>22</v>
       </c>
       <c r="P135" t="s">
         <v>22</v>
       </c>
-      <c r="Q135">
-        <v>1</v>
+      <c r="Q135" t="s">
+        <v>22</v>
       </c>
       <c r="R135" t="s">
         <v>22</v>
       </c>
       <c r="S135" t="s">
         <v>22</v>
       </c>
       <c r="T135" t="s">
         <v>22</v>
       </c>
       <c r="U135" t="s">
         <v>22</v>
       </c>
       <c r="V135" t="s">
         <v>22</v>
       </c>
       <c r="W135" t="s">
         <v>22</v>
       </c>
       <c r="X135" t="s">
         <v>22</v>
       </c>
       <c r="Y135" t="s">
         <v>22</v>
       </c>
       <c r="Z135" t="s">
         <v>22</v>
       </c>
       <c r="AA135" t="s">
         <v>22</v>
       </c>
       <c r="AB135" t="s">
         <v>22</v>
       </c>
       <c r="AC135" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:29">
       <c r="A136">
         <v>134</v>
       </c>
       <c r="B136" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D136" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E136">
         <v>1</v>
       </c>
       <c r="F136" t="s">
         <v>22</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136" t="s">
         <v>22</v>
       </c>
-      <c r="I136" t="s">
-        <v>22</v>
+      <c r="I136">
+        <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136" t="s">
         <v>22</v>
       </c>
       <c r="L136" t="s">
         <v>22</v>
       </c>
       <c r="M136" t="s">
         <v>22</v>
       </c>
       <c r="N136" t="s">
         <v>22</v>
       </c>
       <c r="O136" t="s">
         <v>22</v>
       </c>
-      <c r="P136">
-        <v>1</v>
+      <c r="P136" t="s">
+        <v>22</v>
       </c>
       <c r="Q136" t="s">
         <v>22</v>
       </c>
       <c r="R136" t="s">
         <v>22</v>
       </c>
       <c r="S136" t="s">
         <v>22</v>
       </c>
       <c r="T136" t="s">
         <v>22</v>
       </c>
       <c r="U136" t="s">
         <v>22</v>
       </c>
       <c r="V136" t="s">
         <v>22</v>
       </c>
       <c r="W136" t="s">
         <v>22</v>
       </c>
       <c r="X136" t="s">
         <v>22</v>
       </c>
       <c r="Y136" t="s">
         <v>22</v>
       </c>
       <c r="Z136" t="s">
         <v>22</v>
       </c>
       <c r="AA136" t="s">
         <v>22</v>
       </c>
       <c r="AB136" t="s">
         <v>22</v>
       </c>
       <c r="AC136" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:29">
       <c r="A137">
         <v>135</v>
       </c>
       <c r="B137" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D137" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="F137" t="s">
         <v>22</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137" t="s">
         <v>22</v>
       </c>
-      <c r="I137" t="s">
-        <v>22</v>
+      <c r="I137">
+        <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>22</v>
       </c>
       <c r="K137" t="s">
         <v>22</v>
       </c>
       <c r="L137" t="s">
         <v>22</v>
       </c>
       <c r="M137" t="s">
         <v>22</v>
       </c>
       <c r="N137" t="s">
         <v>22</v>
       </c>
       <c r="O137" t="s">
         <v>22</v>
       </c>
       <c r="P137" t="s">
         <v>22</v>
       </c>
-      <c r="Q137">
-        <v>1</v>
+      <c r="Q137" t="s">
+        <v>22</v>
       </c>
       <c r="R137" t="s">
         <v>22</v>
       </c>
       <c r="S137" t="s">
         <v>22</v>
       </c>
       <c r="T137" t="s">
         <v>22</v>
       </c>
       <c r="U137" t="s">
         <v>22</v>
       </c>
       <c r="V137" t="s">
         <v>22</v>
       </c>
       <c r="W137" t="s">
         <v>22</v>
       </c>
       <c r="X137" t="s">
         <v>22</v>
       </c>
       <c r="Y137" t="s">
         <v>22</v>
       </c>
       <c r="Z137" t="s">
         <v>22</v>
       </c>
       <c r="AA137" t="s">
         <v>22</v>
       </c>
       <c r="AB137" t="s">
         <v>22</v>
       </c>
       <c r="AC137" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:29">
       <c r="A138">
         <v>136</v>
       </c>
       <c r="B138" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D138" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138" t="s">
         <v>22</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
         <v>22</v>
       </c>
       <c r="K138" t="s">
         <v>22</v>
       </c>
-      <c r="L138">
-        <v>1</v>
+      <c r="L138" t="s">
+        <v>22</v>
       </c>
       <c r="M138" t="s">
         <v>22</v>
       </c>
       <c r="N138" t="s">
         <v>22</v>
       </c>
       <c r="O138" t="s">
         <v>22</v>
       </c>
-      <c r="P138" t="s">
-        <v>22</v>
+      <c r="P138">
+        <v>1</v>
       </c>
       <c r="Q138" t="s">
         <v>22</v>
       </c>
       <c r="R138" t="s">
         <v>22</v>
       </c>
       <c r="S138" t="s">
         <v>22</v>
       </c>
       <c r="T138" t="s">
         <v>22</v>
       </c>
       <c r="U138" t="s">
         <v>22</v>
       </c>
       <c r="V138" t="s">
         <v>22</v>
       </c>
       <c r="W138" t="s">
         <v>22</v>
       </c>
       <c r="X138" t="s">
         <v>22</v>
       </c>
       <c r="Y138" t="s">
         <v>22</v>
       </c>
       <c r="Z138" t="s">
         <v>22</v>
       </c>
       <c r="AA138" t="s">
         <v>22</v>
       </c>
       <c r="AB138" t="s">
         <v>22</v>
       </c>
       <c r="AC138" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:29">
       <c r="A139">
         <v>137</v>
       </c>
       <c r="B139" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D139" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E139">
         <v>1</v>
       </c>
       <c r="F139" t="s">
         <v>22</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139" t="s">
         <v>22</v>
       </c>
       <c r="I139" t="s">
         <v>22</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
       <c r="K139" t="s">
         <v>22</v>
       </c>
       <c r="L139" t="s">
         <v>22</v>
       </c>
-      <c r="M139">
-        <v>1</v>
+      <c r="M139" t="s">
+        <v>22</v>
       </c>
       <c r="N139" t="s">
         <v>22</v>
       </c>
       <c r="O139" t="s">
         <v>22</v>
       </c>
       <c r="P139" t="s">
         <v>22</v>
       </c>
-      <c r="Q139" t="s">
-        <v>22</v>
+      <c r="Q139">
+        <v>1</v>
       </c>
       <c r="R139" t="s">
         <v>22</v>
       </c>
       <c r="S139" t="s">
         <v>22</v>
       </c>
       <c r="T139" t="s">
         <v>22</v>
       </c>
       <c r="U139" t="s">
         <v>22</v>
       </c>
       <c r="V139" t="s">
         <v>22</v>
       </c>
       <c r="W139" t="s">
         <v>22</v>
       </c>
       <c r="X139" t="s">
         <v>22</v>
       </c>
       <c r="Y139" t="s">
         <v>22</v>
       </c>
       <c r="Z139" t="s">
         <v>22</v>
       </c>
       <c r="AA139" t="s">
         <v>22</v>
       </c>
       <c r="AB139" t="s">
         <v>22</v>
       </c>
       <c r="AC139" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:29">
       <c r="A140">
         <v>138</v>
       </c>
       <c r="B140" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D140" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E140">
         <v>1</v>
       </c>
       <c r="F140" t="s">
         <v>22</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140" t="s">
         <v>22</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
       <c r="K140" t="s">
         <v>22</v>
       </c>
       <c r="L140" t="s">
         <v>22</v>
       </c>
-      <c r="M140">
-        <v>1</v>
+      <c r="M140" t="s">
+        <v>22</v>
       </c>
       <c r="N140" t="s">
         <v>22</v>
       </c>
       <c r="O140" t="s">
         <v>22</v>
       </c>
       <c r="P140" t="s">
         <v>22</v>
       </c>
-      <c r="Q140" t="s">
-        <v>22</v>
+      <c r="Q140">
+        <v>1</v>
       </c>
       <c r="R140" t="s">
         <v>22</v>
       </c>
       <c r="S140" t="s">
         <v>22</v>
       </c>
       <c r="T140" t="s">
         <v>22</v>
       </c>
       <c r="U140" t="s">
         <v>22</v>
       </c>
       <c r="V140" t="s">
         <v>22</v>
       </c>
       <c r="W140" t="s">
         <v>22</v>
       </c>
       <c r="X140" t="s">
         <v>22</v>
       </c>
       <c r="Y140" t="s">
         <v>22</v>
       </c>
       <c r="Z140" t="s">
         <v>22</v>
       </c>
       <c r="AA140" t="s">
         <v>22</v>
       </c>
       <c r="AB140" t="s">
         <v>22</v>
       </c>
       <c r="AC140" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:29">
       <c r="A141">
         <v>139</v>
       </c>
       <c r="B141" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D141" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E141">
         <v>1</v>
       </c>
       <c r="F141" t="s">
         <v>22</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141" t="s">
         <v>22</v>
       </c>
       <c r="I141" t="s">
         <v>22</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141" t="s">
         <v>22</v>
       </c>
       <c r="L141" t="s">
         <v>22</v>
       </c>
-      <c r="M141">
-        <v>1</v>
+      <c r="M141" t="s">
+        <v>22</v>
       </c>
       <c r="N141" t="s">
         <v>22</v>
       </c>
       <c r="O141" t="s">
         <v>22</v>
       </c>
-      <c r="P141" t="s">
-        <v>22</v>
+      <c r="P141">
+        <v>1</v>
       </c>
       <c r="Q141" t="s">
         <v>22</v>
       </c>
       <c r="R141" t="s">
         <v>22</v>
       </c>
       <c r="S141" t="s">
         <v>22</v>
       </c>
       <c r="T141" t="s">
         <v>22</v>
       </c>
       <c r="U141" t="s">
         <v>22</v>
       </c>
       <c r="V141" t="s">
         <v>22</v>
       </c>
       <c r="W141" t="s">
         <v>22</v>
       </c>
       <c r="X141" t="s">
         <v>22</v>
       </c>
       <c r="Y141" t="s">
         <v>22</v>
       </c>
       <c r="Z141" t="s">
         <v>22</v>
       </c>
       <c r="AA141" t="s">
         <v>22</v>
       </c>
       <c r="AB141" t="s">
         <v>22</v>
       </c>
       <c r="AC141" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="142" spans="1:29">
       <c r="A142">
         <v>140</v>
       </c>
       <c r="B142" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D142" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
       <c r="F142" t="s">
         <v>22</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142" t="s">
         <v>22</v>
       </c>
       <c r="I142" t="s">
         <v>22</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
       <c r="K142" t="s">
         <v>22</v>
       </c>
       <c r="L142" t="s">
         <v>22</v>
       </c>
-      <c r="M142">
-        <v>1</v>
+      <c r="M142" t="s">
+        <v>22</v>
       </c>
       <c r="N142" t="s">
         <v>22</v>
       </c>
       <c r="O142" t="s">
         <v>22</v>
       </c>
       <c r="P142" t="s">
         <v>22</v>
       </c>
-      <c r="Q142" t="s">
-        <v>22</v>
+      <c r="Q142">
+        <v>1</v>
       </c>
       <c r="R142" t="s">
         <v>22</v>
       </c>
       <c r="S142" t="s">
         <v>22</v>
       </c>
       <c r="T142" t="s">
         <v>22</v>
       </c>
       <c r="U142" t="s">
         <v>22</v>
       </c>
       <c r="V142" t="s">
         <v>22</v>
       </c>
       <c r="W142" t="s">
         <v>22</v>
       </c>
       <c r="X142" t="s">
         <v>22</v>
       </c>
       <c r="Y142" t="s">
         <v>22</v>
       </c>
       <c r="Z142" t="s">
         <v>22</v>
       </c>
       <c r="AA142" t="s">
         <v>22</v>
       </c>
       <c r="AB142" t="s">
         <v>22</v>
       </c>
       <c r="AC142" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:29">
       <c r="A143">
         <v>141</v>
       </c>
       <c r="B143" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D143" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
       <c r="F143" t="s">
         <v>22</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143" t="s">
         <v>22</v>
       </c>
       <c r="I143" t="s">
         <v>22</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>22</v>
       </c>
-      <c r="L143" t="s">
-        <v>22</v>
+      <c r="L143">
+        <v>1</v>
       </c>
       <c r="M143" t="s">
         <v>22</v>
       </c>
       <c r="N143" t="s">
         <v>22</v>
       </c>
       <c r="O143" t="s">
         <v>22</v>
       </c>
       <c r="P143" t="s">
         <v>22</v>
       </c>
       <c r="Q143" t="s">
         <v>22</v>
       </c>
       <c r="R143" t="s">
         <v>22</v>
       </c>
       <c r="S143" t="s">
         <v>22</v>
       </c>
       <c r="T143" t="s">
         <v>22</v>
       </c>
-      <c r="U143">
-        <v>1</v>
+      <c r="U143" t="s">
+        <v>22</v>
       </c>
       <c r="V143" t="s">
         <v>22</v>
       </c>
       <c r="W143" t="s">
         <v>22</v>
       </c>
       <c r="X143" t="s">
         <v>22</v>
       </c>
       <c r="Y143" t="s">
         <v>22</v>
       </c>
       <c r="Z143" t="s">
         <v>22</v>
       </c>
       <c r="AA143" t="s">
         <v>22</v>
       </c>
       <c r="AB143" t="s">
         <v>22</v>
       </c>
       <c r="AC143" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:29">
       <c r="A144">
         <v>142</v>
       </c>
       <c r="B144" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D144" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E144">
         <v>1</v>
       </c>
       <c r="F144" t="s">
         <v>22</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="K144" t="s">
         <v>22</v>
       </c>
       <c r="L144" t="s">
         <v>22</v>
       </c>
-      <c r="M144" t="s">
-        <v>22</v>
+      <c r="M144">
+        <v>1</v>
       </c>
       <c r="N144" t="s">
         <v>22</v>
       </c>
       <c r="O144" t="s">
         <v>22</v>
       </c>
       <c r="P144" t="s">
         <v>22</v>
       </c>
       <c r="Q144" t="s">
         <v>22</v>
       </c>
       <c r="R144" t="s">
         <v>22</v>
       </c>
       <c r="S144" t="s">
         <v>22</v>
       </c>
       <c r="T144" t="s">
         <v>22</v>
       </c>
-      <c r="U144">
-        <v>1</v>
+      <c r="U144" t="s">
+        <v>22</v>
       </c>
       <c r="V144" t="s">
         <v>22</v>
       </c>
       <c r="W144" t="s">
         <v>22</v>
       </c>
       <c r="X144" t="s">
         <v>22</v>
       </c>
       <c r="Y144" t="s">
         <v>22</v>
       </c>
       <c r="Z144" t="s">
         <v>22</v>
       </c>
       <c r="AA144" t="s">
         <v>22</v>
       </c>
       <c r="AB144" t="s">
         <v>22</v>
       </c>
       <c r="AC144" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="145" spans="1:29">
       <c r="A145">
         <v>143</v>
       </c>
       <c r="B145" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D145" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E145">
         <v>1</v>
       </c>
       <c r="F145" t="s">
         <v>22</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145" t="s">
         <v>22</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145" t="s">
         <v>22</v>
       </c>
       <c r="L145" t="s">
         <v>22</v>
       </c>
-      <c r="M145" t="s">
-        <v>22</v>
+      <c r="M145">
+        <v>1</v>
       </c>
       <c r="N145" t="s">
         <v>22</v>
       </c>
       <c r="O145" t="s">
         <v>22</v>
       </c>
       <c r="P145" t="s">
         <v>22</v>
       </c>
       <c r="Q145" t="s">
         <v>22</v>
       </c>
       <c r="R145" t="s">
         <v>22</v>
       </c>
       <c r="S145" t="s">
         <v>22</v>
       </c>
       <c r="T145" t="s">
         <v>22</v>
       </c>
-      <c r="U145">
-        <v>1</v>
+      <c r="U145" t="s">
+        <v>22</v>
       </c>
       <c r="V145" t="s">
         <v>22</v>
       </c>
       <c r="W145" t="s">
         <v>22</v>
       </c>
       <c r="X145" t="s">
         <v>22</v>
       </c>
       <c r="Y145" t="s">
         <v>22</v>
       </c>
       <c r="Z145" t="s">
         <v>22</v>
       </c>
       <c r="AA145" t="s">
         <v>22</v>
       </c>
       <c r="AB145" t="s">
         <v>22</v>
       </c>
       <c r="AC145" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:29">
       <c r="A146">
         <v>144</v>
       </c>
       <c r="B146" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D146" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146" t="s">
         <v>22</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146" t="s">
         <v>22</v>
       </c>
       <c r="I146" t="s">
         <v>22</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>22</v>
       </c>
       <c r="L146" t="s">
         <v>22</v>
       </c>
-      <c r="M146" t="s">
-        <v>22</v>
+      <c r="M146">
+        <v>1</v>
       </c>
       <c r="N146" t="s">
         <v>22</v>
       </c>
       <c r="O146" t="s">
         <v>22</v>
       </c>
       <c r="P146" t="s">
         <v>22</v>
       </c>
       <c r="Q146" t="s">
         <v>22</v>
       </c>
       <c r="R146" t="s">
         <v>22</v>
       </c>
       <c r="S146" t="s">
         <v>22</v>
       </c>
       <c r="T146" t="s">
         <v>22</v>
       </c>
-      <c r="U146">
-        <v>1</v>
+      <c r="U146" t="s">
+        <v>22</v>
       </c>
       <c r="V146" t="s">
         <v>22</v>
       </c>
       <c r="W146" t="s">
         <v>22</v>
       </c>
       <c r="X146" t="s">
         <v>22</v>
       </c>
       <c r="Y146" t="s">
         <v>22</v>
       </c>
       <c r="Z146" t="s">
         <v>22</v>
       </c>
       <c r="AA146" t="s">
         <v>22</v>
       </c>
       <c r="AB146" t="s">
         <v>22</v>
       </c>
       <c r="AC146" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:29">
       <c r="A147">
         <v>145</v>
       </c>
       <c r="B147" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D147" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="F147" t="s">
         <v>22</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147" t="s">
         <v>22</v>
       </c>
       <c r="I147" t="s">
         <v>22</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147" t="s">
         <v>22</v>
       </c>
       <c r="L147" t="s">
         <v>22</v>
       </c>
-      <c r="M147" t="s">
-        <v>22</v>
+      <c r="M147">
+        <v>1</v>
       </c>
       <c r="N147" t="s">
         <v>22</v>
       </c>
       <c r="O147" t="s">
         <v>22</v>
       </c>
       <c r="P147" t="s">
         <v>22</v>
       </c>
       <c r="Q147" t="s">
         <v>22</v>
       </c>
       <c r="R147" t="s">
         <v>22</v>
       </c>
       <c r="S147" t="s">
         <v>22</v>
       </c>
       <c r="T147" t="s">
         <v>22</v>
       </c>
-      <c r="U147">
-        <v>1</v>
+      <c r="U147" t="s">
+        <v>22</v>
       </c>
       <c r="V147" t="s">
         <v>22</v>
       </c>
       <c r="W147" t="s">
         <v>22</v>
       </c>
       <c r="X147" t="s">
         <v>22</v>
       </c>
       <c r="Y147" t="s">
         <v>22</v>
       </c>
       <c r="Z147" t="s">
         <v>22</v>
       </c>
       <c r="AA147" t="s">
         <v>22</v>
       </c>
       <c r="AB147" t="s">
         <v>22</v>
       </c>
       <c r="AC147" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:29">
       <c r="A148">
         <v>146</v>
       </c>
       <c r="B148" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D148" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="F148" t="s">
         <v>22</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148" t="s">
         <v>22</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
       <c r="K148" t="s">
         <v>22</v>
       </c>
       <c r="L148" t="s">
         <v>22</v>
       </c>
       <c r="M148" t="s">
         <v>22</v>
       </c>
       <c r="N148" t="s">
         <v>22</v>
       </c>
       <c r="O148" t="s">
         <v>22</v>
       </c>
       <c r="P148" t="s">
         <v>22</v>
       </c>
       <c r="Q148" t="s">
         <v>22</v>
       </c>
       <c r="R148" t="s">
         <v>22</v>
       </c>
       <c r="S148" t="s">
         <v>22</v>
       </c>
-      <c r="T148">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="T148" t="s">
+        <v>22</v>
+      </c>
+      <c r="U148">
+        <v>1</v>
       </c>
       <c r="V148" t="s">
         <v>22</v>
       </c>
       <c r="W148" t="s">
         <v>22</v>
       </c>
       <c r="X148" t="s">
         <v>22</v>
       </c>
       <c r="Y148" t="s">
         <v>22</v>
       </c>
       <c r="Z148" t="s">
         <v>22</v>
       </c>
       <c r="AA148" t="s">
         <v>22</v>
       </c>
       <c r="AB148" t="s">
         <v>22</v>
       </c>
       <c r="AC148" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:29">
       <c r="A149">
         <v>147</v>
       </c>
       <c r="B149" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D149" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="F149" t="s">
         <v>22</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149" t="s">
         <v>22</v>
       </c>
       <c r="I149" t="s">
         <v>22</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
       <c r="K149" t="s">
         <v>22</v>
       </c>
       <c r="L149" t="s">
         <v>22</v>
       </c>
@@ -14645,57 +14675,57 @@
       </c>
       <c r="X149" t="s">
         <v>22</v>
       </c>
       <c r="Y149" t="s">
         <v>22</v>
       </c>
       <c r="Z149" t="s">
         <v>22</v>
       </c>
       <c r="AA149" t="s">
         <v>22</v>
       </c>
       <c r="AB149" t="s">
         <v>22</v>
       </c>
       <c r="AC149" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:29">
       <c r="A150">
         <v>148</v>
       </c>
       <c r="B150" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D150" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150" t="s">
         <v>22</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150" t="s">
         <v>22</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150" t="s">
         <v>22</v>
       </c>
       <c r="L150" t="s">
         <v>22</v>
       </c>
@@ -14734,57 +14764,57 @@
       </c>
       <c r="X150" t="s">
         <v>22</v>
       </c>
       <c r="Y150" t="s">
         <v>22</v>
       </c>
       <c r="Z150" t="s">
         <v>22</v>
       </c>
       <c r="AA150" t="s">
         <v>22</v>
       </c>
       <c r="AB150" t="s">
         <v>22</v>
       </c>
       <c r="AC150" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:29">
       <c r="A151">
         <v>149</v>
       </c>
       <c r="B151" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D151" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E151">
         <v>1</v>
       </c>
       <c r="F151" t="s">
         <v>22</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151" t="s">
         <v>22</v>
       </c>
       <c r="I151" t="s">
         <v>22</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151" t="s">
         <v>22</v>
       </c>
       <c r="L151" t="s">
         <v>22</v>
       </c>
@@ -14823,57 +14853,57 @@
       </c>
       <c r="X151" t="s">
         <v>22</v>
       </c>
       <c r="Y151" t="s">
         <v>22</v>
       </c>
       <c r="Z151" t="s">
         <v>22</v>
       </c>
       <c r="AA151" t="s">
         <v>22</v>
       </c>
       <c r="AB151" t="s">
         <v>22</v>
       </c>
       <c r="AC151" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:29">
       <c r="A152">
         <v>150</v>
       </c>
       <c r="B152" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D152" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152" t="s">
         <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152" t="s">
         <v>22</v>
       </c>
       <c r="L152" t="s">
         <v>22</v>
       </c>
@@ -14912,324 +14942,324 @@
       </c>
       <c r="X152" t="s">
         <v>22</v>
       </c>
       <c r="Y152" t="s">
         <v>22</v>
       </c>
       <c r="Z152" t="s">
         <v>22</v>
       </c>
       <c r="AA152" t="s">
         <v>22</v>
       </c>
       <c r="AB152" t="s">
         <v>22</v>
       </c>
       <c r="AC152" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:29">
       <c r="A153">
         <v>151</v>
       </c>
       <c r="B153" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D153" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153" t="s">
         <v>22</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153" t="s">
         <v>22</v>
       </c>
       <c r="I153" t="s">
         <v>22</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153" t="s">
         <v>22</v>
       </c>
       <c r="L153" t="s">
         <v>22</v>
       </c>
       <c r="M153" t="s">
         <v>22</v>
       </c>
       <c r="N153" t="s">
         <v>22</v>
       </c>
       <c r="O153" t="s">
         <v>22</v>
       </c>
       <c r="P153" t="s">
         <v>22</v>
       </c>
       <c r="Q153" t="s">
         <v>22</v>
       </c>
       <c r="R153" t="s">
         <v>22</v>
       </c>
       <c r="S153" t="s">
         <v>22</v>
       </c>
-      <c r="T153" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="T153">
+        <v>1</v>
+      </c>
+      <c r="U153" t="s">
+        <v>22</v>
       </c>
       <c r="V153" t="s">
         <v>22</v>
       </c>
       <c r="W153" t="s">
         <v>22</v>
       </c>
       <c r="X153" t="s">
         <v>22</v>
       </c>
       <c r="Y153" t="s">
         <v>22</v>
       </c>
       <c r="Z153" t="s">
         <v>22</v>
       </c>
       <c r="AA153" t="s">
         <v>22</v>
       </c>
       <c r="AB153" t="s">
         <v>22</v>
       </c>
       <c r="AC153" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:29">
       <c r="A154">
         <v>152</v>
       </c>
       <c r="B154" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D154" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154" t="s">
         <v>22</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154" t="s">
         <v>22</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
         <v>22</v>
       </c>
       <c r="K154" t="s">
         <v>22</v>
       </c>
       <c r="L154" t="s">
         <v>22</v>
       </c>
       <c r="M154" t="s">
         <v>22</v>
       </c>
       <c r="N154" t="s">
         <v>22</v>
       </c>
       <c r="O154" t="s">
         <v>22</v>
       </c>
       <c r="P154" t="s">
         <v>22</v>
       </c>
       <c r="Q154" t="s">
         <v>22</v>
       </c>
       <c r="R154" t="s">
         <v>22</v>
       </c>
       <c r="S154" t="s">
         <v>22</v>
       </c>
-      <c r="T154">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="T154" t="s">
+        <v>22</v>
+      </c>
+      <c r="U154">
+        <v>1</v>
       </c>
       <c r="V154" t="s">
         <v>22</v>
       </c>
       <c r="W154" t="s">
         <v>22</v>
       </c>
       <c r="X154" t="s">
         <v>22</v>
       </c>
       <c r="Y154" t="s">
         <v>22</v>
       </c>
       <c r="Z154" t="s">
         <v>22</v>
       </c>
       <c r="AA154" t="s">
         <v>22</v>
       </c>
       <c r="AB154" t="s">
         <v>22</v>
       </c>
       <c r="AC154" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:29">
       <c r="A155">
         <v>153</v>
       </c>
       <c r="B155" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D155" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155" t="s">
         <v>22</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
       <c r="K155" t="s">
         <v>22</v>
       </c>
       <c r="L155" t="s">
         <v>22</v>
       </c>
       <c r="M155" t="s">
         <v>22</v>
       </c>
       <c r="N155" t="s">
         <v>22</v>
       </c>
       <c r="O155" t="s">
         <v>22</v>
       </c>
       <c r="P155" t="s">
         <v>22</v>
       </c>
       <c r="Q155" t="s">
         <v>22</v>
       </c>
       <c r="R155" t="s">
         <v>22</v>
       </c>
       <c r="S155" t="s">
         <v>22</v>
       </c>
-      <c r="T155">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="T155" t="s">
+        <v>22</v>
+      </c>
+      <c r="U155">
+        <v>1</v>
       </c>
       <c r="V155" t="s">
         <v>22</v>
       </c>
       <c r="W155" t="s">
         <v>22</v>
       </c>
       <c r="X155" t="s">
         <v>22</v>
       </c>
       <c r="Y155" t="s">
         <v>22</v>
       </c>
       <c r="Z155" t="s">
         <v>22</v>
       </c>
       <c r="AA155" t="s">
         <v>22</v>
       </c>
       <c r="AB155" t="s">
         <v>22</v>
       </c>
       <c r="AC155" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:29">
       <c r="A156">
         <v>154</v>
       </c>
       <c r="B156" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D156" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156" t="s">
         <v>22</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156" t="s">
         <v>22</v>
       </c>
       <c r="I156" t="s">
         <v>22</v>
       </c>
       <c r="J156" t="s">
         <v>22</v>
       </c>
       <c r="K156" t="s">
         <v>22</v>
       </c>
       <c r="L156" t="s">
         <v>22</v>
       </c>
@@ -15268,769 +15298,769 @@
       </c>
       <c r="X156" t="s">
         <v>22</v>
       </c>
       <c r="Y156" t="s">
         <v>22</v>
       </c>
       <c r="Z156" t="s">
         <v>22</v>
       </c>
       <c r="AA156" t="s">
         <v>22</v>
       </c>
       <c r="AB156" t="s">
         <v>22</v>
       </c>
       <c r="AC156" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:29">
       <c r="A157">
         <v>155</v>
       </c>
       <c r="B157" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D157" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157" t="s">
         <v>22</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157" t="s">
         <v>22</v>
       </c>
       <c r="I157" t="s">
         <v>22</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>22</v>
       </c>
       <c r="L157" t="s">
         <v>22</v>
       </c>
       <c r="M157" t="s">
         <v>22</v>
       </c>
       <c r="N157" t="s">
         <v>22</v>
       </c>
       <c r="O157" t="s">
         <v>22</v>
       </c>
       <c r="P157" t="s">
         <v>22</v>
       </c>
       <c r="Q157" t="s">
         <v>22</v>
       </c>
       <c r="R157" t="s">
         <v>22</v>
       </c>
-      <c r="S157">
-        <v>1</v>
+      <c r="S157" t="s">
+        <v>22</v>
       </c>
       <c r="T157" t="s">
         <v>22</v>
       </c>
-      <c r="U157" t="s">
-        <v>22</v>
+      <c r="U157">
+        <v>1</v>
       </c>
       <c r="V157" t="s">
         <v>22</v>
       </c>
       <c r="W157" t="s">
         <v>22</v>
       </c>
       <c r="X157" t="s">
         <v>22</v>
       </c>
       <c r="Y157" t="s">
         <v>22</v>
       </c>
       <c r="Z157" t="s">
         <v>22</v>
       </c>
       <c r="AA157" t="s">
         <v>22</v>
       </c>
       <c r="AB157" t="s">
         <v>22</v>
       </c>
       <c r="AC157" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:29">
       <c r="A158">
         <v>156</v>
       </c>
       <c r="B158" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D158" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158" t="s">
         <v>22</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158" t="s">
         <v>22</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
       <c r="K158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
         <v>22</v>
       </c>
       <c r="M158" t="s">
         <v>22</v>
       </c>
       <c r="N158" t="s">
         <v>22</v>
       </c>
       <c r="O158" t="s">
         <v>22</v>
       </c>
       <c r="P158" t="s">
         <v>22</v>
       </c>
       <c r="Q158" t="s">
         <v>22</v>
       </c>
       <c r="R158" t="s">
         <v>22</v>
       </c>
-      <c r="S158">
-        <v>1</v>
+      <c r="S158" t="s">
+        <v>22</v>
       </c>
       <c r="T158" t="s">
         <v>22</v>
       </c>
-      <c r="U158" t="s">
-        <v>22</v>
+      <c r="U158">
+        <v>1</v>
       </c>
       <c r="V158" t="s">
         <v>22</v>
       </c>
       <c r="W158" t="s">
         <v>22</v>
       </c>
       <c r="X158" t="s">
         <v>22</v>
       </c>
       <c r="Y158" t="s">
         <v>22</v>
       </c>
       <c r="Z158" t="s">
         <v>22</v>
       </c>
       <c r="AA158" t="s">
         <v>22</v>
       </c>
       <c r="AB158" t="s">
         <v>22</v>
       </c>
       <c r="AC158" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:29">
       <c r="A159">
         <v>157</v>
       </c>
       <c r="B159" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D159" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="F159" t="s">
         <v>22</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>22</v>
       </c>
       <c r="L159" t="s">
         <v>22</v>
       </c>
       <c r="M159" t="s">
         <v>22</v>
       </c>
       <c r="N159" t="s">
         <v>22</v>
       </c>
       <c r="O159" t="s">
         <v>22</v>
       </c>
       <c r="P159" t="s">
         <v>22</v>
       </c>
       <c r="Q159" t="s">
         <v>22</v>
       </c>
       <c r="R159" t="s">
         <v>22</v>
       </c>
-      <c r="S159">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="S159" t="s">
+        <v>22</v>
+      </c>
+      <c r="T159">
+        <v>1</v>
       </c>
       <c r="U159" t="s">
         <v>22</v>
       </c>
       <c r="V159" t="s">
         <v>22</v>
       </c>
       <c r="W159" t="s">
         <v>22</v>
       </c>
       <c r="X159" t="s">
         <v>22</v>
       </c>
       <c r="Y159" t="s">
         <v>22</v>
       </c>
       <c r="Z159" t="s">
         <v>22</v>
       </c>
       <c r="AA159" t="s">
         <v>22</v>
       </c>
       <c r="AB159" t="s">
         <v>22</v>
       </c>
       <c r="AC159" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="160" spans="1:29">
       <c r="A160">
         <v>158</v>
       </c>
       <c r="B160" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D160" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
       <c r="F160" t="s">
         <v>22</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160" t="s">
         <v>22</v>
       </c>
       <c r="I160" t="s">
         <v>22</v>
       </c>
       <c r="J160" t="s">
         <v>22</v>
       </c>
       <c r="K160" t="s">
         <v>22</v>
       </c>
       <c r="L160" t="s">
         <v>22</v>
       </c>
       <c r="M160" t="s">
         <v>22</v>
       </c>
       <c r="N160" t="s">
         <v>22</v>
       </c>
       <c r="O160" t="s">
         <v>22</v>
       </c>
       <c r="P160" t="s">
         <v>22</v>
       </c>
       <c r="Q160" t="s">
         <v>22</v>
       </c>
       <c r="R160" t="s">
         <v>22</v>
       </c>
       <c r="S160" t="s">
         <v>22</v>
       </c>
-      <c r="T160" t="s">
-        <v>22</v>
+      <c r="T160">
+        <v>1</v>
       </c>
       <c r="U160" t="s">
         <v>22</v>
       </c>
       <c r="V160" t="s">
         <v>22</v>
       </c>
       <c r="W160" t="s">
         <v>22</v>
       </c>
       <c r="X160" t="s">
         <v>22</v>
       </c>
       <c r="Y160" t="s">
         <v>22</v>
       </c>
       <c r="Z160" t="s">
         <v>22</v>
       </c>
-      <c r="AA160">
-        <v>1</v>
+      <c r="AA160" t="s">
+        <v>22</v>
       </c>
       <c r="AB160" t="s">
         <v>22</v>
       </c>
       <c r="AC160" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="161" spans="1:29">
       <c r="A161">
         <v>159</v>
       </c>
       <c r="B161" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D161" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161" t="s">
         <v>22</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>22</v>
       </c>
       <c r="K161" t="s">
         <v>22</v>
       </c>
       <c r="L161" t="s">
         <v>22</v>
       </c>
       <c r="M161" t="s">
         <v>22</v>
       </c>
       <c r="N161" t="s">
         <v>22</v>
       </c>
       <c r="O161" t="s">
         <v>22</v>
       </c>
       <c r="P161" t="s">
         <v>22</v>
       </c>
       <c r="Q161" t="s">
         <v>22</v>
       </c>
       <c r="R161" t="s">
         <v>22</v>
       </c>
       <c r="S161" t="s">
         <v>22</v>
       </c>
       <c r="T161" t="s">
         <v>22</v>
       </c>
-      <c r="U161" t="s">
-        <v>22</v>
+      <c r="U161">
+        <v>1</v>
       </c>
       <c r="V161" t="s">
         <v>22</v>
       </c>
       <c r="W161" t="s">
         <v>22</v>
       </c>
       <c r="X161" t="s">
         <v>22</v>
       </c>
       <c r="Y161" t="s">
         <v>22</v>
       </c>
       <c r="Z161" t="s">
         <v>22</v>
       </c>
-      <c r="AA161">
-        <v>1</v>
+      <c r="AA161" t="s">
+        <v>22</v>
       </c>
       <c r="AB161" t="s">
         <v>22</v>
       </c>
       <c r="AC161" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:29">
       <c r="A162">
         <v>160</v>
       </c>
       <c r="B162" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D162" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162" t="s">
         <v>22</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162" t="s">
         <v>22</v>
       </c>
       <c r="I162" t="s">
         <v>22</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162" t="s">
         <v>22</v>
       </c>
       <c r="L162" t="s">
         <v>22</v>
       </c>
       <c r="M162" t="s">
         <v>22</v>
       </c>
       <c r="N162" t="s">
         <v>22</v>
       </c>
       <c r="O162" t="s">
         <v>22</v>
       </c>
       <c r="P162" t="s">
         <v>22</v>
       </c>
       <c r="Q162" t="s">
         <v>22</v>
       </c>
       <c r="R162" t="s">
         <v>22</v>
       </c>
-      <c r="S162" t="s">
-        <v>22</v>
+      <c r="S162">
+        <v>1</v>
       </c>
       <c r="T162" t="s">
         <v>22</v>
       </c>
       <c r="U162" t="s">
         <v>22</v>
       </c>
       <c r="V162" t="s">
         <v>22</v>
       </c>
       <c r="W162" t="s">
         <v>22</v>
       </c>
       <c r="X162" t="s">
         <v>22</v>
       </c>
       <c r="Y162" t="s">
         <v>22</v>
       </c>
       <c r="Z162" t="s">
         <v>22</v>
       </c>
-      <c r="AA162">
-        <v>1</v>
+      <c r="AA162" t="s">
+        <v>22</v>
       </c>
       <c r="AB162" t="s">
         <v>22</v>
       </c>
       <c r="AC162" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="163" spans="1:29">
       <c r="A163">
         <v>161</v>
       </c>
       <c r="B163" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D163" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163" t="s">
         <v>22</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
         <v>22</v>
       </c>
       <c r="K163" t="s">
         <v>22</v>
       </c>
       <c r="L163" t="s">
         <v>22</v>
       </c>
       <c r="M163" t="s">
         <v>22</v>
       </c>
       <c r="N163" t="s">
         <v>22</v>
       </c>
       <c r="O163" t="s">
         <v>22</v>
       </c>
       <c r="P163" t="s">
         <v>22</v>
       </c>
       <c r="Q163" t="s">
         <v>22</v>
       </c>
       <c r="R163" t="s">
         <v>22</v>
       </c>
-      <c r="S163" t="s">
-        <v>22</v>
+      <c r="S163">
+        <v>1</v>
       </c>
       <c r="T163" t="s">
         <v>22</v>
       </c>
       <c r="U163" t="s">
         <v>22</v>
       </c>
       <c r="V163" t="s">
         <v>22</v>
       </c>
       <c r="W163" t="s">
         <v>22</v>
       </c>
       <c r="X163" t="s">
         <v>22</v>
       </c>
       <c r="Y163" t="s">
         <v>22</v>
       </c>
       <c r="Z163" t="s">
         <v>22</v>
       </c>
-      <c r="AA163">
-        <v>1</v>
+      <c r="AA163" t="s">
+        <v>22</v>
       </c>
       <c r="AB163" t="s">
         <v>22</v>
       </c>
       <c r="AC163" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="164" spans="1:29">
       <c r="A164">
         <v>162</v>
       </c>
       <c r="B164" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D164" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164" t="s">
         <v>22</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164" t="s">
         <v>22</v>
       </c>
       <c r="I164" t="s">
         <v>22</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164" t="s">
         <v>22</v>
       </c>
       <c r="L164" t="s">
         <v>22</v>
       </c>
       <c r="M164" t="s">
         <v>22</v>
       </c>
       <c r="N164" t="s">
         <v>22</v>
       </c>
       <c r="O164" t="s">
         <v>22</v>
       </c>
       <c r="P164" t="s">
         <v>22</v>
       </c>
       <c r="Q164" t="s">
         <v>22</v>
       </c>
       <c r="R164" t="s">
         <v>22</v>
       </c>
-      <c r="S164" t="s">
-        <v>22</v>
+      <c r="S164">
+        <v>1</v>
       </c>
       <c r="T164" t="s">
         <v>22</v>
       </c>
       <c r="U164" t="s">
         <v>22</v>
       </c>
       <c r="V164" t="s">
         <v>22</v>
       </c>
       <c r="W164" t="s">
         <v>22</v>
       </c>
       <c r="X164" t="s">
         <v>22</v>
       </c>
       <c r="Y164" t="s">
         <v>22</v>
       </c>
-      <c r="Z164">
-        <v>1</v>
+      <c r="Z164" t="s">
+        <v>22</v>
       </c>
       <c r="AA164" t="s">
         <v>22</v>
       </c>
       <c r="AB164" t="s">
         <v>22</v>
       </c>
       <c r="AC164" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:29">
       <c r="A165">
         <v>163</v>
       </c>
       <c r="B165" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D165" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="F165" t="s">
         <v>22</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165" t="s">
         <v>22</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>22</v>
       </c>
       <c r="K165" t="s">
         <v>22</v>
       </c>
       <c r="L165" t="s">
         <v>22</v>
       </c>
@@ -16069,57 +16099,57 @@
       </c>
       <c r="X165" t="s">
         <v>22</v>
       </c>
       <c r="Y165" t="s">
         <v>22</v>
       </c>
       <c r="Z165" t="s">
         <v>22</v>
       </c>
       <c r="AA165">
         <v>1</v>
       </c>
       <c r="AB165" t="s">
         <v>22</v>
       </c>
       <c r="AC165" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="166" spans="1:29">
       <c r="A166">
         <v>164</v>
       </c>
       <c r="B166" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D166" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166" t="s">
         <v>22</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
         <v>22</v>
       </c>
       <c r="K166" t="s">
         <v>22</v>
       </c>
       <c r="L166" t="s">
         <v>22</v>
       </c>
@@ -16158,60 +16188,60 @@
       </c>
       <c r="X166" t="s">
         <v>22</v>
       </c>
       <c r="Y166" t="s">
         <v>22</v>
       </c>
       <c r="Z166" t="s">
         <v>22</v>
       </c>
       <c r="AA166">
         <v>1</v>
       </c>
       <c r="AB166" t="s">
         <v>22</v>
       </c>
       <c r="AC166" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="167" spans="1:29">
       <c r="A167">
         <v>165</v>
       </c>
       <c r="B167" t="s">
+        <v>132</v>
+      </c>
+      <c r="C167" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E167">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F167" t="s">
         <v>22</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167" t="s">
         <v>22</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
         <v>22</v>
       </c>
       <c r="K167" t="s">
         <v>22</v>
       </c>
       <c r="L167" t="s">
         <v>22</v>
       </c>
       <c r="M167" t="s">
         <v>22</v>
       </c>
@@ -16232,75 +16262,75 @@
       </c>
       <c r="S167" t="s">
         <v>22</v>
       </c>
       <c r="T167" t="s">
         <v>22</v>
       </c>
       <c r="U167" t="s">
         <v>22</v>
       </c>
       <c r="V167" t="s">
         <v>22</v>
       </c>
       <c r="W167" t="s">
         <v>22</v>
       </c>
       <c r="X167" t="s">
         <v>22</v>
       </c>
       <c r="Y167" t="s">
         <v>22</v>
       </c>
       <c r="Z167" t="s">
         <v>22</v>
       </c>
-      <c r="AA167" t="s">
-        <v>22</v>
+      <c r="AA167">
+        <v>1</v>
       </c>
       <c r="AB167" t="s">
         <v>22</v>
       </c>
       <c r="AC167" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="168" spans="1:29">
       <c r="A168">
         <v>166</v>
       </c>
       <c r="B168" t="s">
+        <v>132</v>
+      </c>
+      <c r="C168" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="C168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D168" t="s">
-        <v>195</v>
+        <v>133</v>
       </c>
       <c r="E168">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F168" t="s">
         <v>22</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168" t="s">
         <v>22</v>
       </c>
       <c r="I168" t="s">
         <v>22</v>
       </c>
       <c r="J168" t="s">
         <v>22</v>
       </c>
       <c r="K168" t="s">
         <v>22</v>
       </c>
       <c r="L168" t="s">
         <v>22</v>
       </c>
       <c r="M168" t="s">
         <v>22</v>
       </c>
@@ -16321,75 +16351,75 @@
       </c>
       <c r="S168" t="s">
         <v>22</v>
       </c>
       <c r="T168" t="s">
         <v>22</v>
       </c>
       <c r="U168" t="s">
         <v>22</v>
       </c>
       <c r="V168" t="s">
         <v>22</v>
       </c>
       <c r="W168" t="s">
         <v>22</v>
       </c>
       <c r="X168" t="s">
         <v>22</v>
       </c>
       <c r="Y168" t="s">
         <v>22</v>
       </c>
       <c r="Z168" t="s">
         <v>22</v>
       </c>
-      <c r="AA168" t="s">
-        <v>22</v>
+      <c r="AA168">
+        <v>1</v>
       </c>
       <c r="AB168" t="s">
         <v>22</v>
       </c>
       <c r="AC168" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:29">
       <c r="A169">
         <v>167</v>
       </c>
       <c r="B169" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>132</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="D169" t="s">
-        <v>195</v>
+        <v>133</v>
       </c>
       <c r="E169">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F169" t="s">
         <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169" t="s">
         <v>22</v>
       </c>
       <c r="I169" t="s">
         <v>22</v>
       </c>
       <c r="J169" t="s">
         <v>22</v>
       </c>
       <c r="K169" t="s">
         <v>22</v>
       </c>
       <c r="L169" t="s">
         <v>22</v>
       </c>
       <c r="M169" t="s">
         <v>22</v>
       </c>
@@ -16407,78 +16437,78 @@
       </c>
       <c r="R169" t="s">
         <v>22</v>
       </c>
       <c r="S169" t="s">
         <v>22</v>
       </c>
       <c r="T169" t="s">
         <v>22</v>
       </c>
       <c r="U169" t="s">
         <v>22</v>
       </c>
       <c r="V169" t="s">
         <v>22</v>
       </c>
       <c r="W169" t="s">
         <v>22</v>
       </c>
       <c r="X169" t="s">
         <v>22</v>
       </c>
       <c r="Y169" t="s">
         <v>22</v>
       </c>
-      <c r="Z169" t="s">
-        <v>22</v>
+      <c r="Z169">
+        <v>1</v>
       </c>
       <c r="AA169" t="s">
         <v>22</v>
       </c>
       <c r="AB169" t="s">
         <v>22</v>
       </c>
       <c r="AC169" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:29">
       <c r="A170">
         <v>168</v>
       </c>
       <c r="B170" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>132</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>196</v>
       </c>
       <c r="D170" t="s">
-        <v>195</v>
+        <v>133</v>
       </c>
       <c r="E170">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F170" t="s">
         <v>22</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170" t="s">
         <v>22</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
         <v>22</v>
       </c>
       <c r="K170" t="s">
         <v>22</v>
       </c>
       <c r="L170" t="s">
         <v>22</v>
       </c>
       <c r="M170" t="s">
         <v>22</v>
       </c>
@@ -16499,75 +16529,75 @@
       </c>
       <c r="S170" t="s">
         <v>22</v>
       </c>
       <c r="T170" t="s">
         <v>22</v>
       </c>
       <c r="U170" t="s">
         <v>22</v>
       </c>
       <c r="V170" t="s">
         <v>22</v>
       </c>
       <c r="W170" t="s">
         <v>22</v>
       </c>
       <c r="X170" t="s">
         <v>22</v>
       </c>
       <c r="Y170" t="s">
         <v>22</v>
       </c>
       <c r="Z170" t="s">
         <v>22</v>
       </c>
-      <c r="AA170" t="s">
-        <v>22</v>
+      <c r="AA170">
+        <v>1</v>
       </c>
       <c r="AB170" t="s">
         <v>22</v>
       </c>
       <c r="AC170" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:29">
       <c r="A171">
         <v>169</v>
       </c>
       <c r="B171" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>132</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>197</v>
       </c>
       <c r="D171" t="s">
-        <v>199</v>
+        <v>133</v>
       </c>
       <c r="E171">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F171" t="s">
         <v>22</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171" t="s">
         <v>22</v>
       </c>
       <c r="I171" t="s">
         <v>22</v>
       </c>
       <c r="J171" t="s">
         <v>22</v>
       </c>
       <c r="K171" t="s">
         <v>22</v>
       </c>
       <c r="L171" t="s">
         <v>22</v>
       </c>
       <c r="M171" t="s">
         <v>22</v>
       </c>
@@ -16588,72 +16618,72 @@
       </c>
       <c r="S171" t="s">
         <v>22</v>
       </c>
       <c r="T171" t="s">
         <v>22</v>
       </c>
       <c r="U171" t="s">
         <v>22</v>
       </c>
       <c r="V171" t="s">
         <v>22</v>
       </c>
       <c r="W171" t="s">
         <v>22</v>
       </c>
       <c r="X171" t="s">
         <v>22</v>
       </c>
       <c r="Y171" t="s">
         <v>22</v>
       </c>
       <c r="Z171" t="s">
         <v>22</v>
       </c>
-      <c r="AA171" t="s">
-        <v>22</v>
+      <c r="AA171">
+        <v>1</v>
       </c>
       <c r="AB171" t="s">
         <v>22</v>
       </c>
       <c r="AC171" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="172" spans="1:29">
       <c r="A172">
         <v>170</v>
       </c>
       <c r="B172" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
-        <v>199</v>
+        <v>133</v>
       </c>
       <c r="E172">
         <v>0</v>
       </c>
       <c r="F172" t="s">
         <v>22</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172" t="s">
         <v>22</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>22</v>
       </c>
       <c r="K172" t="s">
         <v>22</v>
       </c>
       <c r="L172" t="s">
         <v>22</v>
       </c>
@@ -16692,57 +16722,57 @@
       </c>
       <c r="X172" t="s">
         <v>22</v>
       </c>
       <c r="Y172" t="s">
         <v>22</v>
       </c>
       <c r="Z172" t="s">
         <v>22</v>
       </c>
       <c r="AA172" t="s">
         <v>22</v>
       </c>
       <c r="AB172" t="s">
         <v>22</v>
       </c>
       <c r="AC172" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:29">
       <c r="A173">
         <v>171</v>
       </c>
       <c r="B173" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E173">
         <v>0</v>
       </c>
       <c r="F173" t="s">
         <v>22</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173" t="s">
         <v>22</v>
       </c>
       <c r="I173" t="s">
         <v>22</v>
       </c>
       <c r="J173" t="s">
         <v>22</v>
       </c>
       <c r="K173" t="s">
         <v>22</v>
       </c>
       <c r="L173" t="s">
         <v>22</v>
       </c>
@@ -16781,57 +16811,57 @@
       </c>
       <c r="X173" t="s">
         <v>22</v>
       </c>
       <c r="Y173" t="s">
         <v>22</v>
       </c>
       <c r="Z173" t="s">
         <v>22</v>
       </c>
       <c r="AA173" t="s">
         <v>22</v>
       </c>
       <c r="AB173" t="s">
         <v>22</v>
       </c>
       <c r="AC173" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="174" spans="1:29">
       <c r="A174">
         <v>172</v>
       </c>
       <c r="B174" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E174">
         <v>0</v>
       </c>
       <c r="F174" t="s">
         <v>22</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
       <c r="K174" t="s">
         <v>22</v>
       </c>
       <c r="L174" t="s">
         <v>22</v>
       </c>
@@ -16870,57 +16900,57 @@
       </c>
       <c r="X174" t="s">
         <v>22</v>
       </c>
       <c r="Y174" t="s">
         <v>22</v>
       </c>
       <c r="Z174" t="s">
         <v>22</v>
       </c>
       <c r="AA174" t="s">
         <v>22</v>
       </c>
       <c r="AB174" t="s">
         <v>22</v>
       </c>
       <c r="AC174" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:29">
       <c r="A175">
         <v>173</v>
       </c>
       <c r="B175" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="C175" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="D175" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E175">
         <v>0</v>
       </c>
       <c r="F175" t="s">
         <v>22</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175" t="s">
         <v>22</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>22</v>
       </c>
       <c r="L175" t="s">
         <v>22</v>
       </c>
@@ -16959,57 +16989,57 @@
       </c>
       <c r="X175" t="s">
         <v>22</v>
       </c>
       <c r="Y175" t="s">
         <v>22</v>
       </c>
       <c r="Z175" t="s">
         <v>22</v>
       </c>
       <c r="AA175" t="s">
         <v>22</v>
       </c>
       <c r="AB175" t="s">
         <v>22</v>
       </c>
       <c r="AC175" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:29">
       <c r="A176">
         <v>174</v>
       </c>
       <c r="B176" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E176">
         <v>0</v>
       </c>
       <c r="F176" t="s">
         <v>22</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176" t="s">
         <v>22</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
         <v>22</v>
       </c>
       <c r="K176" t="s">
         <v>22</v>
       </c>
       <c r="L176" t="s">
         <v>22</v>
       </c>
@@ -17048,72 +17078,72 @@
       </c>
       <c r="X176" t="s">
         <v>22</v>
       </c>
       <c r="Y176" t="s">
         <v>22</v>
       </c>
       <c r="Z176" t="s">
         <v>22</v>
       </c>
       <c r="AA176" t="s">
         <v>22</v>
       </c>
       <c r="AB176" t="s">
         <v>22</v>
       </c>
       <c r="AC176" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:29">
       <c r="A177">
         <v>175</v>
       </c>
       <c r="B177" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>205</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
       </c>
       <c r="D177" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E177">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F177" t="s">
         <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177" t="s">
         <v>22</v>
       </c>
-      <c r="I177">
-        <v>1</v>
+      <c r="I177" t="s">
+        <v>22</v>
       </c>
       <c r="J177" t="s">
         <v>22</v>
       </c>
       <c r="K177" t="s">
         <v>22</v>
       </c>
       <c r="L177" t="s">
         <v>22</v>
       </c>
       <c r="M177" t="s">
         <v>22</v>
       </c>
       <c r="N177" t="s">
         <v>22</v>
       </c>
       <c r="O177" t="s">
         <v>22</v>
       </c>
       <c r="P177" t="s">
         <v>22</v>
       </c>
       <c r="Q177" t="s">
         <v>22</v>
       </c>
@@ -17137,57 +17167,57 @@
       </c>
       <c r="X177" t="s">
         <v>22</v>
       </c>
       <c r="Y177" t="s">
         <v>22</v>
       </c>
       <c r="Z177" t="s">
         <v>22</v>
       </c>
       <c r="AA177" t="s">
         <v>22</v>
       </c>
       <c r="AB177" t="s">
         <v>22</v>
       </c>
       <c r="AC177" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="178" spans="1:29">
       <c r="A178">
         <v>176</v>
       </c>
       <c r="B178" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="E178">
         <v>0</v>
       </c>
       <c r="F178" t="s">
         <v>22</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178" t="s">
         <v>22</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
         <v>22</v>
       </c>
       <c r="K178" t="s">
         <v>22</v>
       </c>
       <c r="L178" t="s">
         <v>22</v>
       </c>
@@ -17226,66 +17256,66 @@
       </c>
       <c r="X178" t="s">
         <v>22</v>
       </c>
       <c r="Y178" t="s">
         <v>22</v>
       </c>
       <c r="Z178" t="s">
         <v>22</v>
       </c>
       <c r="AA178" t="s">
         <v>22</v>
       </c>
       <c r="AB178" t="s">
         <v>22</v>
       </c>
       <c r="AC178" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="179" spans="1:29">
       <c r="A179">
         <v>177</v>
       </c>
       <c r="B179" t="s">
+        <v>207</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
         <v>208</v>
       </c>
-      <c r="C179" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E179">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F179" t="s">
         <v>22</v>
       </c>
-      <c r="G179">
-        <v>1</v>
+      <c r="G179" t="s">
+        <v>22</v>
       </c>
       <c r="H179" t="s">
         <v>22</v>
       </c>
       <c r="I179" t="s">
         <v>22</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
       <c r="K179" t="s">
         <v>22</v>
       </c>
       <c r="L179" t="s">
         <v>22</v>
       </c>
       <c r="M179" t="s">
         <v>22</v>
       </c>
       <c r="N179" t="s">
         <v>22</v>
       </c>
       <c r="O179" t="s">
         <v>22</v>
       </c>
@@ -17315,66 +17345,66 @@
       </c>
       <c r="X179" t="s">
         <v>22</v>
       </c>
       <c r="Y179" t="s">
         <v>22</v>
       </c>
       <c r="Z179" t="s">
         <v>22</v>
       </c>
       <c r="AA179" t="s">
         <v>22</v>
       </c>
       <c r="AB179" t="s">
         <v>22</v>
       </c>
       <c r="AC179" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:29">
       <c r="A180">
         <v>178</v>
       </c>
       <c r="B180" t="s">
+        <v>209</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
         <v>208</v>
       </c>
-      <c r="C180" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F180" t="s">
         <v>22</v>
       </c>
-      <c r="G180">
-        <v>1</v>
+      <c r="G180" t="s">
+        <v>22</v>
       </c>
       <c r="H180" t="s">
         <v>22</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>22</v>
       </c>
       <c r="L180" t="s">
         <v>22</v>
       </c>
       <c r="M180" t="s">
         <v>22</v>
       </c>
       <c r="N180" t="s">
         <v>22</v>
       </c>
       <c r="O180" t="s">
         <v>22</v>
       </c>
@@ -17404,66 +17434,66 @@
       </c>
       <c r="X180" t="s">
         <v>22</v>
       </c>
       <c r="Y180" t="s">
         <v>22</v>
       </c>
       <c r="Z180" t="s">
         <v>22</v>
       </c>
       <c r="AA180" t="s">
         <v>22</v>
       </c>
       <c r="AB180" t="s">
         <v>22</v>
       </c>
       <c r="AC180" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:29">
       <c r="A181">
         <v>179</v>
       </c>
       <c r="B181" t="s">
+        <v>210</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
         <v>208</v>
       </c>
-      <c r="C181" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E181">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F181" t="s">
         <v>22</v>
       </c>
-      <c r="G181">
-        <v>1</v>
+      <c r="G181" t="s">
+        <v>22</v>
       </c>
       <c r="H181" t="s">
         <v>22</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>22</v>
       </c>
       <c r="K181" t="s">
         <v>22</v>
       </c>
       <c r="L181" t="s">
         <v>22</v>
       </c>
       <c r="M181" t="s">
         <v>22</v>
       </c>
       <c r="N181" t="s">
         <v>22</v>
       </c>
       <c r="O181" t="s">
         <v>22</v>
       </c>
@@ -17493,72 +17523,72 @@
       </c>
       <c r="X181" t="s">
         <v>22</v>
       </c>
       <c r="Y181" t="s">
         <v>22</v>
       </c>
       <c r="Z181" t="s">
         <v>22</v>
       </c>
       <c r="AA181" t="s">
         <v>22</v>
       </c>
       <c r="AB181" t="s">
         <v>22</v>
       </c>
       <c r="AC181" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:29">
       <c r="A182">
         <v>180</v>
       </c>
       <c r="B182" t="s">
+        <v>211</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D182" t="s">
         <v>208</v>
       </c>
-      <c r="C182" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E182">
         <v>1</v>
       </c>
       <c r="F182" t="s">
         <v>22</v>
       </c>
-      <c r="G182">
-        <v>1</v>
+      <c r="G182" t="s">
+        <v>22</v>
       </c>
       <c r="H182" t="s">
         <v>22</v>
       </c>
-      <c r="I182" t="s">
-        <v>22</v>
+      <c r="I182">
+        <v>1</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="K182" t="s">
         <v>22</v>
       </c>
       <c r="L182" t="s">
         <v>22</v>
       </c>
       <c r="M182" t="s">
         <v>22</v>
       </c>
       <c r="N182" t="s">
         <v>22</v>
       </c>
       <c r="O182" t="s">
         <v>22</v>
       </c>
       <c r="P182" t="s">
         <v>22</v>
       </c>
       <c r="Q182" t="s">
         <v>22</v>
       </c>
@@ -17582,66 +17612,66 @@
       </c>
       <c r="X182" t="s">
         <v>22</v>
       </c>
       <c r="Y182" t="s">
         <v>22</v>
       </c>
       <c r="Z182" t="s">
         <v>22</v>
       </c>
       <c r="AA182" t="s">
         <v>22</v>
       </c>
       <c r="AB182" t="s">
         <v>22</v>
       </c>
       <c r="AC182" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:29">
       <c r="A183">
         <v>181</v>
       </c>
       <c r="B183" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C183" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
         <v>214</v>
       </c>
-      <c r="D183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F183" t="s">
         <v>22</v>
       </c>
-      <c r="G183">
-        <v>1</v>
+      <c r="G183" t="s">
+        <v>22</v>
       </c>
       <c r="H183" t="s">
         <v>22</v>
       </c>
       <c r="I183" t="s">
         <v>22</v>
       </c>
       <c r="J183" t="s">
         <v>22</v>
       </c>
       <c r="K183" t="s">
         <v>22</v>
       </c>
       <c r="L183" t="s">
         <v>22</v>
       </c>
       <c r="M183" t="s">
         <v>22</v>
       </c>
       <c r="N183" t="s">
         <v>22</v>
       </c>
       <c r="O183" t="s">
         <v>22</v>
       </c>
@@ -17671,57 +17701,57 @@
       </c>
       <c r="X183" t="s">
         <v>22</v>
       </c>
       <c r="Y183" t="s">
         <v>22</v>
       </c>
       <c r="Z183" t="s">
         <v>22</v>
       </c>
       <c r="AA183" t="s">
         <v>22</v>
       </c>
       <c r="AB183" t="s">
         <v>22</v>
       </c>
       <c r="AC183" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:29">
       <c r="A184">
         <v>182</v>
       </c>
       <c r="B184" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D184" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184" t="s">
         <v>22</v>
       </c>
       <c r="G184">
         <v>1</v>
       </c>
       <c r="H184" t="s">
         <v>22</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="K184" t="s">
         <v>22</v>
       </c>
       <c r="L184" t="s">
         <v>22</v>
       </c>
@@ -17760,57 +17790,57 @@
       </c>
       <c r="X184" t="s">
         <v>22</v>
       </c>
       <c r="Y184" t="s">
         <v>22</v>
       </c>
       <c r="Z184" t="s">
         <v>22</v>
       </c>
       <c r="AA184" t="s">
         <v>22</v>
       </c>
       <c r="AB184" t="s">
         <v>22</v>
       </c>
       <c r="AC184" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:29">
       <c r="A185">
         <v>183</v>
       </c>
       <c r="B185" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D185" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185" t="s">
         <v>22</v>
       </c>
       <c r="G185">
         <v>1</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
       <c r="K185" t="s">
         <v>22</v>
       </c>
       <c r="L185" t="s">
         <v>22</v>
       </c>
@@ -17849,72 +17879,72 @@
       </c>
       <c r="X185" t="s">
         <v>22</v>
       </c>
       <c r="Y185" t="s">
         <v>22</v>
       </c>
       <c r="Z185" t="s">
         <v>22</v>
       </c>
       <c r="AA185" t="s">
         <v>22</v>
       </c>
       <c r="AB185" t="s">
         <v>22</v>
       </c>
       <c r="AC185" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:29">
       <c r="A186">
         <v>184</v>
       </c>
       <c r="B186" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C186" t="s">
+        <v>213</v>
+      </c>
+      <c r="C186" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D186" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E186">
         <v>1</v>
       </c>
       <c r="F186" t="s">
         <v>22</v>
       </c>
-      <c r="G186" t="s">
-        <v>22</v>
+      <c r="G186">
+        <v>1</v>
       </c>
       <c r="H186" t="s">
         <v>22</v>
       </c>
-      <c r="I186">
-        <v>1</v>
+      <c r="I186" t="s">
+        <v>22</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
       <c r="K186" t="s">
         <v>22</v>
       </c>
       <c r="L186" t="s">
         <v>22</v>
       </c>
       <c r="M186" t="s">
         <v>22</v>
       </c>
       <c r="N186" t="s">
         <v>22</v>
       </c>
       <c r="O186" t="s">
         <v>22</v>
       </c>
       <c r="P186" t="s">
         <v>22</v>
       </c>
       <c r="Q186" t="s">
         <v>22</v>
       </c>
@@ -17938,72 +17968,72 @@
       </c>
       <c r="X186" t="s">
         <v>22</v>
       </c>
       <c r="Y186" t="s">
         <v>22</v>
       </c>
       <c r="Z186" t="s">
         <v>22</v>
       </c>
       <c r="AA186" t="s">
         <v>22</v>
       </c>
       <c r="AB186" t="s">
         <v>22</v>
       </c>
       <c r="AC186" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:29">
       <c r="A187">
         <v>185</v>
       </c>
       <c r="B187" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C187" t="s">
+        <v>213</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D187" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E187">
         <v>1</v>
       </c>
       <c r="F187" t="s">
         <v>22</v>
       </c>
-      <c r="G187" t="s">
-        <v>22</v>
+      <c r="G187">
+        <v>1</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
-      <c r="I187">
-        <v>1</v>
+      <c r="I187" t="s">
+        <v>22</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187" t="s">
         <v>22</v>
       </c>
       <c r="L187" t="s">
         <v>22</v>
       </c>
       <c r="M187" t="s">
         <v>22</v>
       </c>
       <c r="N187" t="s">
         <v>22</v>
       </c>
       <c r="O187" t="s">
         <v>22</v>
       </c>
       <c r="P187" t="s">
         <v>22</v>
       </c>
       <c r="Q187" t="s">
         <v>22</v>
       </c>
@@ -18027,72 +18057,72 @@
       </c>
       <c r="X187" t="s">
         <v>22</v>
       </c>
       <c r="Y187" t="s">
         <v>22</v>
       </c>
       <c r="Z187" t="s">
         <v>22</v>
       </c>
       <c r="AA187" t="s">
         <v>22</v>
       </c>
       <c r="AB187" t="s">
         <v>22</v>
       </c>
       <c r="AC187" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:29">
       <c r="A188">
         <v>186</v>
       </c>
       <c r="B188" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C188" t="s">
+        <v>213</v>
+      </c>
+      <c r="C188" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D188" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188" t="s">
         <v>22</v>
       </c>
-      <c r="G188" t="s">
-        <v>22</v>
+      <c r="G188">
+        <v>1</v>
       </c>
       <c r="H188" t="s">
         <v>22</v>
       </c>
-      <c r="I188">
-        <v>1</v>
+      <c r="I188" t="s">
+        <v>22</v>
       </c>
       <c r="J188" t="s">
         <v>22</v>
       </c>
       <c r="K188" t="s">
         <v>22</v>
       </c>
       <c r="L188" t="s">
         <v>22</v>
       </c>
       <c r="M188" t="s">
         <v>22</v>
       </c>
       <c r="N188" t="s">
         <v>22</v>
       </c>
       <c r="O188" t="s">
         <v>22</v>
       </c>
       <c r="P188" t="s">
         <v>22</v>
       </c>
       <c r="Q188" t="s">
         <v>22</v>
       </c>
@@ -18116,72 +18146,72 @@
       </c>
       <c r="X188" t="s">
         <v>22</v>
       </c>
       <c r="Y188" t="s">
         <v>22</v>
       </c>
       <c r="Z188" t="s">
         <v>22</v>
       </c>
       <c r="AA188" t="s">
         <v>22</v>
       </c>
       <c r="AB188" t="s">
         <v>22</v>
       </c>
       <c r="AC188" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:29">
       <c r="A189">
         <v>187</v>
       </c>
       <c r="B189" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C189" t="s">
+        <v>213</v>
+      </c>
+      <c r="C189" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D189" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="F189" t="s">
         <v>22</v>
       </c>
-      <c r="G189" t="s">
-        <v>22</v>
+      <c r="G189">
+        <v>1</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
-      <c r="I189">
-        <v>1</v>
+      <c r="I189" t="s">
+        <v>22</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189" t="s">
         <v>22</v>
       </c>
       <c r="L189" t="s">
         <v>22</v>
       </c>
       <c r="M189" t="s">
         <v>22</v>
       </c>
       <c r="N189" t="s">
         <v>22</v>
       </c>
       <c r="O189" t="s">
         <v>22</v>
       </c>
       <c r="P189" t="s">
         <v>22</v>
       </c>
       <c r="Q189" t="s">
         <v>22</v>
       </c>
@@ -18205,72 +18235,72 @@
       </c>
       <c r="X189" t="s">
         <v>22</v>
       </c>
       <c r="Y189" t="s">
         <v>22</v>
       </c>
       <c r="Z189" t="s">
         <v>22</v>
       </c>
       <c r="AA189" t="s">
         <v>22</v>
       </c>
       <c r="AB189" t="s">
         <v>22</v>
       </c>
       <c r="AC189" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="190" spans="1:29">
       <c r="A190">
         <v>188</v>
       </c>
       <c r="B190" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C190" t="s">
+        <v>213</v>
+      </c>
+      <c r="C190" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D190" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E190">
         <v>1</v>
       </c>
       <c r="F190" t="s">
         <v>22</v>
       </c>
-      <c r="G190" t="s">
-        <v>22</v>
+      <c r="G190">
+        <v>1</v>
       </c>
       <c r="H190" t="s">
         <v>22</v>
       </c>
-      <c r="I190">
-        <v>1</v>
+      <c r="I190" t="s">
+        <v>22</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190" t="s">
         <v>22</v>
       </c>
       <c r="L190" t="s">
         <v>22</v>
       </c>
       <c r="M190" t="s">
         <v>22</v>
       </c>
       <c r="N190" t="s">
         <v>22</v>
       </c>
       <c r="O190" t="s">
         <v>22</v>
       </c>
       <c r="P190" t="s">
         <v>22</v>
       </c>
       <c r="Q190" t="s">
         <v>22</v>
       </c>
@@ -18294,57 +18324,57 @@
       </c>
       <c r="X190" t="s">
         <v>22</v>
       </c>
       <c r="Y190" t="s">
         <v>22</v>
       </c>
       <c r="Z190" t="s">
         <v>22</v>
       </c>
       <c r="AA190" t="s">
         <v>22</v>
       </c>
       <c r="AB190" t="s">
         <v>22</v>
       </c>
       <c r="AC190" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:29">
       <c r="A191">
         <v>189</v>
       </c>
       <c r="B191" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C191" t="s">
         <v>222</v>
       </c>
       <c r="D191" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191" t="s">
         <v>22</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191" t="s">
         <v>22</v>
       </c>
       <c r="I191">
         <v>1</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
       <c r="K191" t="s">
         <v>22</v>
       </c>
       <c r="L191" t="s">
         <v>22</v>
       </c>
@@ -18383,72 +18413,72 @@
       </c>
       <c r="X191" t="s">
         <v>22</v>
       </c>
       <c r="Y191" t="s">
         <v>22</v>
       </c>
       <c r="Z191" t="s">
         <v>22</v>
       </c>
       <c r="AA191" t="s">
         <v>22</v>
       </c>
       <c r="AB191" t="s">
         <v>22</v>
       </c>
       <c r="AC191" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:29">
       <c r="A192">
         <v>190</v>
       </c>
       <c r="B192" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C192" t="s">
         <v>223</v>
       </c>
       <c r="D192" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192" t="s">
         <v>22</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
-      <c r="H192">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H192" t="s">
+        <v>22</v>
+      </c>
+      <c r="I192">
+        <v>1</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192" t="s">
         <v>22</v>
       </c>
       <c r="L192" t="s">
         <v>22</v>
       </c>
       <c r="M192" t="s">
         <v>22</v>
       </c>
       <c r="N192" t="s">
         <v>22</v>
       </c>
       <c r="O192" t="s">
         <v>22</v>
       </c>
       <c r="P192" t="s">
         <v>22</v>
       </c>
       <c r="Q192" t="s">
         <v>22</v>
       </c>
@@ -18472,57 +18502,57 @@
       </c>
       <c r="X192" t="s">
         <v>22</v>
       </c>
       <c r="Y192" t="s">
         <v>22</v>
       </c>
       <c r="Z192" t="s">
         <v>22</v>
       </c>
       <c r="AA192" t="s">
         <v>22</v>
       </c>
       <c r="AB192" t="s">
         <v>22</v>
       </c>
       <c r="AC192" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:29">
       <c r="A193">
         <v>191</v>
       </c>
       <c r="B193" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C193" t="s">
         <v>224</v>
       </c>
       <c r="D193" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193" t="s">
         <v>22</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193" t="s">
         <v>22</v>
       </c>
       <c r="I193">
         <v>1</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="K193" t="s">
         <v>22</v>
       </c>
       <c r="L193" t="s">
         <v>22</v>
       </c>
@@ -18561,57 +18591,57 @@
       </c>
       <c r="X193" t="s">
         <v>22</v>
       </c>
       <c r="Y193" t="s">
         <v>22</v>
       </c>
       <c r="Z193" t="s">
         <v>22</v>
       </c>
       <c r="AA193" t="s">
         <v>22</v>
       </c>
       <c r="AB193" t="s">
         <v>22</v>
       </c>
       <c r="AC193" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:29">
       <c r="A194">
         <v>192</v>
       </c>
       <c r="B194" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C194" t="s">
         <v>225</v>
       </c>
       <c r="D194" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194" t="s">
         <v>22</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194" t="s">
         <v>22</v>
       </c>
       <c r="I194">
         <v>1</v>
       </c>
       <c r="J194" t="s">
         <v>22</v>
       </c>
       <c r="K194" t="s">
         <v>22</v>
       </c>
       <c r="L194" t="s">
         <v>22</v>
       </c>
@@ -18650,57 +18680,57 @@
       </c>
       <c r="X194" t="s">
         <v>22</v>
       </c>
       <c r="Y194" t="s">
         <v>22</v>
       </c>
       <c r="Z194" t="s">
         <v>22</v>
       </c>
       <c r="AA194" t="s">
         <v>22</v>
       </c>
       <c r="AB194" t="s">
         <v>22</v>
       </c>
       <c r="AC194" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:29">
       <c r="A195">
         <v>193</v>
       </c>
       <c r="B195" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C195" t="s">
         <v>226</v>
       </c>
       <c r="D195" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195" t="s">
         <v>22</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195" t="s">
         <v>22</v>
       </c>
       <c r="I195">
         <v>1</v>
       </c>
       <c r="J195" t="s">
         <v>22</v>
       </c>
       <c r="K195" t="s">
         <v>22</v>
       </c>
       <c r="L195" t="s">
         <v>22</v>
       </c>
@@ -18739,72 +18769,72 @@
       </c>
       <c r="X195" t="s">
         <v>22</v>
       </c>
       <c r="Y195" t="s">
         <v>22</v>
       </c>
       <c r="Z195" t="s">
         <v>22</v>
       </c>
       <c r="AA195" t="s">
         <v>22</v>
       </c>
       <c r="AB195" t="s">
         <v>22</v>
       </c>
       <c r="AC195" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:29">
       <c r="A196">
         <v>194</v>
       </c>
       <c r="B196" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C196" t="s">
         <v>227</v>
       </c>
       <c r="D196" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E196">
         <v>1</v>
       </c>
       <c r="F196" t="s">
         <v>22</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
-      <c r="H196">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H196" t="s">
+        <v>22</v>
+      </c>
+      <c r="I196">
+        <v>1</v>
       </c>
       <c r="J196" t="s">
         <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>22</v>
       </c>
       <c r="L196" t="s">
         <v>22</v>
       </c>
       <c r="M196" t="s">
         <v>22</v>
       </c>
       <c r="N196" t="s">
         <v>22</v>
       </c>
       <c r="O196" t="s">
         <v>22</v>
       </c>
       <c r="P196" t="s">
         <v>22</v>
       </c>
       <c r="Q196" t="s">
         <v>22</v>
       </c>
@@ -18828,78 +18858,78 @@
       </c>
       <c r="X196" t="s">
         <v>22</v>
       </c>
       <c r="Y196" t="s">
         <v>22</v>
       </c>
       <c r="Z196" t="s">
         <v>22</v>
       </c>
       <c r="AA196" t="s">
         <v>22</v>
       </c>
       <c r="AB196" t="s">
         <v>22</v>
       </c>
       <c r="AC196" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="197" spans="1:29">
       <c r="A197">
         <v>195</v>
       </c>
       <c r="B197" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C197" t="s">
         <v>228</v>
       </c>
       <c r="D197" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197" t="s">
         <v>22</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
-      <c r="H197" t="s">
-        <v>22</v>
+      <c r="H197">
+        <v>1</v>
       </c>
       <c r="I197" t="s">
         <v>22</v>
       </c>
       <c r="J197" t="s">
         <v>22</v>
       </c>
-      <c r="K197">
-        <v>1</v>
+      <c r="K197" t="s">
+        <v>22</v>
       </c>
       <c r="L197" t="s">
         <v>22</v>
       </c>
       <c r="M197" t="s">
         <v>22</v>
       </c>
       <c r="N197" t="s">
         <v>22</v>
       </c>
       <c r="O197" t="s">
         <v>22</v>
       </c>
       <c r="P197" t="s">
         <v>22</v>
       </c>
       <c r="Q197" t="s">
         <v>22</v>
       </c>
       <c r="R197" t="s">
         <v>22</v>
       </c>
       <c r="S197" t="s">
         <v>22</v>
       </c>
@@ -18917,78 +18947,78 @@
       </c>
       <c r="X197" t="s">
         <v>22</v>
       </c>
       <c r="Y197" t="s">
         <v>22</v>
       </c>
       <c r="Z197" t="s">
         <v>22</v>
       </c>
       <c r="AA197" t="s">
         <v>22</v>
       </c>
       <c r="AB197" t="s">
         <v>22</v>
       </c>
       <c r="AC197" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:29">
       <c r="A198">
         <v>196</v>
       </c>
       <c r="B198" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C198" t="s">
         <v>229</v>
       </c>
       <c r="D198" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E198">
         <v>1</v>
       </c>
       <c r="F198" t="s">
         <v>22</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
-      <c r="I198" t="s">
-        <v>22</v>
+      <c r="I198">
+        <v>1</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
-      <c r="K198">
-        <v>1</v>
+      <c r="K198" t="s">
+        <v>22</v>
       </c>
       <c r="L198" t="s">
         <v>22</v>
       </c>
       <c r="M198" t="s">
         <v>22</v>
       </c>
       <c r="N198" t="s">
         <v>22</v>
       </c>
       <c r="O198" t="s">
         <v>22</v>
       </c>
       <c r="P198" t="s">
         <v>22</v>
       </c>
       <c r="Q198" t="s">
         <v>22</v>
       </c>
       <c r="R198" t="s">
         <v>22</v>
       </c>
       <c r="S198" t="s">
         <v>22</v>
       </c>
@@ -19006,75 +19036,75 @@
       </c>
       <c r="X198" t="s">
         <v>22</v>
       </c>
       <c r="Y198" t="s">
         <v>22</v>
       </c>
       <c r="Z198" t="s">
         <v>22</v>
       </c>
       <c r="AA198" t="s">
         <v>22</v>
       </c>
       <c r="AB198" t="s">
         <v>22</v>
       </c>
       <c r="AC198" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="199" spans="1:29">
       <c r="A199">
         <v>197</v>
       </c>
       <c r="B199" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C199" t="s">
         <v>230</v>
       </c>
       <c r="D199" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199" t="s">
         <v>22</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199" t="s">
         <v>22</v>
       </c>
-      <c r="I199" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="I199">
+        <v>1</v>
+      </c>
+      <c r="J199" t="s">
+        <v>22</v>
       </c>
       <c r="K199" t="s">
         <v>22</v>
       </c>
       <c r="L199" t="s">
         <v>22</v>
       </c>
       <c r="M199" t="s">
         <v>22</v>
       </c>
       <c r="N199" t="s">
         <v>22</v>
       </c>
       <c r="O199" t="s">
         <v>22</v>
       </c>
       <c r="P199" t="s">
         <v>22</v>
       </c>
       <c r="Q199" t="s">
         <v>22</v>
       </c>
       <c r="R199" t="s">
         <v>22</v>
       </c>
@@ -19095,78 +19125,78 @@
       </c>
       <c r="X199" t="s">
         <v>22</v>
       </c>
       <c r="Y199" t="s">
         <v>22</v>
       </c>
       <c r="Z199" t="s">
         <v>22</v>
       </c>
       <c r="AA199" t="s">
         <v>22</v>
       </c>
       <c r="AB199" t="s">
         <v>22</v>
       </c>
       <c r="AC199" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:29">
       <c r="A200">
         <v>198</v>
       </c>
       <c r="B200" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C200" t="s">
         <v>231</v>
       </c>
       <c r="D200" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="F200" t="s">
         <v>22</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
-      <c r="I200" t="s">
-        <v>22</v>
+      <c r="I200">
+        <v>1</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
-      <c r="K200">
-        <v>1</v>
+      <c r="K200" t="s">
+        <v>22</v>
       </c>
       <c r="L200" t="s">
         <v>22</v>
       </c>
       <c r="M200" t="s">
         <v>22</v>
       </c>
       <c r="N200" t="s">
         <v>22</v>
       </c>
       <c r="O200" t="s">
         <v>22</v>
       </c>
       <c r="P200" t="s">
         <v>22</v>
       </c>
       <c r="Q200" t="s">
         <v>22</v>
       </c>
       <c r="R200" t="s">
         <v>22</v>
       </c>
       <c r="S200" t="s">
         <v>22</v>
       </c>
@@ -19184,84 +19214,84 @@
       </c>
       <c r="X200" t="s">
         <v>22</v>
       </c>
       <c r="Y200" t="s">
         <v>22</v>
       </c>
       <c r="Z200" t="s">
         <v>22</v>
       </c>
       <c r="AA200" t="s">
         <v>22</v>
       </c>
       <c r="AB200" t="s">
         <v>22</v>
       </c>
       <c r="AC200" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="201" spans="1:29">
       <c r="A201">
         <v>199</v>
       </c>
       <c r="B201" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C201" t="s">
         <v>232</v>
       </c>
       <c r="D201" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201" t="s">
         <v>22</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
-      <c r="H201" t="s">
-        <v>22</v>
+      <c r="H201">
+        <v>1</v>
       </c>
       <c r="I201" t="s">
         <v>22</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
       <c r="K201" t="s">
         <v>22</v>
       </c>
       <c r="L201" t="s">
         <v>22</v>
       </c>
-      <c r="M201">
-        <v>1</v>
+      <c r="M201" t="s">
+        <v>22</v>
       </c>
       <c r="N201" t="s">
         <v>22</v>
       </c>
       <c r="O201" t="s">
         <v>22</v>
       </c>
       <c r="P201" t="s">
         <v>22</v>
       </c>
       <c r="Q201" t="s">
         <v>22</v>
       </c>
       <c r="R201" t="s">
         <v>22</v>
       </c>
       <c r="S201" t="s">
         <v>22</v>
       </c>
       <c r="T201" t="s">
         <v>22</v>
       </c>
       <c r="U201" t="s">
         <v>22</v>
       </c>
@@ -19273,84 +19303,84 @@
       </c>
       <c r="X201" t="s">
         <v>22</v>
       </c>
       <c r="Y201" t="s">
         <v>22</v>
       </c>
       <c r="Z201" t="s">
         <v>22</v>
       </c>
       <c r="AA201" t="s">
         <v>22</v>
       </c>
       <c r="AB201" t="s">
         <v>22</v>
       </c>
       <c r="AC201" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:29">
       <c r="A202">
         <v>200</v>
       </c>
       <c r="B202" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C202" t="s">
         <v>233</v>
       </c>
       <c r="D202" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="F202" t="s">
         <v>22</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202" t="s">
         <v>22</v>
       </c>
       <c r="I202" t="s">
         <v>22</v>
       </c>
       <c r="J202" t="s">
         <v>22</v>
       </c>
-      <c r="K202" t="s">
-        <v>22</v>
+      <c r="K202">
+        <v>1</v>
       </c>
       <c r="L202" t="s">
         <v>22</v>
       </c>
-      <c r="M202">
-        <v>1</v>
+      <c r="M202" t="s">
+        <v>22</v>
       </c>
       <c r="N202" t="s">
         <v>22</v>
       </c>
       <c r="O202" t="s">
         <v>22</v>
       </c>
       <c r="P202" t="s">
         <v>22</v>
       </c>
       <c r="Q202" t="s">
         <v>22</v>
       </c>
       <c r="R202" t="s">
         <v>22</v>
       </c>
       <c r="S202" t="s">
         <v>22</v>
       </c>
       <c r="T202" t="s">
         <v>22</v>
       </c>
       <c r="U202" t="s">
         <v>22</v>
       </c>
@@ -19362,84 +19392,84 @@
       </c>
       <c r="X202" t="s">
         <v>22</v>
       </c>
       <c r="Y202" t="s">
         <v>22</v>
       </c>
       <c r="Z202" t="s">
         <v>22</v>
       </c>
       <c r="AA202" t="s">
         <v>22</v>
       </c>
       <c r="AB202" t="s">
         <v>22</v>
       </c>
       <c r="AC202" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:29">
       <c r="A203">
         <v>201</v>
       </c>
       <c r="B203" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C203" t="s">
         <v>234</v>
       </c>
       <c r="D203" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="F203" t="s">
         <v>22</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203" t="s">
         <v>22</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
         <v>22</v>
       </c>
-      <c r="K203" t="s">
-        <v>22</v>
+      <c r="K203">
+        <v>1</v>
       </c>
       <c r="L203" t="s">
         <v>22</v>
       </c>
-      <c r="M203">
-        <v>1</v>
+      <c r="M203" t="s">
+        <v>22</v>
       </c>
       <c r="N203" t="s">
         <v>22</v>
       </c>
       <c r="O203" t="s">
         <v>22</v>
       </c>
       <c r="P203" t="s">
         <v>22</v>
       </c>
       <c r="Q203" t="s">
         <v>22</v>
       </c>
       <c r="R203" t="s">
         <v>22</v>
       </c>
       <c r="S203" t="s">
         <v>22</v>
       </c>
       <c r="T203" t="s">
         <v>22</v>
       </c>
       <c r="U203" t="s">
         <v>22</v>
       </c>
@@ -19451,75 +19481,75 @@
       </c>
       <c r="X203" t="s">
         <v>22</v>
       </c>
       <c r="Y203" t="s">
         <v>22</v>
       </c>
       <c r="Z203" t="s">
         <v>22</v>
       </c>
       <c r="AA203" t="s">
         <v>22</v>
       </c>
       <c r="AB203" t="s">
         <v>22</v>
       </c>
       <c r="AC203" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:29">
       <c r="A204">
         <v>202</v>
       </c>
       <c r="B204" t="s">
+        <v>213</v>
+      </c>
+      <c r="C204" t="s">
         <v>235</v>
       </c>
-      <c r="C204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E204">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F204" t="s">
         <v>22</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
-      <c r="J204" t="s">
-        <v>22</v>
+      <c r="J204">
+        <v>1</v>
       </c>
       <c r="K204" t="s">
         <v>22</v>
       </c>
       <c r="L204" t="s">
         <v>22</v>
       </c>
       <c r="M204" t="s">
         <v>22</v>
       </c>
       <c r="N204" t="s">
         <v>22</v>
       </c>
       <c r="O204" t="s">
         <v>22</v>
       </c>
       <c r="P204" t="s">
         <v>22</v>
       </c>
       <c r="Q204" t="s">
         <v>22</v>
       </c>
       <c r="R204" t="s">
         <v>22</v>
       </c>
@@ -19540,78 +19570,78 @@
       </c>
       <c r="X204" t="s">
         <v>22</v>
       </c>
       <c r="Y204" t="s">
         <v>22</v>
       </c>
       <c r="Z204" t="s">
         <v>22</v>
       </c>
       <c r="AA204" t="s">
         <v>22</v>
       </c>
       <c r="AB204" t="s">
         <v>22</v>
       </c>
       <c r="AC204" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:29">
       <c r="A205">
         <v>203</v>
       </c>
       <c r="B205" t="s">
+        <v>213</v>
+      </c>
+      <c r="C205" t="s">
         <v>236</v>
       </c>
-      <c r="C205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" t="s">
-        <v>237</v>
+        <v>214</v>
       </c>
       <c r="E205">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F205" t="s">
         <v>22</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205" t="s">
         <v>22</v>
       </c>
       <c r="I205" t="s">
         <v>22</v>
       </c>
       <c r="J205" t="s">
         <v>22</v>
       </c>
-      <c r="K205" t="s">
-        <v>22</v>
+      <c r="K205">
+        <v>1</v>
       </c>
       <c r="L205" t="s">
         <v>22</v>
       </c>
       <c r="M205" t="s">
         <v>22</v>
       </c>
       <c r="N205" t="s">
         <v>22</v>
       </c>
       <c r="O205" t="s">
         <v>22</v>
       </c>
       <c r="P205" t="s">
         <v>22</v>
       </c>
       <c r="Q205" t="s">
         <v>22</v>
       </c>
       <c r="R205" t="s">
         <v>22</v>
       </c>
       <c r="S205" t="s">
         <v>22</v>
       </c>
@@ -19629,84 +19659,84 @@
       </c>
       <c r="X205" t="s">
         <v>22</v>
       </c>
       <c r="Y205" t="s">
         <v>22</v>
       </c>
       <c r="Z205" t="s">
         <v>22</v>
       </c>
       <c r="AA205" t="s">
         <v>22</v>
       </c>
       <c r="AB205" t="s">
         <v>22</v>
       </c>
       <c r="AC205" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:29">
       <c r="A206">
         <v>204</v>
       </c>
       <c r="B206" t="s">
-        <v>238</v>
+        <v>213</v>
       </c>
       <c r="C206" t="s">
-        <v>20</v>
+        <v>237</v>
       </c>
       <c r="D206" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="E206">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F206" t="s">
         <v>22</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206" t="s">
         <v>22</v>
       </c>
       <c r="I206" t="s">
         <v>22</v>
       </c>
       <c r="J206" t="s">
         <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>22</v>
       </c>
       <c r="L206" t="s">
         <v>22</v>
       </c>
-      <c r="M206" t="s">
-        <v>22</v>
+      <c r="M206">
+        <v>1</v>
       </c>
       <c r="N206" t="s">
         <v>22</v>
       </c>
       <c r="O206" t="s">
         <v>22</v>
       </c>
       <c r="P206" t="s">
         <v>22</v>
       </c>
       <c r="Q206" t="s">
         <v>22</v>
       </c>
       <c r="R206" t="s">
         <v>22</v>
       </c>
       <c r="S206" t="s">
         <v>22</v>
       </c>
       <c r="T206" t="s">
         <v>22</v>
       </c>
       <c r="U206" t="s">
         <v>22</v>
       </c>
@@ -19718,84 +19748,84 @@
       </c>
       <c r="X206" t="s">
         <v>22</v>
       </c>
       <c r="Y206" t="s">
         <v>22</v>
       </c>
       <c r="Z206" t="s">
         <v>22</v>
       </c>
       <c r="AA206" t="s">
         <v>22</v>
       </c>
       <c r="AB206" t="s">
         <v>22</v>
       </c>
       <c r="AC206" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:29">
       <c r="A207">
         <v>205</v>
       </c>
       <c r="B207" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="C207" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="D207" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="E207">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F207" t="s">
         <v>22</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207" t="s">
         <v>22</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
         <v>22</v>
       </c>
       <c r="K207" t="s">
         <v>22</v>
       </c>
       <c r="L207" t="s">
         <v>22</v>
       </c>
-      <c r="M207" t="s">
-        <v>22</v>
+      <c r="M207">
+        <v>1</v>
       </c>
       <c r="N207" t="s">
         <v>22</v>
       </c>
       <c r="O207" t="s">
         <v>22</v>
       </c>
       <c r="P207" t="s">
         <v>22</v>
       </c>
       <c r="Q207" t="s">
         <v>22</v>
       </c>
       <c r="R207" t="s">
         <v>22</v>
       </c>
       <c r="S207" t="s">
         <v>22</v>
       </c>
       <c r="T207" t="s">
         <v>22</v>
       </c>
       <c r="U207" t="s">
         <v>22</v>
       </c>
@@ -19807,84 +19837,84 @@
       </c>
       <c r="X207" t="s">
         <v>22</v>
       </c>
       <c r="Y207" t="s">
         <v>22</v>
       </c>
       <c r="Z207" t="s">
         <v>22</v>
       </c>
       <c r="AA207" t="s">
         <v>22</v>
       </c>
       <c r="AB207" t="s">
         <v>22</v>
       </c>
       <c r="AC207" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="208" spans="1:29">
       <c r="A208">
         <v>206</v>
       </c>
       <c r="B208" t="s">
-        <v>241</v>
+        <v>213</v>
       </c>
       <c r="C208" t="s">
-        <v>20</v>
+        <v>239</v>
       </c>
       <c r="D208" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="E208">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F208" t="s">
         <v>22</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>22</v>
       </c>
       <c r="K208" t="s">
         <v>22</v>
       </c>
       <c r="L208" t="s">
         <v>22</v>
       </c>
-      <c r="M208" t="s">
-        <v>22</v>
+      <c r="M208">
+        <v>1</v>
       </c>
       <c r="N208" t="s">
         <v>22</v>
       </c>
       <c r="O208" t="s">
         <v>22</v>
       </c>
       <c r="P208" t="s">
         <v>22</v>
       </c>
       <c r="Q208" t="s">
         <v>22</v>
       </c>
       <c r="R208" t="s">
         <v>22</v>
       </c>
       <c r="S208" t="s">
         <v>22</v>
       </c>
       <c r="T208" t="s">
         <v>22</v>
       </c>
       <c r="U208" t="s">
         <v>22</v>
       </c>
@@ -19896,57 +19926,57 @@
       </c>
       <c r="X208" t="s">
         <v>22</v>
       </c>
       <c r="Y208" t="s">
         <v>22</v>
       </c>
       <c r="Z208" t="s">
         <v>22</v>
       </c>
       <c r="AA208" t="s">
         <v>22</v>
       </c>
       <c r="AB208" t="s">
         <v>22</v>
       </c>
       <c r="AC208" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:29">
       <c r="A209">
         <v>207</v>
       </c>
       <c r="B209" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="E209">
         <v>0</v>
       </c>
       <c r="F209" t="s">
         <v>22</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209" t="s">
         <v>22</v>
       </c>
       <c r="I209" t="s">
         <v>22</v>
       </c>
       <c r="J209" t="s">
         <v>22</v>
       </c>
       <c r="K209" t="s">
         <v>22</v>
       </c>
       <c r="L209" t="s">
         <v>22</v>
       </c>
@@ -19985,57 +20015,57 @@
       </c>
       <c r="X209" t="s">
         <v>22</v>
       </c>
       <c r="Y209" t="s">
         <v>22</v>
       </c>
       <c r="Z209" t="s">
         <v>22</v>
       </c>
       <c r="AA209" t="s">
         <v>22</v>
       </c>
       <c r="AB209" t="s">
         <v>22</v>
       </c>
       <c r="AC209" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:29">
       <c r="A210">
         <v>208</v>
       </c>
       <c r="B210" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E210">
         <v>0</v>
       </c>
       <c r="F210" t="s">
         <v>22</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210" t="s">
         <v>22</v>
       </c>
       <c r="I210" t="s">
         <v>22</v>
       </c>
       <c r="J210" t="s">
         <v>22</v>
       </c>
       <c r="K210" t="s">
         <v>22</v>
       </c>
       <c r="L210" t="s">
         <v>22</v>
       </c>
@@ -20074,51 +20104,51 @@
       </c>
       <c r="X210" t="s">
         <v>22</v>
       </c>
       <c r="Y210" t="s">
         <v>22</v>
       </c>
       <c r="Z210" t="s">
         <v>22</v>
       </c>
       <c r="AA210" t="s">
         <v>22</v>
       </c>
       <c r="AB210" t="s">
         <v>22</v>
       </c>
       <c r="AC210" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:29">
       <c r="A211">
         <v>209</v>
       </c>
       <c r="B211" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>244</v>
       </c>
       <c r="E211">
         <v>0</v>
       </c>
       <c r="F211" t="s">
         <v>22</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211" t="s">
         <v>22</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>22</v>
       </c>
@@ -20163,51 +20193,51 @@
       </c>
       <c r="X211" t="s">
         <v>22</v>
       </c>
       <c r="Y211" t="s">
         <v>22</v>
       </c>
       <c r="Z211" t="s">
         <v>22</v>
       </c>
       <c r="AA211" t="s">
         <v>22</v>
       </c>
       <c r="AB211" t="s">
         <v>22</v>
       </c>
       <c r="AC211" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="212" spans="1:29">
       <c r="A212">
         <v>210</v>
       </c>
       <c r="B212" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>244</v>
       </c>
       <c r="E212">
         <v>0</v>
       </c>
       <c r="F212" t="s">
         <v>22</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212" t="s">
         <v>22</v>
       </c>
       <c r="I212" t="s">
         <v>22</v>
       </c>
       <c r="J212" t="s">
         <v>22</v>
       </c>
@@ -20252,51 +20282,51 @@
       </c>
       <c r="X212" t="s">
         <v>22</v>
       </c>
       <c r="Y212" t="s">
         <v>22</v>
       </c>
       <c r="Z212" t="s">
         <v>22</v>
       </c>
       <c r="AA212" t="s">
         <v>22</v>
       </c>
       <c r="AB212" t="s">
         <v>22</v>
       </c>
       <c r="AC212" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="213" spans="1:29">
       <c r="A213">
         <v>211</v>
       </c>
       <c r="B213" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>244</v>
       </c>
       <c r="E213">
         <v>0</v>
       </c>
       <c r="F213" t="s">
         <v>22</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213" t="s">
         <v>22</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
         <v>22</v>
       </c>
@@ -20343,70 +20373,70 @@
         <v>22</v>
       </c>
       <c r="Y213" t="s">
         <v>22</v>
       </c>
       <c r="Z213" t="s">
         <v>22</v>
       </c>
       <c r="AA213" t="s">
         <v>22</v>
       </c>
       <c r="AB213" t="s">
         <v>22</v>
       </c>
       <c r="AC213" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="214" spans="1:29">
       <c r="A214">
         <v>212</v>
       </c>
       <c r="B214" t="s">
         <v>247</v>
       </c>
-      <c r="C214" s="2" t="s">
-        <v>248</v>
+      <c r="C214" t="s">
+        <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>244</v>
       </c>
       <c r="E214">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F214" t="s">
         <v>22</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214" t="s">
         <v>22</v>
       </c>
-      <c r="I214">
-        <v>1</v>
+      <c r="I214" t="s">
+        <v>22</v>
       </c>
       <c r="J214" t="s">
         <v>22</v>
       </c>
       <c r="K214" t="s">
         <v>22</v>
       </c>
       <c r="L214" t="s">
         <v>22</v>
       </c>
       <c r="M214" t="s">
         <v>22</v>
       </c>
       <c r="N214" t="s">
         <v>22</v>
       </c>
       <c r="O214" t="s">
         <v>22</v>
       </c>
       <c r="P214" t="s">
         <v>22</v>
       </c>
       <c r="Q214" t="s">
         <v>22</v>
       </c>
@@ -20430,72 +20460,72 @@
       </c>
       <c r="X214" t="s">
         <v>22</v>
       </c>
       <c r="Y214" t="s">
         <v>22</v>
       </c>
       <c r="Z214" t="s">
         <v>22</v>
       </c>
       <c r="AA214" t="s">
         <v>22</v>
       </c>
       <c r="AB214" t="s">
         <v>22</v>
       </c>
       <c r="AC214" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:29">
       <c r="A215">
         <v>213</v>
       </c>
       <c r="B215" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="C215" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C215" t="s">
         <v>249</v>
       </c>
       <c r="D215" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="E215">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F215" t="s">
         <v>22</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215" t="s">
         <v>22</v>
       </c>
-      <c r="I215">
-        <v>1</v>
+      <c r="I215" t="s">
+        <v>22</v>
       </c>
       <c r="J215" t="s">
         <v>22</v>
       </c>
       <c r="K215" t="s">
         <v>22</v>
       </c>
       <c r="L215" t="s">
         <v>22</v>
       </c>
       <c r="M215" t="s">
         <v>22</v>
       </c>
       <c r="N215" t="s">
         <v>22</v>
       </c>
       <c r="O215" t="s">
         <v>22</v>
       </c>
       <c r="P215" t="s">
         <v>22</v>
       </c>
       <c r="Q215" t="s">
         <v>22</v>
       </c>
@@ -20519,72 +20549,72 @@
       </c>
       <c r="X215" t="s">
         <v>22</v>
       </c>
       <c r="Y215" t="s">
         <v>22</v>
       </c>
       <c r="Z215" t="s">
         <v>22</v>
       </c>
       <c r="AA215" t="s">
         <v>22</v>
       </c>
       <c r="AB215" t="s">
         <v>22</v>
       </c>
       <c r="AC215" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:29">
       <c r="A216">
         <v>214</v>
       </c>
       <c r="B216" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="C216" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
         <v>250</v>
       </c>
-      <c r="D216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E216">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216" t="s">
         <v>22</v>
       </c>
-      <c r="I216">
-        <v>1</v>
+      <c r="I216" t="s">
+        <v>22</v>
       </c>
       <c r="J216" t="s">
         <v>22</v>
       </c>
       <c r="K216" t="s">
         <v>22</v>
       </c>
       <c r="L216" t="s">
         <v>22</v>
       </c>
       <c r="M216" t="s">
         <v>22</v>
       </c>
       <c r="N216" t="s">
         <v>22</v>
       </c>
       <c r="O216" t="s">
         <v>22</v>
       </c>
       <c r="P216" t="s">
         <v>22</v>
       </c>
       <c r="Q216" t="s">
         <v>22</v>
       </c>
@@ -20608,146 +20638,146 @@
       </c>
       <c r="X216" t="s">
         <v>22</v>
       </c>
       <c r="Y216" t="s">
         <v>22</v>
       </c>
       <c r="Z216" t="s">
         <v>22</v>
       </c>
       <c r="AA216" t="s">
         <v>22</v>
       </c>
       <c r="AB216" t="s">
         <v>22</v>
       </c>
       <c r="AC216" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:29">
       <c r="A217">
         <v>215</v>
       </c>
       <c r="B217" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>252</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
       </c>
       <c r="D217" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="E217">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F217" t="s">
         <v>22</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>22</v>
       </c>
       <c r="K217" t="s">
         <v>22</v>
       </c>
       <c r="L217" t="s">
         <v>22</v>
       </c>
       <c r="M217" t="s">
         <v>22</v>
       </c>
       <c r="N217" t="s">
         <v>22</v>
       </c>
-      <c r="O217">
-        <v>1</v>
+      <c r="O217" t="s">
+        <v>22</v>
       </c>
       <c r="P217" t="s">
         <v>22</v>
       </c>
       <c r="Q217" t="s">
         <v>22</v>
       </c>
       <c r="R217" t="s">
         <v>22</v>
       </c>
       <c r="S217" t="s">
         <v>22</v>
       </c>
       <c r="T217" t="s">
         <v>22</v>
       </c>
       <c r="U217" t="s">
         <v>22</v>
       </c>
       <c r="V217" t="s">
         <v>22</v>
       </c>
       <c r="W217" t="s">
         <v>22</v>
       </c>
       <c r="X217" t="s">
         <v>22</v>
       </c>
       <c r="Y217" t="s">
         <v>22</v>
       </c>
       <c r="Z217" t="s">
         <v>22</v>
       </c>
       <c r="AA217" t="s">
         <v>22</v>
       </c>
       <c r="AB217" t="s">
         <v>22</v>
       </c>
       <c r="AC217" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:29">
       <c r="A218">
         <v>216</v>
       </c>
       <c r="B218" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
       <c r="F218" t="s">
         <v>22</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218" t="s">
         <v>22</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
         <v>22</v>
       </c>
       <c r="K218" t="s">
         <v>22</v>
       </c>
       <c r="L218" t="s">
         <v>22</v>
       </c>
@@ -20792,51 +20822,51 @@
       </c>
       <c r="Z218" t="s">
         <v>22</v>
       </c>
       <c r="AA218" t="s">
         <v>22</v>
       </c>
       <c r="AB218" t="s">
         <v>22</v>
       </c>
       <c r="AC218" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:29">
       <c r="A219">
         <v>217</v>
       </c>
       <c r="B219" t="s">
         <v>254</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="F219" t="s">
         <v>22</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219" t="s">
         <v>22</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>22</v>
       </c>
       <c r="K219" t="s">
         <v>22</v>
       </c>
       <c r="L219" t="s">
         <v>22</v>
       </c>
@@ -20877,55 +20907,55 @@
         <v>22</v>
       </c>
       <c r="Y219" t="s">
         <v>22</v>
       </c>
       <c r="Z219" t="s">
         <v>22</v>
       </c>
       <c r="AA219" t="s">
         <v>22</v>
       </c>
       <c r="AB219" t="s">
         <v>22</v>
       </c>
       <c r="AC219" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:29">
       <c r="A220">
         <v>218</v>
       </c>
       <c r="B220" t="s">
         <v>254</v>
       </c>
-      <c r="C220" t="s">
-        <v>256</v>
+      <c r="C220" s="2" t="s">
+        <v>255</v>
       </c>
       <c r="D220" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E220">
         <v>1</v>
       </c>
       <c r="F220" t="s">
         <v>22</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220" t="s">
         <v>22</v>
       </c>
       <c r="I220">
         <v>1</v>
       </c>
       <c r="J220" t="s">
         <v>22</v>
       </c>
       <c r="K220" t="s">
         <v>22</v>
       </c>
       <c r="L220" t="s">
         <v>22</v>
       </c>
@@ -20967,69 +20997,69 @@
       </c>
       <c r="Y220" t="s">
         <v>22</v>
       </c>
       <c r="Z220" t="s">
         <v>22</v>
       </c>
       <c r="AA220" t="s">
         <v>22</v>
       </c>
       <c r="AB220" t="s">
         <v>22</v>
       </c>
       <c r="AC220" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:29">
       <c r="A221">
         <v>219</v>
       </c>
       <c r="B221" t="s">
         <v>254</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D221" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E221">
         <v>1</v>
       </c>
       <c r="F221" t="s">
         <v>22</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
-      <c r="H221">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H221" t="s">
+        <v>22</v>
+      </c>
+      <c r="I221">
+        <v>1</v>
       </c>
       <c r="J221" t="s">
         <v>22</v>
       </c>
       <c r="K221" t="s">
         <v>22</v>
       </c>
       <c r="L221" t="s">
         <v>22</v>
       </c>
       <c r="M221" t="s">
         <v>22</v>
       </c>
       <c r="N221" t="s">
         <v>22</v>
       </c>
       <c r="O221" t="s">
         <v>22</v>
       </c>
       <c r="P221" t="s">
         <v>22</v>
       </c>
       <c r="Q221" t="s">
         <v>22</v>
       </c>
@@ -21055,76 +21085,76 @@
         <v>22</v>
       </c>
       <c r="Y221" t="s">
         <v>22</v>
       </c>
       <c r="Z221" t="s">
         <v>22</v>
       </c>
       <c r="AA221" t="s">
         <v>22</v>
       </c>
       <c r="AB221" t="s">
         <v>22</v>
       </c>
       <c r="AC221" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:29">
       <c r="A222">
         <v>220</v>
       </c>
       <c r="B222" t="s">
         <v>254</v>
       </c>
-      <c r="C222" t="s">
-        <v>258</v>
+      <c r="C222" s="2" t="s">
+        <v>257</v>
       </c>
       <c r="D222" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E222">
         <v>1</v>
       </c>
       <c r="F222" t="s">
         <v>22</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222" t="s">
         <v>22</v>
       </c>
-      <c r="I222" t="s">
-        <v>22</v>
+      <c r="I222">
+        <v>1</v>
       </c>
       <c r="J222" t="s">
         <v>22</v>
       </c>
-      <c r="K222">
-        <v>1</v>
+      <c r="K222" t="s">
+        <v>22</v>
       </c>
       <c r="L222" t="s">
         <v>22</v>
       </c>
       <c r="M222" t="s">
         <v>22</v>
       </c>
       <c r="N222" t="s">
         <v>22</v>
       </c>
       <c r="O222" t="s">
         <v>22</v>
       </c>
       <c r="P222" t="s">
         <v>22</v>
       </c>
       <c r="Q222" t="s">
         <v>22</v>
       </c>
       <c r="R222" t="s">
         <v>22</v>
       </c>
       <c r="S222" t="s">
         <v>22</v>
       </c>
@@ -21144,767 +21174,767 @@
         <v>22</v>
       </c>
       <c r="Y222" t="s">
         <v>22</v>
       </c>
       <c r="Z222" t="s">
         <v>22</v>
       </c>
       <c r="AA222" t="s">
         <v>22</v>
       </c>
       <c r="AB222" t="s">
         <v>22</v>
       </c>
       <c r="AC222" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="223" spans="1:29">
       <c r="A223">
         <v>221</v>
       </c>
       <c r="B223" t="s">
         <v>254</v>
       </c>
-      <c r="C223" t="s">
-        <v>259</v>
+      <c r="C223" s="2" t="s">
+        <v>258</v>
       </c>
       <c r="D223" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E223">
         <v>1</v>
       </c>
       <c r="F223" t="s">
         <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223" t="s">
         <v>22</v>
       </c>
       <c r="I223" t="s">
         <v>22</v>
       </c>
       <c r="J223" t="s">
         <v>22</v>
       </c>
-      <c r="K223">
-        <v>1</v>
+      <c r="K223" t="s">
+        <v>22</v>
       </c>
       <c r="L223" t="s">
         <v>22</v>
       </c>
       <c r="M223" t="s">
         <v>22</v>
       </c>
       <c r="N223" t="s">
         <v>22</v>
       </c>
-      <c r="O223" t="s">
-        <v>22</v>
+      <c r="O223">
+        <v>1</v>
       </c>
       <c r="P223" t="s">
         <v>22</v>
       </c>
       <c r="Q223" t="s">
         <v>22</v>
       </c>
       <c r="R223" t="s">
         <v>22</v>
       </c>
       <c r="S223" t="s">
         <v>22</v>
       </c>
       <c r="T223" t="s">
         <v>22</v>
       </c>
       <c r="U223" t="s">
         <v>22</v>
       </c>
       <c r="V223" t="s">
         <v>22</v>
       </c>
       <c r="W223" t="s">
         <v>22</v>
       </c>
       <c r="X223" t="s">
         <v>22</v>
       </c>
       <c r="Y223" t="s">
         <v>22</v>
       </c>
       <c r="Z223" t="s">
         <v>22</v>
       </c>
       <c r="AA223" t="s">
         <v>22</v>
       </c>
       <c r="AB223" t="s">
         <v>22</v>
       </c>
       <c r="AC223" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="224" spans="1:29">
       <c r="A224">
         <v>222</v>
       </c>
       <c r="B224" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C224" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
         <v>260</v>
       </c>
-      <c r="D224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E224">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F224" t="s">
         <v>22</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224" t="s">
         <v>22</v>
       </c>
       <c r="I224" t="s">
         <v>22</v>
       </c>
       <c r="J224" t="s">
         <v>22</v>
       </c>
       <c r="K224" t="s">
         <v>22</v>
       </c>
       <c r="L224" t="s">
         <v>22</v>
       </c>
       <c r="M224" t="s">
         <v>22</v>
       </c>
       <c r="N224" t="s">
         <v>22</v>
       </c>
-      <c r="O224">
-        <v>1</v>
+      <c r="O224" t="s">
+        <v>22</v>
       </c>
       <c r="P224" t="s">
         <v>22</v>
       </c>
       <c r="Q224" t="s">
         <v>22</v>
       </c>
       <c r="R224" t="s">
         <v>22</v>
       </c>
       <c r="S224" t="s">
         <v>22</v>
       </c>
       <c r="T224" t="s">
         <v>22</v>
       </c>
       <c r="U224" t="s">
         <v>22</v>
       </c>
       <c r="V224" t="s">
         <v>22</v>
       </c>
       <c r="W224" t="s">
         <v>22</v>
       </c>
       <c r="X224" t="s">
         <v>22</v>
       </c>
       <c r="Y224" t="s">
         <v>22</v>
       </c>
       <c r="Z224" t="s">
         <v>22</v>
       </c>
       <c r="AA224" t="s">
         <v>22</v>
       </c>
       <c r="AB224" t="s">
         <v>22</v>
       </c>
       <c r="AC224" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="225" spans="1:29">
       <c r="A225">
         <v>223</v>
       </c>
       <c r="B225" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C225" s="2" t="s">
         <v>261</v>
       </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
       <c r="D225" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E225">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F225" t="s">
         <v>22</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225" t="s">
         <v>22</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
         <v>22</v>
       </c>
       <c r="K225" t="s">
         <v>22</v>
       </c>
       <c r="L225" t="s">
         <v>22</v>
       </c>
       <c r="M225" t="s">
         <v>22</v>
       </c>
       <c r="N225" t="s">
         <v>22</v>
       </c>
-      <c r="O225">
-        <v>1</v>
+      <c r="O225" t="s">
+        <v>22</v>
       </c>
       <c r="P225" t="s">
         <v>22</v>
       </c>
       <c r="Q225" t="s">
         <v>22</v>
       </c>
       <c r="R225" t="s">
         <v>22</v>
       </c>
       <c r="S225" t="s">
         <v>22</v>
       </c>
       <c r="T225" t="s">
         <v>22</v>
       </c>
       <c r="U225" t="s">
         <v>22</v>
       </c>
       <c r="V225" t="s">
         <v>22</v>
       </c>
       <c r="W225" t="s">
         <v>22</v>
       </c>
       <c r="X225" t="s">
         <v>22</v>
       </c>
       <c r="Y225" t="s">
         <v>22</v>
       </c>
       <c r="Z225" t="s">
         <v>22</v>
       </c>
       <c r="AA225" t="s">
         <v>22</v>
       </c>
       <c r="AB225" t="s">
         <v>22</v>
       </c>
       <c r="AC225" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="226" spans="1:29">
       <c r="A226">
         <v>224</v>
       </c>
       <c r="B226" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C226" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="C226" t="s">
+        <v>263</v>
+      </c>
+      <c r="D226" t="s">
         <v>262</v>
       </c>
-      <c r="D226" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226">
         <v>1</v>
       </c>
       <c r="F226" t="s">
         <v>22</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226" t="s">
         <v>22</v>
       </c>
-      <c r="I226" t="s">
-        <v>22</v>
+      <c r="I226">
+        <v>1</v>
       </c>
       <c r="J226" t="s">
         <v>22</v>
       </c>
       <c r="K226" t="s">
         <v>22</v>
       </c>
       <c r="L226" t="s">
         <v>22</v>
       </c>
       <c r="M226" t="s">
         <v>22</v>
       </c>
       <c r="N226" t="s">
         <v>22</v>
       </c>
-      <c r="O226">
-        <v>1</v>
+      <c r="O226" t="s">
+        <v>22</v>
       </c>
       <c r="P226" t="s">
         <v>22</v>
       </c>
       <c r="Q226" t="s">
         <v>22</v>
       </c>
       <c r="R226" t="s">
         <v>22</v>
       </c>
       <c r="S226" t="s">
         <v>22</v>
       </c>
       <c r="T226" t="s">
         <v>22</v>
       </c>
       <c r="U226" t="s">
         <v>22</v>
       </c>
       <c r="V226" t="s">
         <v>22</v>
       </c>
       <c r="W226" t="s">
         <v>22</v>
       </c>
       <c r="X226" t="s">
         <v>22</v>
       </c>
       <c r="Y226" t="s">
         <v>22</v>
       </c>
       <c r="Z226" t="s">
         <v>22</v>
       </c>
       <c r="AA226" t="s">
         <v>22</v>
       </c>
       <c r="AB226" t="s">
         <v>22</v>
       </c>
       <c r="AC226" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="227" spans="1:29">
       <c r="A227">
         <v>225</v>
       </c>
       <c r="B227" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D227" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
       <c r="F227" t="s">
         <v>22</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
-      <c r="H227" t="s">
-        <v>22</v>
+      <c r="H227">
+        <v>1</v>
       </c>
       <c r="I227" t="s">
         <v>22</v>
       </c>
       <c r="J227" t="s">
         <v>22</v>
       </c>
       <c r="K227" t="s">
         <v>22</v>
       </c>
       <c r="L227" t="s">
         <v>22</v>
       </c>
       <c r="M227" t="s">
         <v>22</v>
       </c>
       <c r="N227" t="s">
         <v>22</v>
       </c>
-      <c r="O227">
-        <v>1</v>
+      <c r="O227" t="s">
+        <v>22</v>
       </c>
       <c r="P227" t="s">
         <v>22</v>
       </c>
       <c r="Q227" t="s">
         <v>22</v>
       </c>
       <c r="R227" t="s">
         <v>22</v>
       </c>
       <c r="S227" t="s">
         <v>22</v>
       </c>
       <c r="T227" t="s">
         <v>22</v>
       </c>
       <c r="U227" t="s">
         <v>22</v>
       </c>
       <c r="V227" t="s">
         <v>22</v>
       </c>
       <c r="W227" t="s">
         <v>22</v>
       </c>
       <c r="X227" t="s">
         <v>22</v>
       </c>
       <c r="Y227" t="s">
         <v>22</v>
       </c>
       <c r="Z227" t="s">
         <v>22</v>
       </c>
       <c r="AA227" t="s">
         <v>22</v>
       </c>
       <c r="AB227" t="s">
         <v>22</v>
       </c>
       <c r="AC227" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="228" spans="1:29">
       <c r="A228">
         <v>226</v>
       </c>
       <c r="B228" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>261</v>
+      </c>
+      <c r="C228" t="s">
+        <v>265</v>
       </c>
       <c r="D228" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E228">
         <v>1</v>
       </c>
       <c r="F228" t="s">
         <v>22</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228" t="s">
         <v>22</v>
       </c>
       <c r="I228" t="s">
         <v>22</v>
       </c>
       <c r="J228" t="s">
         <v>22</v>
       </c>
-      <c r="K228" t="s">
-        <v>22</v>
+      <c r="K228">
+        <v>1</v>
       </c>
       <c r="L228" t="s">
         <v>22</v>
       </c>
       <c r="M228" t="s">
         <v>22</v>
       </c>
       <c r="N228" t="s">
         <v>22</v>
       </c>
-      <c r="O228">
-        <v>1</v>
+      <c r="O228" t="s">
+        <v>22</v>
       </c>
       <c r="P228" t="s">
         <v>22</v>
       </c>
       <c r="Q228" t="s">
         <v>22</v>
       </c>
       <c r="R228" t="s">
         <v>22</v>
       </c>
       <c r="S228" t="s">
         <v>22</v>
       </c>
       <c r="T228" t="s">
         <v>22</v>
       </c>
       <c r="U228" t="s">
         <v>22</v>
       </c>
       <c r="V228" t="s">
         <v>22</v>
       </c>
       <c r="W228" t="s">
         <v>22</v>
       </c>
       <c r="X228" t="s">
         <v>22</v>
       </c>
       <c r="Y228" t="s">
         <v>22</v>
       </c>
       <c r="Z228" t="s">
         <v>22</v>
       </c>
       <c r="AA228" t="s">
         <v>22</v>
       </c>
       <c r="AB228" t="s">
         <v>22</v>
       </c>
       <c r="AC228" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="229" spans="1:29">
       <c r="A229">
         <v>227</v>
       </c>
       <c r="B229" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>261</v>
+      </c>
+      <c r="C229" t="s">
+        <v>266</v>
       </c>
       <c r="D229" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E229">
         <v>1</v>
       </c>
       <c r="F229" t="s">
         <v>22</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229" t="s">
         <v>22</v>
       </c>
       <c r="I229" t="s">
         <v>22</v>
       </c>
       <c r="J229" t="s">
         <v>22</v>
       </c>
-      <c r="K229" t="s">
-        <v>22</v>
+      <c r="K229">
+        <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>22</v>
       </c>
       <c r="M229" t="s">
         <v>22</v>
       </c>
       <c r="N229" t="s">
         <v>22</v>
       </c>
-      <c r="O229">
-        <v>1</v>
+      <c r="O229" t="s">
+        <v>22</v>
       </c>
       <c r="P229" t="s">
         <v>22</v>
       </c>
       <c r="Q229" t="s">
         <v>22</v>
       </c>
       <c r="R229" t="s">
         <v>22</v>
       </c>
       <c r="S229" t="s">
         <v>22</v>
       </c>
       <c r="T229" t="s">
         <v>22</v>
       </c>
       <c r="U229" t="s">
         <v>22</v>
       </c>
       <c r="V229" t="s">
         <v>22</v>
       </c>
       <c r="W229" t="s">
         <v>22</v>
       </c>
       <c r="X229" t="s">
         <v>22</v>
       </c>
       <c r="Y229" t="s">
         <v>22</v>
       </c>
       <c r="Z229" t="s">
         <v>22</v>
       </c>
       <c r="AA229" t="s">
         <v>22</v>
       </c>
       <c r="AB229" t="s">
         <v>22</v>
       </c>
       <c r="AC229" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="230" spans="1:29">
       <c r="A230">
         <v>228</v>
       </c>
       <c r="B230" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D230" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E230">
         <v>1</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230" t="s">
         <v>22</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>22</v>
       </c>
       <c r="K230" t="s">
         <v>22</v>
       </c>
       <c r="L230" t="s">
         <v>22</v>
       </c>
       <c r="M230" t="s">
         <v>22</v>
       </c>
-      <c r="N230">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N230" t="s">
+        <v>22</v>
+      </c>
+      <c r="O230">
+        <v>1</v>
       </c>
       <c r="P230" t="s">
         <v>22</v>
       </c>
       <c r="Q230" t="s">
         <v>22</v>
       </c>
       <c r="R230" t="s">
         <v>22</v>
       </c>
       <c r="S230" t="s">
         <v>22</v>
       </c>
       <c r="T230" t="s">
         <v>22</v>
       </c>
       <c r="U230" t="s">
         <v>22</v>
       </c>
       <c r="V230" t="s">
         <v>22</v>
       </c>
       <c r="W230" t="s">
         <v>22</v>
       </c>
       <c r="X230" t="s">
         <v>22</v>
       </c>
       <c r="Y230" t="s">
         <v>22</v>
       </c>
       <c r="Z230" t="s">
         <v>22</v>
       </c>
       <c r="AA230" t="s">
         <v>22</v>
       </c>
       <c r="AB230" t="s">
         <v>22</v>
       </c>
       <c r="AC230" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:29">
       <c r="A231">
         <v>229</v>
       </c>
       <c r="B231" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D231" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="F231" t="s">
         <v>22</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231" t="s">
         <v>22</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
         <v>22</v>
       </c>
       <c r="K231" t="s">
         <v>22</v>
       </c>
       <c r="L231" t="s">
         <v>22</v>
       </c>
@@ -21943,146 +21973,146 @@
       </c>
       <c r="X231" t="s">
         <v>22</v>
       </c>
       <c r="Y231" t="s">
         <v>22</v>
       </c>
       <c r="Z231" t="s">
         <v>22</v>
       </c>
       <c r="AA231" t="s">
         <v>22</v>
       </c>
       <c r="AB231" t="s">
         <v>22</v>
       </c>
       <c r="AC231" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="232" spans="1:29">
       <c r="A232">
         <v>230</v>
       </c>
       <c r="B232" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D232" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="F232" t="s">
         <v>22</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232" t="s">
         <v>22</v>
       </c>
       <c r="I232" t="s">
         <v>22</v>
       </c>
       <c r="J232" t="s">
         <v>22</v>
       </c>
       <c r="K232" t="s">
         <v>22</v>
       </c>
       <c r="L232" t="s">
         <v>22</v>
       </c>
       <c r="M232" t="s">
         <v>22</v>
       </c>
-      <c r="N232">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N232" t="s">
+        <v>22</v>
+      </c>
+      <c r="O232">
+        <v>1</v>
       </c>
       <c r="P232" t="s">
         <v>22</v>
       </c>
       <c r="Q232" t="s">
         <v>22</v>
       </c>
       <c r="R232" t="s">
         <v>22</v>
       </c>
       <c r="S232" t="s">
         <v>22</v>
       </c>
       <c r="T232" t="s">
         <v>22</v>
       </c>
       <c r="U232" t="s">
         <v>22</v>
       </c>
       <c r="V232" t="s">
         <v>22</v>
       </c>
       <c r="W232" t="s">
         <v>22</v>
       </c>
       <c r="X232" t="s">
         <v>22</v>
       </c>
       <c r="Y232" t="s">
         <v>22</v>
       </c>
       <c r="Z232" t="s">
         <v>22</v>
       </c>
       <c r="AA232" t="s">
         <v>22</v>
       </c>
       <c r="AB232" t="s">
         <v>22</v>
       </c>
       <c r="AC232" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="233" spans="1:29">
       <c r="A233">
         <v>231</v>
       </c>
       <c r="B233" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D233" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E233">
         <v>1</v>
       </c>
       <c r="F233" t="s">
         <v>22</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233" t="s">
         <v>22</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
         <v>22</v>
       </c>
       <c r="K233" t="s">
         <v>22</v>
       </c>
       <c r="L233" t="s">
         <v>22</v>
       </c>
@@ -22121,57 +22151,57 @@
       </c>
       <c r="X233" t="s">
         <v>22</v>
       </c>
       <c r="Y233" t="s">
         <v>22</v>
       </c>
       <c r="Z233" t="s">
         <v>22</v>
       </c>
       <c r="AA233" t="s">
         <v>22</v>
       </c>
       <c r="AB233" t="s">
         <v>22</v>
       </c>
       <c r="AC233" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="234" spans="1:29">
       <c r="A234">
         <v>232</v>
       </c>
       <c r="B234" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D234" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E234">
         <v>1</v>
       </c>
       <c r="F234" t="s">
         <v>22</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234" t="s">
         <v>22</v>
       </c>
       <c r="I234" t="s">
         <v>22</v>
       </c>
       <c r="J234" t="s">
         <v>22</v>
       </c>
       <c r="K234" t="s">
         <v>22</v>
       </c>
       <c r="L234" t="s">
         <v>22</v>
       </c>
@@ -22210,57 +22240,57 @@
       </c>
       <c r="X234" t="s">
         <v>22</v>
       </c>
       <c r="Y234" t="s">
         <v>22</v>
       </c>
       <c r="Z234" t="s">
         <v>22</v>
       </c>
       <c r="AA234" t="s">
         <v>22</v>
       </c>
       <c r="AB234" t="s">
         <v>22</v>
       </c>
       <c r="AC234" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="235" spans="1:29">
       <c r="A235">
         <v>233</v>
       </c>
       <c r="B235" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D235" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E235">
         <v>1</v>
       </c>
       <c r="F235" t="s">
         <v>22</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235" t="s">
         <v>22</v>
       </c>
       <c r="I235" t="s">
         <v>22</v>
       </c>
       <c r="J235" t="s">
         <v>22</v>
       </c>
       <c r="K235" t="s">
         <v>22</v>
       </c>
       <c r="L235" t="s">
         <v>22</v>
       </c>
@@ -22299,146 +22329,146 @@
       </c>
       <c r="X235" t="s">
         <v>22</v>
       </c>
       <c r="Y235" t="s">
         <v>22</v>
       </c>
       <c r="Z235" t="s">
         <v>22</v>
       </c>
       <c r="AA235" t="s">
         <v>22</v>
       </c>
       <c r="AB235" t="s">
         <v>22</v>
       </c>
       <c r="AC235" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="236" spans="1:29">
       <c r="A236">
         <v>234</v>
       </c>
       <c r="B236" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D236" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="F236" t="s">
         <v>22</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236" t="s">
         <v>22</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>22</v>
       </c>
       <c r="K236" t="s">
         <v>22</v>
       </c>
       <c r="L236" t="s">
         <v>22</v>
       </c>
       <c r="M236" t="s">
         <v>22</v>
       </c>
-      <c r="N236" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N236">
+        <v>1</v>
+      </c>
+      <c r="O236" t="s">
+        <v>22</v>
       </c>
       <c r="P236" t="s">
         <v>22</v>
       </c>
       <c r="Q236" t="s">
         <v>22</v>
       </c>
       <c r="R236" t="s">
         <v>22</v>
       </c>
       <c r="S236" t="s">
         <v>22</v>
       </c>
       <c r="T236" t="s">
         <v>22</v>
       </c>
       <c r="U236" t="s">
         <v>22</v>
       </c>
       <c r="V236" t="s">
         <v>22</v>
       </c>
       <c r="W236" t="s">
         <v>22</v>
       </c>
       <c r="X236" t="s">
         <v>22</v>
       </c>
       <c r="Y236" t="s">
         <v>22</v>
       </c>
       <c r="Z236" t="s">
         <v>22</v>
       </c>
       <c r="AA236" t="s">
         <v>22</v>
       </c>
       <c r="AB236" t="s">
         <v>22</v>
       </c>
       <c r="AC236" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="237" spans="1:29">
       <c r="A237">
         <v>235</v>
       </c>
       <c r="B237" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D237" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E237">
         <v>1</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237" t="s">
         <v>22</v>
       </c>
       <c r="I237" t="s">
         <v>22</v>
       </c>
       <c r="J237" t="s">
         <v>22</v>
       </c>
       <c r="K237" t="s">
         <v>22</v>
       </c>
       <c r="L237" t="s">
         <v>22</v>
       </c>
@@ -22477,146 +22507,146 @@
       </c>
       <c r="X237" t="s">
         <v>22</v>
       </c>
       <c r="Y237" t="s">
         <v>22</v>
       </c>
       <c r="Z237" t="s">
         <v>22</v>
       </c>
       <c r="AA237" t="s">
         <v>22</v>
       </c>
       <c r="AB237" t="s">
         <v>22</v>
       </c>
       <c r="AC237" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="238" spans="1:29">
       <c r="A238">
         <v>236</v>
       </c>
       <c r="B238" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D238" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="F238" t="s">
         <v>22</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238" t="s">
         <v>22</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
         <v>22</v>
       </c>
       <c r="K238" t="s">
         <v>22</v>
       </c>
       <c r="L238" t="s">
         <v>22</v>
       </c>
       <c r="M238" t="s">
         <v>22</v>
       </c>
-      <c r="N238" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N238">
+        <v>1</v>
+      </c>
+      <c r="O238" t="s">
+        <v>22</v>
       </c>
       <c r="P238" t="s">
         <v>22</v>
       </c>
       <c r="Q238" t="s">
         <v>22</v>
       </c>
       <c r="R238" t="s">
         <v>22</v>
       </c>
       <c r="S238" t="s">
         <v>22</v>
       </c>
       <c r="T238" t="s">
         <v>22</v>
       </c>
       <c r="U238" t="s">
         <v>22</v>
       </c>
       <c r="V238" t="s">
         <v>22</v>
       </c>
       <c r="W238" t="s">
         <v>22</v>
       </c>
       <c r="X238" t="s">
         <v>22</v>
       </c>
       <c r="Y238" t="s">
         <v>22</v>
       </c>
       <c r="Z238" t="s">
         <v>22</v>
       </c>
       <c r="AA238" t="s">
         <v>22</v>
       </c>
       <c r="AB238" t="s">
         <v>22</v>
       </c>
       <c r="AC238" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="239" spans="1:29">
       <c r="A239">
         <v>237</v>
       </c>
       <c r="B239" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>261</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>276</v>
       </c>
       <c r="D239" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E239">
         <v>1</v>
       </c>
       <c r="F239" t="s">
         <v>22</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239" t="s">
         <v>22</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
         <v>22</v>
       </c>
       <c r="K239" t="s">
         <v>22</v>
       </c>
       <c r="L239" t="s">
         <v>22</v>
       </c>
@@ -22655,57 +22685,57 @@
       </c>
       <c r="X239" t="s">
         <v>22</v>
       </c>
       <c r="Y239" t="s">
         <v>22</v>
       </c>
       <c r="Z239" t="s">
         <v>22</v>
       </c>
       <c r="AA239" t="s">
         <v>22</v>
       </c>
       <c r="AB239" t="s">
         <v>22</v>
       </c>
       <c r="AC239" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:29">
       <c r="A240">
         <v>238</v>
       </c>
       <c r="B240" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>261</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>277</v>
       </c>
       <c r="D240" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E240">
         <v>1</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240" t="s">
         <v>22</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
         <v>22</v>
       </c>
       <c r="K240" t="s">
         <v>22</v>
       </c>
       <c r="L240" t="s">
         <v>22</v>
       </c>
@@ -22744,57 +22774,57 @@
       </c>
       <c r="X240" t="s">
         <v>22</v>
       </c>
       <c r="Y240" t="s">
         <v>22</v>
       </c>
       <c r="Z240" t="s">
         <v>22</v>
       </c>
       <c r="AA240" t="s">
         <v>22</v>
       </c>
       <c r="AB240" t="s">
         <v>22</v>
       </c>
       <c r="AC240" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="241" spans="1:29">
       <c r="A241">
         <v>239</v>
       </c>
       <c r="B241" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>261</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>278</v>
       </c>
       <c r="D241" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E241">
         <v>1</v>
       </c>
       <c r="F241" t="s">
         <v>22</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
         <v>22</v>
       </c>
       <c r="K241" t="s">
         <v>22</v>
       </c>
       <c r="L241" t="s">
         <v>22</v>
       </c>
@@ -22833,57 +22863,57 @@
       </c>
       <c r="X241" t="s">
         <v>22</v>
       </c>
       <c r="Y241" t="s">
         <v>22</v>
       </c>
       <c r="Z241" t="s">
         <v>22</v>
       </c>
       <c r="AA241" t="s">
         <v>22</v>
       </c>
       <c r="AB241" t="s">
         <v>22</v>
       </c>
       <c r="AC241" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="242" spans="1:29">
       <c r="A242">
         <v>240</v>
       </c>
       <c r="B242" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>261</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>279</v>
       </c>
       <c r="D242" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242" t="s">
         <v>22</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242" t="s">
         <v>22</v>
       </c>
       <c r="I242" t="s">
         <v>22</v>
       </c>
       <c r="J242" t="s">
         <v>22</v>
       </c>
       <c r="K242" t="s">
         <v>22</v>
       </c>
       <c r="L242" t="s">
         <v>22</v>
       </c>
@@ -22922,770 +22952,772 @@
       </c>
       <c r="X242" t="s">
         <v>22</v>
       </c>
       <c r="Y242" t="s">
         <v>22</v>
       </c>
       <c r="Z242" t="s">
         <v>22</v>
       </c>
       <c r="AA242" t="s">
         <v>22</v>
       </c>
       <c r="AB242" t="s">
         <v>22</v>
       </c>
       <c r="AC242" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="243" spans="1:29">
       <c r="A243">
         <v>241</v>
       </c>
       <c r="B243" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>261</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>280</v>
       </c>
       <c r="D243" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243" t="s">
         <v>22</v>
       </c>
       <c r="I243" t="s">
         <v>22</v>
       </c>
       <c r="J243" t="s">
         <v>22</v>
       </c>
       <c r="K243" t="s">
         <v>22</v>
       </c>
       <c r="L243" t="s">
         <v>22</v>
       </c>
       <c r="M243" t="s">
         <v>22</v>
       </c>
       <c r="N243" t="s">
         <v>22</v>
       </c>
-      <c r="O243" t="s">
-        <v>22</v>
+      <c r="O243">
+        <v>1</v>
       </c>
       <c r="P243" t="s">
         <v>22</v>
       </c>
       <c r="Q243" t="s">
         <v>22</v>
       </c>
       <c r="R243" t="s">
         <v>22</v>
       </c>
       <c r="S243" t="s">
         <v>22</v>
       </c>
       <c r="T243" t="s">
         <v>22</v>
       </c>
-      <c r="U243">
-        <v>1</v>
+      <c r="U243" t="s">
+        <v>22</v>
       </c>
       <c r="V243" t="s">
         <v>22</v>
       </c>
       <c r="W243" t="s">
         <v>22</v>
       </c>
       <c r="X243" t="s">
         <v>22</v>
       </c>
       <c r="Y243" t="s">
         <v>22</v>
       </c>
       <c r="Z243" t="s">
         <v>22</v>
       </c>
       <c r="AA243" t="s">
         <v>22</v>
       </c>
       <c r="AB243" t="s">
         <v>22</v>
       </c>
       <c r="AC243" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="244" spans="1:29">
       <c r="A244">
         <v>242</v>
       </c>
       <c r="B244" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D244" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E244">
         <v>1</v>
       </c>
       <c r="F244" t="s">
         <v>22</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244" t="s">
         <v>22</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>22</v>
       </c>
       <c r="K244" t="s">
         <v>22</v>
       </c>
       <c r="L244" t="s">
         <v>22</v>
       </c>
       <c r="M244" t="s">
         <v>22</v>
       </c>
       <c r="N244" t="s">
         <v>22</v>
       </c>
-      <c r="O244" t="s">
-        <v>22</v>
+      <c r="O244">
+        <v>1</v>
       </c>
       <c r="P244" t="s">
         <v>22</v>
       </c>
       <c r="Q244" t="s">
         <v>22</v>
       </c>
       <c r="R244" t="s">
         <v>22</v>
       </c>
       <c r="S244" t="s">
         <v>22</v>
       </c>
-      <c r="T244">
-        <v>1</v>
+      <c r="T244" t="s">
+        <v>22</v>
       </c>
       <c r="U244" t="s">
         <v>22</v>
       </c>
       <c r="V244" t="s">
         <v>22</v>
       </c>
       <c r="W244" t="s">
         <v>22</v>
       </c>
       <c r="X244" t="s">
         <v>22</v>
       </c>
       <c r="Y244" t="s">
         <v>22</v>
       </c>
       <c r="Z244" t="s">
         <v>22</v>
       </c>
       <c r="AA244" t="s">
         <v>22</v>
       </c>
       <c r="AB244" t="s">
         <v>22</v>
       </c>
       <c r="AC244" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="245" spans="1:29">
       <c r="A245">
         <v>243</v>
       </c>
       <c r="B245" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="C245" t="s">
-        <v>20</v>
+        <v>282</v>
       </c>
       <c r="D245" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E245">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F245" t="s">
         <v>22</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245" t="s">
         <v>22</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>22</v>
       </c>
       <c r="K245" t="s">
         <v>22</v>
       </c>
       <c r="L245" t="s">
         <v>22</v>
       </c>
       <c r="M245" t="s">
         <v>22</v>
       </c>
       <c r="N245" t="s">
         <v>22</v>
       </c>
-      <c r="O245" t="s">
-        <v>22</v>
+      <c r="O245">
+        <v>1</v>
       </c>
       <c r="P245" t="s">
         <v>22</v>
       </c>
       <c r="Q245" t="s">
         <v>22</v>
       </c>
       <c r="R245" t="s">
         <v>22</v>
       </c>
       <c r="S245" t="s">
         <v>22</v>
       </c>
       <c r="T245" t="s">
         <v>22</v>
       </c>
       <c r="U245" t="s">
         <v>22</v>
       </c>
       <c r="V245" t="s">
         <v>22</v>
       </c>
       <c r="W245" t="s">
         <v>22</v>
       </c>
       <c r="X245" t="s">
         <v>22</v>
       </c>
       <c r="Y245" t="s">
         <v>22</v>
       </c>
       <c r="Z245" t="s">
         <v>22</v>
       </c>
       <c r="AA245" t="s">
         <v>22</v>
       </c>
       <c r="AB245" t="s">
         <v>22</v>
       </c>
       <c r="AC245" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="246" spans="1:29">
       <c r="A246">
         <v>244</v>
       </c>
       <c r="B246" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C246" t="s">
-        <v>20</v>
+        <v>283</v>
       </c>
       <c r="D246" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E246">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F246" t="s">
         <v>22</v>
       </c>
       <c r="G246" t="s">
         <v>22</v>
       </c>
       <c r="H246" t="s">
         <v>22</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>22</v>
       </c>
       <c r="K246" t="s">
         <v>22</v>
       </c>
       <c r="L246" t="s">
         <v>22</v>
       </c>
       <c r="M246" t="s">
         <v>22</v>
       </c>
       <c r="N246" t="s">
         <v>22</v>
       </c>
-      <c r="O246" t="s">
-        <v>22</v>
+      <c r="O246">
+        <v>1</v>
       </c>
       <c r="P246" t="s">
         <v>22</v>
       </c>
       <c r="Q246" t="s">
         <v>22</v>
       </c>
       <c r="R246" t="s">
         <v>22</v>
       </c>
       <c r="S246" t="s">
         <v>22</v>
       </c>
       <c r="T246" t="s">
         <v>22</v>
       </c>
       <c r="U246" t="s">
         <v>22</v>
       </c>
       <c r="V246" t="s">
         <v>22</v>
       </c>
       <c r="W246" t="s">
         <v>22</v>
       </c>
       <c r="X246" t="s">
         <v>22</v>
       </c>
       <c r="Y246" t="s">
         <v>22</v>
       </c>
       <c r="Z246" t="s">
         <v>22</v>
       </c>
       <c r="AA246" t="s">
         <v>22</v>
       </c>
       <c r="AB246" t="s">
         <v>22</v>
       </c>
       <c r="AC246" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="247" spans="1:29">
       <c r="A247">
         <v>245</v>
       </c>
       <c r="B247" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C247"/>
+        <v>261</v>
+      </c>
+      <c r="C247" t="s">
+        <v>284</v>
+      </c>
       <c r="D247" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="E247">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F247" t="s">
         <v>22</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247" t="s">
         <v>22</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>22</v>
       </c>
       <c r="K247" t="s">
         <v>22</v>
       </c>
       <c r="L247" t="s">
         <v>22</v>
       </c>
       <c r="M247" t="s">
         <v>22</v>
       </c>
       <c r="N247" t="s">
         <v>22</v>
       </c>
-      <c r="O247" t="s">
-        <v>22</v>
+      <c r="O247">
+        <v>1</v>
       </c>
       <c r="P247" t="s">
         <v>22</v>
       </c>
       <c r="Q247" t="s">
         <v>22</v>
       </c>
       <c r="R247" t="s">
         <v>22</v>
       </c>
       <c r="S247" t="s">
         <v>22</v>
       </c>
       <c r="T247" t="s">
         <v>22</v>
       </c>
       <c r="U247" t="s">
         <v>22</v>
       </c>
       <c r="V247" t="s">
         <v>22</v>
       </c>
       <c r="W247" t="s">
         <v>22</v>
       </c>
       <c r="X247" t="s">
         <v>22</v>
       </c>
       <c r="Y247" t="s">
         <v>22</v>
       </c>
       <c r="Z247" t="s">
         <v>22</v>
       </c>
       <c r="AA247" t="s">
         <v>22</v>
       </c>
       <c r="AB247" t="s">
         <v>22</v>
       </c>
       <c r="AC247" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="248" spans="1:29">
       <c r="A248">
         <v>246</v>
       </c>
       <c r="B248" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="C248" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="D248" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
       <c r="E248">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F248" t="s">
         <v>22</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248" t="s">
         <v>22</v>
       </c>
       <c r="I248" t="s">
         <v>22</v>
       </c>
       <c r="J248" t="s">
         <v>22</v>
       </c>
       <c r="K248" t="s">
         <v>22</v>
       </c>
       <c r="L248" t="s">
         <v>22</v>
       </c>
       <c r="M248" t="s">
         <v>22</v>
       </c>
       <c r="N248" t="s">
         <v>22</v>
       </c>
-      <c r="O248" t="s">
-        <v>22</v>
+      <c r="O248">
+        <v>1</v>
       </c>
       <c r="P248" t="s">
         <v>22</v>
       </c>
       <c r="Q248" t="s">
         <v>22</v>
       </c>
       <c r="R248" t="s">
         <v>22</v>
       </c>
       <c r="S248" t="s">
         <v>22</v>
       </c>
       <c r="T248" t="s">
         <v>22</v>
       </c>
       <c r="U248" t="s">
         <v>22</v>
       </c>
       <c r="V248" t="s">
         <v>22</v>
       </c>
       <c r="W248" t="s">
         <v>22</v>
       </c>
       <c r="X248" t="s">
         <v>22</v>
       </c>
       <c r="Y248" t="s">
         <v>22</v>
       </c>
       <c r="Z248" t="s">
         <v>22</v>
       </c>
       <c r="AA248" t="s">
         <v>22</v>
       </c>
       <c r="AB248" t="s">
         <v>22</v>
       </c>
       <c r="AC248" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="249" spans="1:29">
       <c r="A249">
         <v>247</v>
       </c>
       <c r="B249" t="s">
+        <v>261</v>
+      </c>
+      <c r="C249" t="s">
         <v>286</v>
       </c>
-      <c r="C249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D249" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
       <c r="E249">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F249" t="s">
         <v>22</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249" t="s">
         <v>22</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
         <v>22</v>
       </c>
       <c r="K249" t="s">
         <v>22</v>
       </c>
       <c r="L249" t="s">
         <v>22</v>
       </c>
       <c r="M249" t="s">
         <v>22</v>
       </c>
       <c r="N249" t="s">
         <v>22</v>
       </c>
       <c r="O249" t="s">
         <v>22</v>
       </c>
       <c r="P249" t="s">
         <v>22</v>
       </c>
       <c r="Q249" t="s">
         <v>22</v>
       </c>
       <c r="R249" t="s">
         <v>22</v>
       </c>
       <c r="S249" t="s">
         <v>22</v>
       </c>
       <c r="T249" t="s">
         <v>22</v>
       </c>
-      <c r="U249" t="s">
-        <v>22</v>
+      <c r="U249">
+        <v>1</v>
       </c>
       <c r="V249" t="s">
         <v>22</v>
       </c>
       <c r="W249" t="s">
         <v>22</v>
       </c>
       <c r="X249" t="s">
         <v>22</v>
       </c>
       <c r="Y249" t="s">
         <v>22</v>
       </c>
       <c r="Z249" t="s">
         <v>22</v>
       </c>
       <c r="AA249" t="s">
         <v>22</v>
       </c>
       <c r="AB249" t="s">
         <v>22</v>
       </c>
       <c r="AC249" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="250" spans="1:29">
       <c r="A250">
         <v>248</v>
       </c>
       <c r="B250" t="s">
+        <v>261</v>
+      </c>
+      <c r="C250" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="C250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D250" t="s">
-        <v>288</v>
+        <v>262</v>
       </c>
       <c r="E250">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F250" t="s">
         <v>22</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250" t="s">
         <v>22</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
         <v>22</v>
       </c>
       <c r="K250" t="s">
         <v>22</v>
       </c>
       <c r="L250" t="s">
         <v>22</v>
       </c>
       <c r="M250" t="s">
         <v>22</v>
       </c>
       <c r="N250" t="s">
         <v>22</v>
       </c>
       <c r="O250" t="s">
         <v>22</v>
       </c>
       <c r="P250" t="s">
         <v>22</v>
       </c>
       <c r="Q250" t="s">
         <v>22</v>
       </c>
       <c r="R250" t="s">
         <v>22</v>
       </c>
       <c r="S250" t="s">
         <v>22</v>
       </c>
-      <c r="T250" t="s">
-        <v>22</v>
+      <c r="T250">
+        <v>1</v>
       </c>
       <c r="U250" t="s">
         <v>22</v>
       </c>
       <c r="V250" t="s">
         <v>22</v>
       </c>
       <c r="W250" t="s">
         <v>22</v>
       </c>
       <c r="X250" t="s">
         <v>22</v>
       </c>
       <c r="Y250" t="s">
         <v>22</v>
       </c>
       <c r="Z250" t="s">
         <v>22</v>
       </c>
       <c r="AA250" t="s">
         <v>22</v>
       </c>
       <c r="AB250" t="s">
         <v>22</v>
       </c>
       <c r="AC250" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="251" spans="1:29">
       <c r="A251">
         <v>249</v>
       </c>
       <c r="B251" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>261</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>288</v>
       </c>
       <c r="D251" t="s">
-        <v>288</v>
+        <v>262</v>
       </c>
       <c r="E251">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F251" t="s">
         <v>22</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251" t="s">
         <v>22</v>
       </c>
       <c r="I251" t="s">
         <v>22</v>
       </c>
       <c r="J251" t="s">
         <v>22</v>
       </c>
       <c r="K251" t="s">
         <v>22</v>
       </c>
       <c r="L251" t="s">
         <v>22</v>
       </c>
       <c r="M251" t="s">
         <v>22</v>
       </c>
@@ -23703,78 +23735,78 @@
       </c>
       <c r="R251" t="s">
         <v>22</v>
       </c>
       <c r="S251" t="s">
         <v>22</v>
       </c>
       <c r="T251" t="s">
         <v>22</v>
       </c>
       <c r="U251" t="s">
         <v>22</v>
       </c>
       <c r="V251" t="s">
         <v>22</v>
       </c>
       <c r="W251" t="s">
         <v>22</v>
       </c>
       <c r="X251" t="s">
         <v>22</v>
       </c>
       <c r="Y251" t="s">
         <v>22</v>
       </c>
-      <c r="Z251" t="s">
-        <v>22</v>
+      <c r="Z251">
+        <v>1</v>
       </c>
       <c r="AA251" t="s">
         <v>22</v>
       </c>
       <c r="AB251" t="s">
         <v>22</v>
       </c>
       <c r="AC251" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="252" spans="1:29">
       <c r="A252">
         <v>250</v>
       </c>
       <c r="B252" t="s">
-        <v>290</v>
+        <v>261</v>
       </c>
       <c r="C252" t="s">
-        <v>20</v>
+        <v>289</v>
       </c>
       <c r="D252" t="s">
-        <v>291</v>
+        <v>262</v>
       </c>
       <c r="E252">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F252" t="s">
         <v>22</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252" t="s">
         <v>22</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
         <v>22</v>
       </c>
       <c r="K252" t="s">
         <v>22</v>
       </c>
       <c r="L252" t="s">
         <v>22</v>
       </c>
       <c r="M252" t="s">
         <v>22</v>
       </c>
@@ -23795,75 +23827,75 @@
       </c>
       <c r="S252" t="s">
         <v>22</v>
       </c>
       <c r="T252" t="s">
         <v>22</v>
       </c>
       <c r="U252" t="s">
         <v>22</v>
       </c>
       <c r="V252" t="s">
         <v>22</v>
       </c>
       <c r="W252" t="s">
         <v>22</v>
       </c>
       <c r="X252" t="s">
         <v>22</v>
       </c>
       <c r="Y252" t="s">
         <v>22</v>
       </c>
       <c r="Z252" t="s">
         <v>22</v>
       </c>
-      <c r="AA252" t="s">
-        <v>22</v>
+      <c r="AA252">
+        <v>1</v>
       </c>
       <c r="AB252" t="s">
         <v>22</v>
       </c>
       <c r="AC252" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="253" spans="1:29">
       <c r="A253">
         <v>251</v>
       </c>
       <c r="B253" t="s">
-        <v>292</v>
+        <v>261</v>
       </c>
       <c r="C253" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="D253" t="s">
-        <v>291</v>
+        <v>262</v>
       </c>
       <c r="E253">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F253" t="s">
         <v>22</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253" t="s">
         <v>22</v>
       </c>
       <c r="I253" t="s">
         <v>22</v>
       </c>
       <c r="J253" t="s">
         <v>22</v>
       </c>
       <c r="K253" t="s">
         <v>22</v>
       </c>
       <c r="L253" t="s">
         <v>22</v>
       </c>
       <c r="M253" t="s">
         <v>22</v>
       </c>
@@ -23884,70 +23916,72 @@
       </c>
       <c r="S253" t="s">
         <v>22</v>
       </c>
       <c r="T253" t="s">
         <v>22</v>
       </c>
       <c r="U253" t="s">
         <v>22</v>
       </c>
       <c r="V253" t="s">
         <v>22</v>
       </c>
       <c r="W253" t="s">
         <v>22</v>
       </c>
       <c r="X253" t="s">
         <v>22</v>
       </c>
       <c r="Y253" t="s">
         <v>22</v>
       </c>
       <c r="Z253" t="s">
         <v>22</v>
       </c>
-      <c r="AA253" t="s">
-        <v>22</v>
+      <c r="AA253">
+        <v>1</v>
       </c>
       <c r="AB253" t="s">
         <v>22</v>
       </c>
       <c r="AC253" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="254" spans="1:29">
       <c r="A254">
         <v>252</v>
       </c>
       <c r="B254" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C254"/>
+        <v>291</v>
+      </c>
+      <c r="C254" t="s">
+        <v>20</v>
+      </c>
       <c r="D254" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="E254">
         <v>0</v>
       </c>
       <c r="F254" t="s">
         <v>22</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254" t="s">
         <v>22</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
         <v>22</v>
       </c>
       <c r="K254" t="s">
         <v>22</v>
       </c>
       <c r="L254" t="s">
         <v>22</v>
       </c>
@@ -23986,57 +24020,57 @@
       </c>
       <c r="X254" t="s">
         <v>22</v>
       </c>
       <c r="Y254" t="s">
         <v>22</v>
       </c>
       <c r="Z254" t="s">
         <v>22</v>
       </c>
       <c r="AA254" t="s">
         <v>22</v>
       </c>
       <c r="AB254" t="s">
         <v>22</v>
       </c>
       <c r="AC254" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="255" spans="1:29">
       <c r="A255">
         <v>253</v>
       </c>
       <c r="B255" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
-        <v>295</v>
+        <v>262</v>
       </c>
       <c r="E255">
         <v>0</v>
       </c>
       <c r="F255" t="s">
         <v>22</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255" t="s">
         <v>22</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>22</v>
       </c>
       <c r="K255" t="s">
         <v>22</v>
       </c>
       <c r="L255" t="s">
         <v>22</v>
       </c>
@@ -24075,57 +24109,55 @@
       </c>
       <c r="X255" t="s">
         <v>22</v>
       </c>
       <c r="Y255" t="s">
         <v>22</v>
       </c>
       <c r="Z255" t="s">
         <v>22</v>
       </c>
       <c r="AA255" t="s">
         <v>22</v>
       </c>
       <c r="AB255" t="s">
         <v>22</v>
       </c>
       <c r="AC255" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="256" spans="1:29">
       <c r="A256">
         <v>254</v>
       </c>
       <c r="B256" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C256"/>
       <c r="D256" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="E256">
         <v>0</v>
       </c>
       <c r="F256" t="s">
         <v>22</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256" t="s">
         <v>22</v>
       </c>
       <c r="I256" t="s">
         <v>22</v>
       </c>
       <c r="J256" t="s">
         <v>22</v>
       </c>
       <c r="K256" t="s">
         <v>22</v>
       </c>
       <c r="L256" t="s">
         <v>22</v>
       </c>
@@ -24164,51 +24196,51 @@
       </c>
       <c r="X256" t="s">
         <v>22</v>
       </c>
       <c r="Y256" t="s">
         <v>22</v>
       </c>
       <c r="Z256" t="s">
         <v>22</v>
       </c>
       <c r="AA256" t="s">
         <v>22</v>
       </c>
       <c r="AB256" t="s">
         <v>22</v>
       </c>
       <c r="AC256" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="257" spans="1:29">
       <c r="A257">
         <v>255</v>
       </c>
       <c r="B257" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>295</v>
       </c>
       <c r="E257">
         <v>0</v>
       </c>
       <c r="F257" t="s">
         <v>22</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257" t="s">
         <v>22</v>
       </c>
       <c r="I257" t="s">
         <v>22</v>
       </c>
       <c r="J257" t="s">
         <v>22</v>
       </c>
@@ -24253,57 +24285,57 @@
       </c>
       <c r="X257" t="s">
         <v>22</v>
       </c>
       <c r="Y257" t="s">
         <v>22</v>
       </c>
       <c r="Z257" t="s">
         <v>22</v>
       </c>
       <c r="AA257" t="s">
         <v>22</v>
       </c>
       <c r="AB257" t="s">
         <v>22</v>
       </c>
       <c r="AC257" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="258" spans="1:29">
       <c r="A258">
         <v>256</v>
       </c>
       <c r="B258" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="E258">
         <v>0</v>
       </c>
       <c r="F258" t="s">
         <v>22</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258" t="s">
         <v>22</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
         <v>22</v>
       </c>
       <c r="K258" t="s">
         <v>22</v>
       </c>
       <c r="L258" t="s">
         <v>22</v>
       </c>
@@ -24342,55 +24374,57 @@
       </c>
       <c r="X258" t="s">
         <v>22</v>
       </c>
       <c r="Y258" t="s">
         <v>22</v>
       </c>
       <c r="Z258" t="s">
         <v>22</v>
       </c>
       <c r="AA258" t="s">
         <v>22</v>
       </c>
       <c r="AB258" t="s">
         <v>22</v>
       </c>
       <c r="AC258" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="259" spans="1:29">
       <c r="A259">
         <v>257</v>
       </c>
       <c r="B259" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C259"/>
+        <v>297</v>
+      </c>
+      <c r="C259" t="s">
+        <v>20</v>
+      </c>
       <c r="D259" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="E259">
         <v>0</v>
       </c>
       <c r="F259" t="s">
         <v>22</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259" t="s">
         <v>22</v>
       </c>
       <c r="I259" t="s">
         <v>22</v>
       </c>
       <c r="J259" t="s">
         <v>22</v>
       </c>
       <c r="K259" t="s">
         <v>22</v>
       </c>
       <c r="L259" t="s">
         <v>22</v>
       </c>
@@ -24429,57 +24463,57 @@
       </c>
       <c r="X259" t="s">
         <v>22</v>
       </c>
       <c r="Y259" t="s">
         <v>22</v>
       </c>
       <c r="Z259" t="s">
         <v>22</v>
       </c>
       <c r="AA259" t="s">
         <v>22</v>
       </c>
       <c r="AB259" t="s">
         <v>22</v>
       </c>
       <c r="AC259" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="260" spans="1:29">
       <c r="A260">
         <v>258</v>
       </c>
       <c r="B260" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E260">
         <v>0</v>
       </c>
       <c r="F260" t="s">
         <v>22</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260" t="s">
         <v>22</v>
       </c>
       <c r="I260" t="s">
         <v>22</v>
       </c>
       <c r="J260" t="s">
         <v>22</v>
       </c>
       <c r="K260" t="s">
         <v>22</v>
       </c>
       <c r="L260" t="s">
         <v>22</v>
       </c>
@@ -24518,57 +24552,57 @@
       </c>
       <c r="X260" t="s">
         <v>22</v>
       </c>
       <c r="Y260" t="s">
         <v>22</v>
       </c>
       <c r="Z260" t="s">
         <v>22</v>
       </c>
       <c r="AA260" t="s">
         <v>22</v>
       </c>
       <c r="AB260" t="s">
         <v>22</v>
       </c>
       <c r="AC260" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="261" spans="1:29">
       <c r="A261">
         <v>259</v>
       </c>
       <c r="B261" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E261">
         <v>0</v>
       </c>
       <c r="F261" t="s">
         <v>22</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
         <v>22</v>
       </c>
       <c r="K261" t="s">
         <v>22</v>
       </c>
       <c r="L261" t="s">
         <v>22</v>
       </c>
@@ -24607,57 +24641,57 @@
       </c>
       <c r="X261" t="s">
         <v>22</v>
       </c>
       <c r="Y261" t="s">
         <v>22</v>
       </c>
       <c r="Z261" t="s">
         <v>22</v>
       </c>
       <c r="AA261" t="s">
         <v>22</v>
       </c>
       <c r="AB261" t="s">
         <v>22</v>
       </c>
       <c r="AC261" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="262" spans="1:29">
       <c r="A262">
         <v>260</v>
       </c>
       <c r="B262" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E262">
         <v>0</v>
       </c>
       <c r="F262" t="s">
         <v>22</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262" t="s">
         <v>22</v>
       </c>
       <c r="I262" t="s">
         <v>22</v>
       </c>
       <c r="J262" t="s">
         <v>22</v>
       </c>
       <c r="K262" t="s">
         <v>22</v>
       </c>
       <c r="L262" t="s">
         <v>22</v>
       </c>
@@ -24696,57 +24730,55 @@
       </c>
       <c r="X262" t="s">
         <v>22</v>
       </c>
       <c r="Y262" t="s">
         <v>22</v>
       </c>
       <c r="Z262" t="s">
         <v>22</v>
       </c>
       <c r="AA262" t="s">
         <v>22</v>
       </c>
       <c r="AB262" t="s">
         <v>22</v>
       </c>
       <c r="AC262" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="263" spans="1:29">
       <c r="A263">
         <v>261</v>
       </c>
       <c r="B263" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C263"/>
       <c r="D263" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="E263">
         <v>0</v>
       </c>
       <c r="F263" t="s">
         <v>22</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263" t="s">
         <v>22</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>22</v>
       </c>
       <c r="K263" t="s">
         <v>22</v>
       </c>
       <c r="L263" t="s">
         <v>22</v>
       </c>
@@ -24785,57 +24817,57 @@
       </c>
       <c r="X263" t="s">
         <v>22</v>
       </c>
       <c r="Y263" t="s">
         <v>22</v>
       </c>
       <c r="Z263" t="s">
         <v>22</v>
       </c>
       <c r="AA263" t="s">
         <v>22</v>
       </c>
       <c r="AB263" t="s">
         <v>22</v>
       </c>
       <c r="AC263" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="264" spans="1:29">
       <c r="A264">
         <v>262</v>
       </c>
       <c r="B264" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E264">
         <v>0</v>
       </c>
       <c r="F264" t="s">
         <v>22</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>22</v>
       </c>
       <c r="K264" t="s">
         <v>22</v>
       </c>
       <c r="L264" t="s">
         <v>22</v>
       </c>
@@ -24874,57 +24906,57 @@
       </c>
       <c r="X264" t="s">
         <v>22</v>
       </c>
       <c r="Y264" t="s">
         <v>22</v>
       </c>
       <c r="Z264" t="s">
         <v>22</v>
       </c>
       <c r="AA264" t="s">
         <v>22</v>
       </c>
       <c r="AB264" t="s">
         <v>22</v>
       </c>
       <c r="AC264" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="265" spans="1:29">
       <c r="A265">
         <v>263</v>
       </c>
       <c r="B265" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E265">
         <v>0</v>
       </c>
       <c r="F265" t="s">
         <v>22</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265" t="s">
         <v>22</v>
       </c>
       <c r="I265" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>22</v>
       </c>
       <c r="K265" t="s">
         <v>22</v>
       </c>
       <c r="L265" t="s">
         <v>22</v>
       </c>
@@ -24963,57 +24995,57 @@
       </c>
       <c r="X265" t="s">
         <v>22</v>
       </c>
       <c r="Y265" t="s">
         <v>22</v>
       </c>
       <c r="Z265" t="s">
         <v>22</v>
       </c>
       <c r="AA265" t="s">
         <v>22</v>
       </c>
       <c r="AB265" t="s">
         <v>22</v>
       </c>
       <c r="AC265" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="266" spans="1:29">
       <c r="A266">
         <v>264</v>
       </c>
       <c r="B266" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="E266">
         <v>0</v>
       </c>
       <c r="F266" t="s">
         <v>22</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266" t="s">
         <v>22</v>
       </c>
       <c r="I266" t="s">
         <v>22</v>
       </c>
       <c r="J266" t="s">
         <v>22</v>
       </c>
       <c r="K266" t="s">
         <v>22</v>
       </c>
       <c r="L266" t="s">
         <v>22</v>
       </c>
@@ -25052,57 +25084,57 @@
       </c>
       <c r="X266" t="s">
         <v>22</v>
       </c>
       <c r="Y266" t="s">
         <v>22</v>
       </c>
       <c r="Z266" t="s">
         <v>22</v>
       </c>
       <c r="AA266" t="s">
         <v>22</v>
       </c>
       <c r="AB266" t="s">
         <v>22</v>
       </c>
       <c r="AC266" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="267" spans="1:29">
       <c r="A267">
         <v>265</v>
       </c>
       <c r="B267" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="E267">
         <v>0</v>
       </c>
       <c r="F267" t="s">
         <v>22</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267" t="s">
         <v>22</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
         <v>22</v>
       </c>
       <c r="K267" t="s">
         <v>22</v>
       </c>
       <c r="L267" t="s">
         <v>22</v>
       </c>
@@ -25141,591 +25173,589 @@
       </c>
       <c r="X267" t="s">
         <v>22</v>
       </c>
       <c r="Y267" t="s">
         <v>22</v>
       </c>
       <c r="Z267" t="s">
         <v>22</v>
       </c>
       <c r="AA267" t="s">
         <v>22</v>
       </c>
       <c r="AB267" t="s">
         <v>22</v>
       </c>
       <c r="AC267" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="268" spans="1:29">
       <c r="A268">
         <v>266</v>
       </c>
       <c r="B268" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C268"/>
       <c r="D268" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="E268">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F268" t="s">
         <v>22</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268" t="s">
         <v>22</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
         <v>22</v>
       </c>
       <c r="K268" t="s">
         <v>22</v>
       </c>
       <c r="L268" t="s">
         <v>22</v>
       </c>
       <c r="M268" t="s">
         <v>22</v>
       </c>
       <c r="N268" t="s">
         <v>22</v>
       </c>
       <c r="O268" t="s">
         <v>22</v>
       </c>
       <c r="P268" t="s">
         <v>22</v>
       </c>
       <c r="Q268" t="s">
         <v>22</v>
       </c>
       <c r="R268" t="s">
         <v>22</v>
       </c>
-      <c r="S268">
-        <v>1</v>
+      <c r="S268" t="s">
+        <v>22</v>
       </c>
       <c r="T268" t="s">
         <v>22</v>
       </c>
       <c r="U268" t="s">
         <v>22</v>
       </c>
       <c r="V268" t="s">
         <v>22</v>
       </c>
       <c r="W268" t="s">
         <v>22</v>
       </c>
       <c r="X268" t="s">
         <v>22</v>
       </c>
       <c r="Y268" t="s">
         <v>22</v>
       </c>
       <c r="Z268" t="s">
         <v>22</v>
       </c>
       <c r="AA268" t="s">
         <v>22</v>
       </c>
       <c r="AB268" t="s">
         <v>22</v>
       </c>
       <c r="AC268" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:29">
       <c r="A269">
         <v>267</v>
       </c>
       <c r="B269" t="s">
         <v>311</v>
       </c>
-      <c r="C269" s="2" t="s">
-        <v>314</v>
+      <c r="C269" t="s">
+        <v>20</v>
       </c>
       <c r="D269" t="s">
         <v>312</v>
       </c>
       <c r="E269">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F269" t="s">
         <v>22</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269" t="s">
         <v>22</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>22</v>
       </c>
       <c r="K269" t="s">
         <v>22</v>
       </c>
       <c r="L269" t="s">
         <v>22</v>
       </c>
       <c r="M269" t="s">
         <v>22</v>
       </c>
       <c r="N269" t="s">
         <v>22</v>
       </c>
       <c r="O269" t="s">
         <v>22</v>
       </c>
       <c r="P269" t="s">
         <v>22</v>
       </c>
       <c r="Q269" t="s">
         <v>22</v>
       </c>
       <c r="R269" t="s">
         <v>22</v>
       </c>
-      <c r="S269">
-        <v>1</v>
+      <c r="S269" t="s">
+        <v>22</v>
       </c>
       <c r="T269" t="s">
         <v>22</v>
       </c>
       <c r="U269" t="s">
         <v>22</v>
       </c>
       <c r="V269" t="s">
         <v>22</v>
       </c>
       <c r="W269" t="s">
         <v>22</v>
       </c>
       <c r="X269" t="s">
         <v>22</v>
       </c>
       <c r="Y269" t="s">
         <v>22</v>
       </c>
       <c r="Z269" t="s">
         <v>22</v>
       </c>
       <c r="AA269" t="s">
         <v>22</v>
       </c>
       <c r="AB269" t="s">
         <v>22</v>
       </c>
       <c r="AC269" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="270" spans="1:29">
       <c r="A270">
         <v>268</v>
       </c>
       <c r="B270" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>313</v>
+      </c>
+      <c r="C270" t="s">
+        <v>20</v>
       </c>
       <c r="D270" t="s">
         <v>312</v>
       </c>
       <c r="E270">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F270" t="s">
         <v>22</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270" t="s">
         <v>22</v>
       </c>
       <c r="I270" t="s">
         <v>22</v>
       </c>
       <c r="J270" t="s">
         <v>22</v>
       </c>
       <c r="K270" t="s">
         <v>22</v>
       </c>
       <c r="L270" t="s">
         <v>22</v>
       </c>
       <c r="M270" t="s">
         <v>22</v>
       </c>
       <c r="N270" t="s">
         <v>22</v>
       </c>
       <c r="O270" t="s">
         <v>22</v>
       </c>
       <c r="P270" t="s">
         <v>22</v>
       </c>
       <c r="Q270" t="s">
         <v>22</v>
       </c>
-      <c r="R270">
-        <v>1</v>
+      <c r="R270" t="s">
+        <v>22</v>
       </c>
       <c r="S270" t="s">
         <v>22</v>
       </c>
       <c r="T270" t="s">
         <v>22</v>
       </c>
       <c r="U270" t="s">
         <v>22</v>
       </c>
       <c r="V270" t="s">
         <v>22</v>
       </c>
       <c r="W270" t="s">
         <v>22</v>
       </c>
       <c r="X270" t="s">
         <v>22</v>
       </c>
       <c r="Y270" t="s">
         <v>22</v>
       </c>
       <c r="Z270" t="s">
         <v>22</v>
       </c>
       <c r="AA270" t="s">
         <v>22</v>
       </c>
       <c r="AB270" t="s">
         <v>22</v>
       </c>
       <c r="AC270" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="271" spans="1:29">
       <c r="A271">
         <v>269</v>
       </c>
       <c r="B271" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C271" t="s">
-        <v>316</v>
+        <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>312</v>
       </c>
       <c r="E271">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F271" t="s">
         <v>22</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271" t="s">
         <v>22</v>
       </c>
       <c r="I271" t="s">
         <v>22</v>
       </c>
       <c r="J271" t="s">
         <v>22</v>
       </c>
       <c r="K271" t="s">
         <v>22</v>
       </c>
       <c r="L271" t="s">
         <v>22</v>
       </c>
       <c r="M271" t="s">
         <v>22</v>
       </c>
       <c r="N271" t="s">
         <v>22</v>
       </c>
       <c r="O271" t="s">
         <v>22</v>
       </c>
       <c r="P271" t="s">
         <v>22</v>
       </c>
       <c r="Q271" t="s">
         <v>22</v>
       </c>
-      <c r="R271">
-        <v>1</v>
+      <c r="R271" t="s">
+        <v>22</v>
       </c>
       <c r="S271" t="s">
         <v>22</v>
       </c>
       <c r="T271" t="s">
         <v>22</v>
       </c>
       <c r="U271" t="s">
         <v>22</v>
       </c>
       <c r="V271" t="s">
         <v>22</v>
       </c>
       <c r="W271" t="s">
         <v>22</v>
       </c>
       <c r="X271" t="s">
         <v>22</v>
       </c>
       <c r="Y271" t="s">
         <v>22</v>
       </c>
       <c r="Z271" t="s">
         <v>22</v>
       </c>
       <c r="AA271" t="s">
         <v>22</v>
       </c>
       <c r="AB271" t="s">
         <v>22</v>
       </c>
       <c r="AC271" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="272" spans="1:29">
       <c r="A272">
         <v>270</v>
       </c>
       <c r="B272" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>315</v>
+      </c>
+      <c r="C272" t="s">
+        <v>20</v>
       </c>
       <c r="D272" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E272">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F272" t="s">
         <v>22</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272" t="s">
         <v>22</v>
       </c>
       <c r="I272" t="s">
         <v>22</v>
       </c>
       <c r="J272" t="s">
         <v>22</v>
       </c>
       <c r="K272" t="s">
         <v>22</v>
       </c>
       <c r="L272" t="s">
         <v>22</v>
       </c>
       <c r="M272" t="s">
         <v>22</v>
       </c>
       <c r="N272" t="s">
         <v>22</v>
       </c>
       <c r="O272" t="s">
         <v>22</v>
       </c>
       <c r="P272" t="s">
         <v>22</v>
       </c>
       <c r="Q272" t="s">
         <v>22</v>
       </c>
-      <c r="R272">
-        <v>1</v>
+      <c r="R272" t="s">
+        <v>22</v>
       </c>
       <c r="S272" t="s">
         <v>22</v>
       </c>
       <c r="T272" t="s">
         <v>22</v>
       </c>
       <c r="U272" t="s">
         <v>22</v>
       </c>
       <c r="V272" t="s">
         <v>22</v>
       </c>
       <c r="W272" t="s">
         <v>22</v>
       </c>
       <c r="X272" t="s">
         <v>22</v>
       </c>
       <c r="Y272" t="s">
         <v>22</v>
       </c>
       <c r="Z272" t="s">
         <v>22</v>
       </c>
       <c r="AA272" t="s">
         <v>22</v>
       </c>
       <c r="AB272" t="s">
         <v>22</v>
       </c>
       <c r="AC272" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="273" spans="1:29">
       <c r="A273">
         <v>271</v>
       </c>
       <c r="B273" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>317</v>
+      </c>
+      <c r="C273" t="s">
+        <v>20</v>
       </c>
       <c r="D273" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E273">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F273" t="s">
         <v>22</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273" t="s">
         <v>22</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>22</v>
       </c>
       <c r="K273" t="s">
         <v>22</v>
       </c>
       <c r="L273" t="s">
         <v>22</v>
       </c>
       <c r="M273" t="s">
         <v>22</v>
       </c>
       <c r="N273" t="s">
         <v>22</v>
       </c>
       <c r="O273" t="s">
         <v>22</v>
       </c>
       <c r="P273" t="s">
         <v>22</v>
       </c>
       <c r="Q273" t="s">
         <v>22</v>
       </c>
       <c r="R273" t="s">
         <v>22</v>
       </c>
-      <c r="S273">
-        <v>1</v>
+      <c r="S273" t="s">
+        <v>22</v>
       </c>
       <c r="T273" t="s">
         <v>22</v>
       </c>
       <c r="U273" t="s">
         <v>22</v>
       </c>
       <c r="V273" t="s">
         <v>22</v>
       </c>
       <c r="W273" t="s">
         <v>22</v>
       </c>
       <c r="X273" t="s">
         <v>22</v>
       </c>
       <c r="Y273" t="s">
         <v>22</v>
       </c>
       <c r="Z273" t="s">
         <v>22</v>
       </c>
       <c r="AA273" t="s">
         <v>22</v>
       </c>
       <c r="AB273" t="s">
         <v>22</v>
       </c>
       <c r="AC273" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="274" spans="1:29">
       <c r="A274">
         <v>272</v>
       </c>
       <c r="B274" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="E274">
         <v>0</v>
       </c>
       <c r="F274" t="s">
         <v>22</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274" t="s">
         <v>22</v>
       </c>
       <c r="I274" t="s">
         <v>22</v>
       </c>
       <c r="J274" t="s">
         <v>22</v>
       </c>
       <c r="K274" t="s">
         <v>22</v>
       </c>
       <c r="L274" t="s">
         <v>22</v>
       </c>
@@ -25764,57 +25794,57 @@
       </c>
       <c r="X274" t="s">
         <v>22</v>
       </c>
       <c r="Y274" t="s">
         <v>22</v>
       </c>
       <c r="Z274" t="s">
         <v>22</v>
       </c>
       <c r="AA274" t="s">
         <v>22</v>
       </c>
       <c r="AB274" t="s">
         <v>22</v>
       </c>
       <c r="AC274" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="275" spans="1:29">
       <c r="A275">
         <v>273</v>
       </c>
       <c r="B275" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E275">
         <v>0</v>
       </c>
       <c r="F275" t="s">
         <v>22</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275" t="s">
         <v>22</v>
       </c>
       <c r="I275" t="s">
         <v>22</v>
       </c>
       <c r="J275" t="s">
         <v>22</v>
       </c>
       <c r="K275" t="s">
         <v>22</v>
       </c>
       <c r="L275" t="s">
         <v>22</v>
       </c>
@@ -25853,51 +25883,51 @@
       </c>
       <c r="X275" t="s">
         <v>22</v>
       </c>
       <c r="Y275" t="s">
         <v>22</v>
       </c>
       <c r="Z275" t="s">
         <v>22</v>
       </c>
       <c r="AA275" t="s">
         <v>22</v>
       </c>
       <c r="AB275" t="s">
         <v>22</v>
       </c>
       <c r="AC275" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="276" spans="1:29">
       <c r="A276">
         <v>274</v>
       </c>
       <c r="B276" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
         <v>322</v>
       </c>
       <c r="E276">
         <v>0</v>
       </c>
       <c r="F276" t="s">
         <v>22</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276" t="s">
         <v>22</v>
       </c>
       <c r="I276" t="s">
         <v>22</v>
       </c>
       <c r="J276" t="s">
         <v>22</v>
       </c>
@@ -25942,587 +25972,591 @@
       </c>
       <c r="X276" t="s">
         <v>22</v>
       </c>
       <c r="Y276" t="s">
         <v>22</v>
       </c>
       <c r="Z276" t="s">
         <v>22</v>
       </c>
       <c r="AA276" t="s">
         <v>22</v>
       </c>
       <c r="AB276" t="s">
         <v>22</v>
       </c>
       <c r="AC276" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="277" spans="1:29">
       <c r="A277">
         <v>275</v>
       </c>
       <c r="B277" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>321</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>323</v>
       </c>
       <c r="D277" t="s">
         <v>322</v>
       </c>
       <c r="E277">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F277" t="s">
         <v>22</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277" t="s">
         <v>22</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>22</v>
       </c>
       <c r="K277" t="s">
         <v>22</v>
       </c>
       <c r="L277" t="s">
         <v>22</v>
       </c>
       <c r="M277" t="s">
         <v>22</v>
       </c>
       <c r="N277" t="s">
         <v>22</v>
       </c>
       <c r="O277" t="s">
         <v>22</v>
       </c>
       <c r="P277" t="s">
         <v>22</v>
       </c>
       <c r="Q277" t="s">
         <v>22</v>
       </c>
       <c r="R277" t="s">
         <v>22</v>
       </c>
-      <c r="S277" t="s">
-        <v>22</v>
+      <c r="S277">
+        <v>1</v>
       </c>
       <c r="T277" t="s">
         <v>22</v>
       </c>
       <c r="U277" t="s">
         <v>22</v>
       </c>
       <c r="V277" t="s">
         <v>22</v>
       </c>
       <c r="W277" t="s">
         <v>22</v>
       </c>
       <c r="X277" t="s">
         <v>22</v>
       </c>
       <c r="Y277" t="s">
         <v>22</v>
       </c>
       <c r="Z277" t="s">
         <v>22</v>
       </c>
       <c r="AA277" t="s">
         <v>22</v>
       </c>
       <c r="AB277" t="s">
         <v>22</v>
       </c>
       <c r="AC277" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="278" spans="1:29">
       <c r="A278">
         <v>276</v>
       </c>
       <c r="B278" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C278"/>
+        <v>321</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>324</v>
+      </c>
       <c r="D278" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="E278">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F278" t="s">
         <v>22</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278" t="s">
         <v>22</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
         <v>22</v>
       </c>
       <c r="K278" t="s">
         <v>22</v>
       </c>
       <c r="L278" t="s">
         <v>22</v>
       </c>
       <c r="M278" t="s">
         <v>22</v>
       </c>
       <c r="N278" t="s">
         <v>22</v>
       </c>
       <c r="O278" t="s">
         <v>22</v>
       </c>
       <c r="P278" t="s">
         <v>22</v>
       </c>
       <c r="Q278" t="s">
         <v>22</v>
       </c>
       <c r="R278" t="s">
         <v>22</v>
       </c>
-      <c r="S278" t="s">
-        <v>22</v>
+      <c r="S278">
+        <v>1</v>
       </c>
       <c r="T278" t="s">
         <v>22</v>
       </c>
       <c r="U278" t="s">
         <v>22</v>
       </c>
       <c r="V278" t="s">
         <v>22</v>
       </c>
       <c r="W278" t="s">
         <v>22</v>
       </c>
       <c r="X278" t="s">
         <v>22</v>
       </c>
       <c r="Y278" t="s">
         <v>22</v>
       </c>
       <c r="Z278" t="s">
         <v>22</v>
       </c>
       <c r="AA278" t="s">
         <v>22</v>
       </c>
       <c r="AB278" t="s">
         <v>22</v>
       </c>
       <c r="AC278" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:29">
       <c r="A279">
         <v>277</v>
       </c>
       <c r="B279" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>321</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>325</v>
       </c>
       <c r="D279" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="E279">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F279" t="s">
         <v>22</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279" t="s">
         <v>22</v>
       </c>
       <c r="I279" t="s">
         <v>22</v>
       </c>
       <c r="J279" t="s">
         <v>22</v>
       </c>
       <c r="K279" t="s">
         <v>22</v>
       </c>
       <c r="L279" t="s">
         <v>22</v>
       </c>
       <c r="M279" t="s">
         <v>22</v>
       </c>
       <c r="N279" t="s">
         <v>22</v>
       </c>
       <c r="O279" t="s">
         <v>22</v>
       </c>
       <c r="P279" t="s">
         <v>22</v>
       </c>
       <c r="Q279" t="s">
         <v>22</v>
       </c>
-      <c r="R279" t="s">
-        <v>22</v>
+      <c r="R279">
+        <v>1</v>
       </c>
       <c r="S279" t="s">
         <v>22</v>
       </c>
       <c r="T279" t="s">
         <v>22</v>
       </c>
       <c r="U279" t="s">
         <v>22</v>
       </c>
       <c r="V279" t="s">
         <v>22</v>
       </c>
       <c r="W279" t="s">
         <v>22</v>
       </c>
       <c r="X279" t="s">
         <v>22</v>
       </c>
       <c r="Y279" t="s">
         <v>22</v>
       </c>
       <c r="Z279" t="s">
         <v>22</v>
       </c>
       <c r="AA279" t="s">
         <v>22</v>
       </c>
       <c r="AB279" t="s">
         <v>22</v>
       </c>
       <c r="AC279" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="280" spans="1:29">
       <c r="A280">
         <v>278</v>
       </c>
       <c r="B280" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C280" t="s">
-        <v>20</v>
+        <v>326</v>
       </c>
       <c r="D280" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="E280">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F280" t="s">
         <v>22</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280" t="s">
         <v>22</v>
       </c>
       <c r="I280" t="s">
         <v>22</v>
       </c>
       <c r="J280" t="s">
         <v>22</v>
       </c>
       <c r="K280" t="s">
         <v>22</v>
       </c>
       <c r="L280" t="s">
         <v>22</v>
       </c>
       <c r="M280" t="s">
         <v>22</v>
       </c>
       <c r="N280" t="s">
         <v>22</v>
       </c>
       <c r="O280" t="s">
         <v>22</v>
       </c>
       <c r="P280" t="s">
         <v>22</v>
       </c>
       <c r="Q280" t="s">
         <v>22</v>
       </c>
-      <c r="R280" t="s">
-        <v>22</v>
+      <c r="R280">
+        <v>1</v>
       </c>
       <c r="S280" t="s">
         <v>22</v>
       </c>
       <c r="T280" t="s">
         <v>22</v>
       </c>
       <c r="U280" t="s">
         <v>22</v>
       </c>
       <c r="V280" t="s">
         <v>22</v>
       </c>
       <c r="W280" t="s">
         <v>22</v>
       </c>
       <c r="X280" t="s">
         <v>22</v>
       </c>
       <c r="Y280" t="s">
         <v>22</v>
       </c>
       <c r="Z280" t="s">
         <v>22</v>
       </c>
       <c r="AA280" t="s">
         <v>22</v>
       </c>
       <c r="AB280" t="s">
         <v>22</v>
       </c>
       <c r="AC280" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="281" spans="1:29">
       <c r="A281">
         <v>279</v>
       </c>
       <c r="B281" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C281"/>
+        <v>321</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>327</v>
+      </c>
       <c r="D281" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="E281">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F281" t="s">
         <v>22</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281" t="s">
         <v>22</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>22</v>
       </c>
       <c r="L281" t="s">
         <v>22</v>
       </c>
       <c r="M281" t="s">
         <v>22</v>
       </c>
       <c r="N281" t="s">
         <v>22</v>
       </c>
       <c r="O281" t="s">
         <v>22</v>
       </c>
       <c r="P281" t="s">
         <v>22</v>
       </c>
       <c r="Q281" t="s">
         <v>22</v>
       </c>
-      <c r="R281" t="s">
-        <v>22</v>
+      <c r="R281">
+        <v>1</v>
       </c>
       <c r="S281" t="s">
         <v>22</v>
       </c>
       <c r="T281" t="s">
         <v>22</v>
       </c>
       <c r="U281" t="s">
         <v>22</v>
       </c>
       <c r="V281" t="s">
         <v>22</v>
       </c>
       <c r="W281" t="s">
         <v>22</v>
       </c>
       <c r="X281" t="s">
         <v>22</v>
       </c>
       <c r="Y281" t="s">
         <v>22</v>
       </c>
       <c r="Z281" t="s">
         <v>22</v>
       </c>
       <c r="AA281" t="s">
         <v>22</v>
       </c>
       <c r="AB281" t="s">
         <v>22</v>
       </c>
       <c r="AC281" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="282" spans="1:29">
       <c r="A282">
         <v>280</v>
       </c>
       <c r="B282" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>321</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>328</v>
       </c>
       <c r="D282" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="E282">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F282" t="s">
         <v>22</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282" t="s">
         <v>22</v>
       </c>
       <c r="I282" t="s">
         <v>22</v>
       </c>
       <c r="J282" t="s">
         <v>22</v>
       </c>
       <c r="K282" t="s">
         <v>22</v>
       </c>
       <c r="L282" t="s">
         <v>22</v>
       </c>
       <c r="M282" t="s">
         <v>22</v>
       </c>
       <c r="N282" t="s">
         <v>22</v>
       </c>
       <c r="O282" t="s">
         <v>22</v>
       </c>
       <c r="P282" t="s">
         <v>22</v>
       </c>
       <c r="Q282" t="s">
         <v>22</v>
       </c>
       <c r="R282" t="s">
         <v>22</v>
       </c>
-      <c r="S282" t="s">
-        <v>22</v>
+      <c r="S282">
+        <v>1</v>
       </c>
       <c r="T282" t="s">
         <v>22</v>
       </c>
       <c r="U282" t="s">
         <v>22</v>
       </c>
       <c r="V282" t="s">
         <v>22</v>
       </c>
       <c r="W282" t="s">
         <v>22</v>
       </c>
       <c r="X282" t="s">
         <v>22</v>
       </c>
       <c r="Y282" t="s">
         <v>22</v>
       </c>
       <c r="Z282" t="s">
         <v>22</v>
       </c>
       <c r="AA282" t="s">
         <v>22</v>
       </c>
       <c r="AB282" t="s">
         <v>22</v>
       </c>
       <c r="AC282" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:29">
       <c r="A283">
         <v>281</v>
       </c>
       <c r="B283" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C283" t="s">
         <v>20</v>
       </c>
       <c r="D283" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E283">
         <v>0</v>
       </c>
       <c r="F283" t="s">
         <v>22</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>22</v>
       </c>
       <c r="K283" t="s">
         <v>22</v>
       </c>
       <c r="L283" t="s">
         <v>22</v>
       </c>
@@ -26561,309 +26595,1106 @@
       </c>
       <c r="X283" t="s">
         <v>22</v>
       </c>
       <c r="Y283" t="s">
         <v>22</v>
       </c>
       <c r="Z283" t="s">
         <v>22</v>
       </c>
       <c r="AA283" t="s">
         <v>22</v>
       </c>
       <c r="AB283" t="s">
         <v>22</v>
       </c>
       <c r="AC283" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="284" spans="1:29">
       <c r="A284">
         <v>282</v>
       </c>
       <c r="B284" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>331</v>
+      </c>
+      <c r="C284" t="s">
+        <v>20</v>
       </c>
       <c r="D284" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E284">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F284" t="s">
         <v>22</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284" t="s">
         <v>22</v>
       </c>
       <c r="I284" t="s">
         <v>22</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>22</v>
       </c>
       <c r="L284" t="s">
         <v>22</v>
       </c>
       <c r="M284" t="s">
         <v>22</v>
       </c>
       <c r="N284" t="s">
         <v>22</v>
       </c>
       <c r="O284" t="s">
         <v>22</v>
       </c>
       <c r="P284" t="s">
         <v>22</v>
       </c>
       <c r="Q284" t="s">
         <v>22</v>
       </c>
-      <c r="R284">
-        <v>1</v>
+      <c r="R284" t="s">
+        <v>22</v>
       </c>
       <c r="S284" t="s">
         <v>22</v>
       </c>
       <c r="T284" t="s">
         <v>22</v>
       </c>
       <c r="U284" t="s">
         <v>22</v>
       </c>
       <c r="V284" t="s">
         <v>22</v>
       </c>
       <c r="W284" t="s">
         <v>22</v>
       </c>
       <c r="X284" t="s">
         <v>22</v>
       </c>
       <c r="Y284" t="s">
         <v>22</v>
       </c>
       <c r="Z284" t="s">
         <v>22</v>
       </c>
       <c r="AA284" t="s">
         <v>22</v>
       </c>
       <c r="AB284" t="s">
         <v>22</v>
       </c>
       <c r="AC284" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="285" spans="1:29">
       <c r="A285">
         <v>283</v>
       </c>
       <c r="B285" t="s">
         <v>333</v>
       </c>
-      <c r="C285" s="2" t="s">
-        <v>335</v>
+      <c r="C285" t="s">
+        <v>20</v>
       </c>
       <c r="D285" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E285">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F285" t="s">
         <v>22</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285" t="s">
         <v>22</v>
       </c>
       <c r="I285" t="s">
         <v>22</v>
       </c>
       <c r="J285" t="s">
         <v>22</v>
       </c>
       <c r="K285" t="s">
         <v>22</v>
       </c>
       <c r="L285" t="s">
         <v>22</v>
       </c>
       <c r="M285" t="s">
         <v>22</v>
       </c>
       <c r="N285" t="s">
         <v>22</v>
       </c>
       <c r="O285" t="s">
         <v>22</v>
       </c>
       <c r="P285" t="s">
         <v>22</v>
       </c>
       <c r="Q285" t="s">
         <v>22</v>
       </c>
-      <c r="R285">
-        <v>1</v>
+      <c r="R285" t="s">
+        <v>22</v>
       </c>
       <c r="S285" t="s">
         <v>22</v>
       </c>
       <c r="T285" t="s">
         <v>22</v>
       </c>
       <c r="U285" t="s">
         <v>22</v>
       </c>
       <c r="V285" t="s">
         <v>22</v>
       </c>
       <c r="W285" t="s">
         <v>22</v>
       </c>
       <c r="X285" t="s">
         <v>22</v>
       </c>
       <c r="Y285" t="s">
         <v>22</v>
       </c>
       <c r="Z285" t="s">
         <v>22</v>
       </c>
       <c r="AA285" t="s">
         <v>22</v>
       </c>
       <c r="AB285" t="s">
         <v>22</v>
       </c>
       <c r="AC285" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="286" spans="1:29">
       <c r="A286">
         <v>284</v>
       </c>
       <c r="B286" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="C286" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="C286" t="s">
+        <v>20</v>
+      </c>
+      <c r="D286" t="s">
+        <v>332</v>
+      </c>
+      <c r="E286">
+        <v>0</v>
+      </c>
+      <c r="F286" t="s">
+        <v>22</v>
+      </c>
+      <c r="G286" t="s">
+        <v>22</v>
+      </c>
+      <c r="H286" t="s">
+        <v>22</v>
+      </c>
+      <c r="I286" t="s">
+        <v>22</v>
+      </c>
+      <c r="J286" t="s">
+        <v>22</v>
+      </c>
+      <c r="K286" t="s">
+        <v>22</v>
+      </c>
+      <c r="L286" t="s">
+        <v>22</v>
+      </c>
+      <c r="M286" t="s">
+        <v>22</v>
+      </c>
+      <c r="N286" t="s">
+        <v>22</v>
+      </c>
+      <c r="O286" t="s">
+        <v>22</v>
+      </c>
+      <c r="P286" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>22</v>
+      </c>
+      <c r="R286" t="s">
+        <v>22</v>
+      </c>
+      <c r="S286" t="s">
+        <v>22</v>
+      </c>
+      <c r="T286" t="s">
+        <v>22</v>
+      </c>
+      <c r="U286" t="s">
+        <v>22</v>
+      </c>
+      <c r="V286" t="s">
+        <v>22</v>
+      </c>
+      <c r="W286" t="s">
+        <v>22</v>
+      </c>
+      <c r="X286" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y286" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z286" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA286" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB286" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC286" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="287" spans="1:29">
+      <c r="A287">
+        <v>285</v>
+      </c>
+      <c r="B287" t="s">
+        <v>22</v>
+      </c>
+      <c r="C287"/>
+      <c r="D287" t="s">
+        <v>335</v>
+      </c>
+      <c r="E287">
+        <v>0</v>
+      </c>
+      <c r="F287" t="s">
+        <v>22</v>
+      </c>
+      <c r="G287" t="s">
+        <v>22</v>
+      </c>
+      <c r="H287" t="s">
+        <v>22</v>
+      </c>
+      <c r="I287" t="s">
+        <v>22</v>
+      </c>
+      <c r="J287" t="s">
+        <v>22</v>
+      </c>
+      <c r="K287" t="s">
+        <v>22</v>
+      </c>
+      <c r="L287" t="s">
+        <v>22</v>
+      </c>
+      <c r="M287" t="s">
+        <v>22</v>
+      </c>
+      <c r="N287" t="s">
+        <v>22</v>
+      </c>
+      <c r="O287" t="s">
+        <v>22</v>
+      </c>
+      <c r="P287" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>22</v>
+      </c>
+      <c r="R287" t="s">
+        <v>22</v>
+      </c>
+      <c r="S287" t="s">
+        <v>22</v>
+      </c>
+      <c r="T287" t="s">
+        <v>22</v>
+      </c>
+      <c r="U287" t="s">
+        <v>22</v>
+      </c>
+      <c r="V287" t="s">
+        <v>22</v>
+      </c>
+      <c r="W287" t="s">
+        <v>22</v>
+      </c>
+      <c r="X287" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y287" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z287" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA287" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB287" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC287" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="288" spans="1:29">
+      <c r="A288">
+        <v>286</v>
+      </c>
+      <c r="B288" t="s">
         <v>336</v>
       </c>
-      <c r="D286" t="s">
-[...74 lines deleted...]
-      <c r="AC286" t="s">
+      <c r="C288" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" t="s">
+        <v>337</v>
+      </c>
+      <c r="E288">
+        <v>0</v>
+      </c>
+      <c r="F288" t="s">
+        <v>22</v>
+      </c>
+      <c r="G288" t="s">
+        <v>22</v>
+      </c>
+      <c r="H288" t="s">
+        <v>22</v>
+      </c>
+      <c r="I288" t="s">
+        <v>22</v>
+      </c>
+      <c r="J288" t="s">
+        <v>22</v>
+      </c>
+      <c r="K288" t="s">
+        <v>22</v>
+      </c>
+      <c r="L288" t="s">
+        <v>22</v>
+      </c>
+      <c r="M288" t="s">
+        <v>22</v>
+      </c>
+      <c r="N288" t="s">
+        <v>22</v>
+      </c>
+      <c r="O288" t="s">
+        <v>22</v>
+      </c>
+      <c r="P288" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>22</v>
+      </c>
+      <c r="R288" t="s">
+        <v>22</v>
+      </c>
+      <c r="S288" t="s">
+        <v>22</v>
+      </c>
+      <c r="T288" t="s">
+        <v>22</v>
+      </c>
+      <c r="U288" t="s">
+        <v>22</v>
+      </c>
+      <c r="V288" t="s">
+        <v>22</v>
+      </c>
+      <c r="W288" t="s">
+        <v>22</v>
+      </c>
+      <c r="X288" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y288" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z288" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA288" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB288" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC288" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="289" spans="1:29">
+      <c r="A289">
+        <v>287</v>
+      </c>
+      <c r="B289" t="s">
+        <v>338</v>
+      </c>
+      <c r="C289" t="s">
+        <v>20</v>
+      </c>
+      <c r="D289" t="s">
+        <v>337</v>
+      </c>
+      <c r="E289">
+        <v>0</v>
+      </c>
+      <c r="F289" t="s">
+        <v>22</v>
+      </c>
+      <c r="G289" t="s">
+        <v>22</v>
+      </c>
+      <c r="H289" t="s">
+        <v>22</v>
+      </c>
+      <c r="I289" t="s">
+        <v>22</v>
+      </c>
+      <c r="J289" t="s">
+        <v>22</v>
+      </c>
+      <c r="K289" t="s">
+        <v>22</v>
+      </c>
+      <c r="L289" t="s">
+        <v>22</v>
+      </c>
+      <c r="M289" t="s">
+        <v>22</v>
+      </c>
+      <c r="N289" t="s">
+        <v>22</v>
+      </c>
+      <c r="O289" t="s">
+        <v>22</v>
+      </c>
+      <c r="P289" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>22</v>
+      </c>
+      <c r="R289" t="s">
+        <v>22</v>
+      </c>
+      <c r="S289" t="s">
+        <v>22</v>
+      </c>
+      <c r="T289" t="s">
+        <v>22</v>
+      </c>
+      <c r="U289" t="s">
+        <v>22</v>
+      </c>
+      <c r="V289" t="s">
+        <v>22</v>
+      </c>
+      <c r="W289" t="s">
+        <v>22</v>
+      </c>
+      <c r="X289" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y289" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z289" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA289" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB289" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC289" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="290" spans="1:29">
+      <c r="A290">
+        <v>288</v>
+      </c>
+      <c r="B290" t="s">
+        <v>22</v>
+      </c>
+      <c r="C290"/>
+      <c r="D290" t="s">
+        <v>339</v>
+      </c>
+      <c r="E290">
+        <v>0</v>
+      </c>
+      <c r="F290" t="s">
+        <v>22</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290" t="s">
+        <v>22</v>
+      </c>
+      <c r="I290" t="s">
+        <v>22</v>
+      </c>
+      <c r="J290" t="s">
+        <v>22</v>
+      </c>
+      <c r="K290" t="s">
+        <v>22</v>
+      </c>
+      <c r="L290" t="s">
+        <v>22</v>
+      </c>
+      <c r="M290" t="s">
+        <v>22</v>
+      </c>
+      <c r="N290" t="s">
+        <v>22</v>
+      </c>
+      <c r="O290" t="s">
+        <v>22</v>
+      </c>
+      <c r="P290" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>22</v>
+      </c>
+      <c r="R290" t="s">
+        <v>22</v>
+      </c>
+      <c r="S290" t="s">
+        <v>22</v>
+      </c>
+      <c r="T290" t="s">
+        <v>22</v>
+      </c>
+      <c r="U290" t="s">
+        <v>22</v>
+      </c>
+      <c r="V290" t="s">
+        <v>22</v>
+      </c>
+      <c r="W290" t="s">
+        <v>22</v>
+      </c>
+      <c r="X290" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y290" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z290" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA290" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB290" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC290" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="291" spans="1:29">
+      <c r="A291">
+        <v>289</v>
+      </c>
+      <c r="B291" t="s">
+        <v>340</v>
+      </c>
+      <c r="C291" t="s">
+        <v>20</v>
+      </c>
+      <c r="D291" t="s">
+        <v>341</v>
+      </c>
+      <c r="E291">
+        <v>0</v>
+      </c>
+      <c r="F291" t="s">
+        <v>22</v>
+      </c>
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291" t="s">
+        <v>22</v>
+      </c>
+      <c r="I291" t="s">
+        <v>22</v>
+      </c>
+      <c r="J291" t="s">
+        <v>22</v>
+      </c>
+      <c r="K291" t="s">
+        <v>22</v>
+      </c>
+      <c r="L291" t="s">
+        <v>22</v>
+      </c>
+      <c r="M291" t="s">
+        <v>22</v>
+      </c>
+      <c r="N291" t="s">
+        <v>22</v>
+      </c>
+      <c r="O291" t="s">
+        <v>22</v>
+      </c>
+      <c r="P291" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>22</v>
+      </c>
+      <c r="R291" t="s">
+        <v>22</v>
+      </c>
+      <c r="S291" t="s">
+        <v>22</v>
+      </c>
+      <c r="T291" t="s">
+        <v>22</v>
+      </c>
+      <c r="U291" t="s">
+        <v>22</v>
+      </c>
+      <c r="V291" t="s">
+        <v>22</v>
+      </c>
+      <c r="W291" t="s">
+        <v>22</v>
+      </c>
+      <c r="X291" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y291" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z291" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA291" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB291" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC291" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="292" spans="1:29">
+      <c r="A292">
+        <v>290</v>
+      </c>
+      <c r="B292" t="s">
+        <v>342</v>
+      </c>
+      <c r="C292" t="s">
+        <v>20</v>
+      </c>
+      <c r="D292" t="s">
+        <v>341</v>
+      </c>
+      <c r="E292">
+        <v>0</v>
+      </c>
+      <c r="F292" t="s">
+        <v>22</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292" t="s">
+        <v>22</v>
+      </c>
+      <c r="I292" t="s">
+        <v>22</v>
+      </c>
+      <c r="J292" t="s">
+        <v>22</v>
+      </c>
+      <c r="K292" t="s">
+        <v>22</v>
+      </c>
+      <c r="L292" t="s">
+        <v>22</v>
+      </c>
+      <c r="M292" t="s">
+        <v>22</v>
+      </c>
+      <c r="N292" t="s">
+        <v>22</v>
+      </c>
+      <c r="O292" t="s">
+        <v>22</v>
+      </c>
+      <c r="P292" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>22</v>
+      </c>
+      <c r="R292" t="s">
+        <v>22</v>
+      </c>
+      <c r="S292" t="s">
+        <v>22</v>
+      </c>
+      <c r="T292" t="s">
+        <v>22</v>
+      </c>
+      <c r="U292" t="s">
+        <v>22</v>
+      </c>
+      <c r="V292" t="s">
+        <v>22</v>
+      </c>
+      <c r="W292" t="s">
+        <v>22</v>
+      </c>
+      <c r="X292" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y292" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z292" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA292" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB292" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC292" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="293" spans="1:29">
+      <c r="A293">
+        <v>291</v>
+      </c>
+      <c r="B293" t="s">
+        <v>343</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D293" t="s">
+        <v>341</v>
+      </c>
+      <c r="E293">
+        <v>1</v>
+      </c>
+      <c r="F293" t="s">
+        <v>22</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293" t="s">
+        <v>22</v>
+      </c>
+      <c r="I293" t="s">
+        <v>22</v>
+      </c>
+      <c r="J293" t="s">
+        <v>22</v>
+      </c>
+      <c r="K293" t="s">
+        <v>22</v>
+      </c>
+      <c r="L293" t="s">
+        <v>22</v>
+      </c>
+      <c r="M293" t="s">
+        <v>22</v>
+      </c>
+      <c r="N293" t="s">
+        <v>22</v>
+      </c>
+      <c r="O293" t="s">
+        <v>22</v>
+      </c>
+      <c r="P293" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>22</v>
+      </c>
+      <c r="R293">
+        <v>1</v>
+      </c>
+      <c r="S293" t="s">
+        <v>22</v>
+      </c>
+      <c r="T293" t="s">
+        <v>22</v>
+      </c>
+      <c r="U293" t="s">
+        <v>22</v>
+      </c>
+      <c r="V293" t="s">
+        <v>22</v>
+      </c>
+      <c r="W293" t="s">
+        <v>22</v>
+      </c>
+      <c r="X293" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y293" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z293" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA293" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB293" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC293" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="294" spans="1:29">
+      <c r="A294">
+        <v>292</v>
+      </c>
+      <c r="B294" t="s">
+        <v>343</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="D294" t="s">
+        <v>341</v>
+      </c>
+      <c r="E294">
+        <v>1</v>
+      </c>
+      <c r="F294" t="s">
+        <v>22</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294" t="s">
+        <v>22</v>
+      </c>
+      <c r="I294" t="s">
+        <v>22</v>
+      </c>
+      <c r="J294" t="s">
+        <v>22</v>
+      </c>
+      <c r="K294" t="s">
+        <v>22</v>
+      </c>
+      <c r="L294" t="s">
+        <v>22</v>
+      </c>
+      <c r="M294" t="s">
+        <v>22</v>
+      </c>
+      <c r="N294" t="s">
+        <v>22</v>
+      </c>
+      <c r="O294" t="s">
+        <v>22</v>
+      </c>
+      <c r="P294" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>22</v>
+      </c>
+      <c r="R294">
+        <v>1</v>
+      </c>
+      <c r="S294" t="s">
+        <v>22</v>
+      </c>
+      <c r="T294" t="s">
+        <v>22</v>
+      </c>
+      <c r="U294" t="s">
+        <v>22</v>
+      </c>
+      <c r="V294" t="s">
+        <v>22</v>
+      </c>
+      <c r="W294" t="s">
+        <v>22</v>
+      </c>
+      <c r="X294" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y294" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z294" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA294" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB294" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC294" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="295" spans="1:29">
+      <c r="A295">
+        <v>293</v>
+      </c>
+      <c r="B295" t="s">
+        <v>343</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D295" t="s">
+        <v>341</v>
+      </c>
+      <c r="E295">
+        <v>1</v>
+      </c>
+      <c r="F295" t="s">
+        <v>22</v>
+      </c>
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295" t="s">
+        <v>22</v>
+      </c>
+      <c r="I295" t="s">
+        <v>22</v>
+      </c>
+      <c r="J295" t="s">
+        <v>22</v>
+      </c>
+      <c r="K295" t="s">
+        <v>22</v>
+      </c>
+      <c r="L295" t="s">
+        <v>22</v>
+      </c>
+      <c r="M295" t="s">
+        <v>22</v>
+      </c>
+      <c r="N295" t="s">
+        <v>22</v>
+      </c>
+      <c r="O295" t="s">
+        <v>22</v>
+      </c>
+      <c r="P295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>22</v>
+      </c>
+      <c r="R295">
+        <v>1</v>
+      </c>
+      <c r="S295" t="s">
+        <v>22</v>
+      </c>
+      <c r="T295" t="s">
+        <v>22</v>
+      </c>
+      <c r="U295" t="s">
+        <v>22</v>
+      </c>
+      <c r="V295" t="s">
+        <v>22</v>
+      </c>
+      <c r="W295" t="s">
+        <v>22</v>
+      </c>
+      <c r="X295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC295" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="L1:M1"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="P1:Q1"/>
     <mergeCell ref="R1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:W1"/>
     <mergeCell ref="X1:Y1"/>
     <mergeCell ref="Z1:AA1"/>
     <mergeCell ref="AB1:AC1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <hyperlinks>
@@ -26902,169 +27733,174 @@
     <hyperlink ref="C51" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_34"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_36"/>
     <hyperlink ref="C55" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_38"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_40"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_53"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_54"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_57"/>
-    <hyperlink ref="C81" r:id="rId_hyperlink_58"/>
-[...84 lines deleted...]
-    <hyperlink ref="C181" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="C76" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="C77" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="C79" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="C80" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="C92" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="C94" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="C95" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="C96" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="C97" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="C98" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="C103" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="C108" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="C109" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="C110" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="C111" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C112" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C113" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C114" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="C115" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="C116" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="C117" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="C118" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="C119" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="C120" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="C121" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="C122" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="C123" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="C124" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="C125" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="C126" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="C127" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C128" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C129" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="C130" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="C131" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="C132" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="C133" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="C134" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="C135" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="C136" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="C137" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="C138" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="C139" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="C140" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="C141" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="C142" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="C143" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="C144" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="C145" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="C146" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="C147" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="C148" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="C149" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="C150" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="C151" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="C152" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="C153" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="C154" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="C155" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="C156" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="C157" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="C158" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="C159" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="C160" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="C161" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="C162" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="C163" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="C164" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="C165" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="C166" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="C167" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="C168" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="C169" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="C170" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="C171" r:id="rId_hyperlink_143"/>
     <hyperlink ref="C182" r:id="rId_hyperlink_144"/>
-    <hyperlink ref="C183" r:id="rId_hyperlink_145"/>
-[...9 lines deleted...]
-    <hyperlink ref="C226" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="C184" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="C185" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C186" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="C187" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="C188" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="C189" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="C190" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="C220" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C221" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="C222" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="C223" r:id="rId_hyperlink_155"/>
     <hyperlink ref="C227" r:id="rId_hyperlink_156"/>
-    <hyperlink ref="C228" r:id="rId_hyperlink_157"/>
-[...18 lines deleted...]
-    <hyperlink ref="C286" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="C230" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="C231" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="C232" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="C233" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="C234" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="C235" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="C236" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="C237" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="C238" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="C239" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="C240" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="C241" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="C242" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="C243" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="C244" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="C250" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="C251" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="C277" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="C278" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="C279" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="C281" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="C282" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="C293" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="C294" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="C295" r:id="rId_hyperlink_181"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>