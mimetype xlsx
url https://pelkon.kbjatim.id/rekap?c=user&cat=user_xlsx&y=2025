--- v1 (2025-12-04)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="353">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidan</t>
   </si>
   <si>
     <t>Akseptor</t>
   </si>
   <si>
     <t>Kabkota</t>
   </si>
   <si>
     <t>JML</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>IUD</t>
   </si>
   <si>
     <t>Imp</t>
   </si>
   <si>
@@ -321,50 +321,68 @@
     <t>SRIYAH / 36 / 3 th / 0 bln / 2 / 2025-08-27/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>JUMIÁH / 35 / 3 th / 0 bln / 2 / 2025-09-08/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>YUNITA SARI / 24 / 6 th / 6 bln / 1 / 2025-09-24/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>SUMIYATUN / 45 / 11 th / 4 bln / 2 / 2025-09-29/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>ANA SOFIATIN / 24 / 4 th / 0 bln / 1 / 2025-10-28/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>ANIS SETIYO RAHAYU / 39 / 9 th / 0 bln / 2 / 2025-10-29/ KB Ulang/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>YUNIK / 42 / 24 th / 0 bln / 1 / 2025-11-01/ Ganti Cara/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>SUWATI / 44 / 8 th / 0 bln / 2 / 2025-11-12/ Ganti Cara/  IUD/ Puskesmas</t>
   </si>
   <si>
     <t>SITI / 43 / 6 th / 0 bln / 2 / 2025-11-15/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>MARIATU ULFA / 29 / 0 th / 2 bln / 2 / 2025-12-06/ KB PascaSalin/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>MARLIAH / 33 / 7 th / 0 bln / 2 / 2025-12-12/ Ganti Cara/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>SITI INTAN KUMALA S. / 33 / 3 th / 0 bln / 1 / 2025-12-12/ Ganti Cara/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>DAMINTRI / 31 / 6 th / 0 bln / 2 / 2025-12-16/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>KAMDARI / 34 / 9 th / 0 bln / 2 / 2025-12-16/ KB Ulang/  Implant/ Puskesmas</t>
+  </si>
+  <si>
+    <t>YULIATIN / 36 / 0 th / 1 bln / 2 / 2025-12-27/ KB PascaSalin/  Implant/ Puskesmas</t>
   </si>
   <si>
     <t>Kabupaten Bondowoso</t>
   </si>
   <si>
     <t>Shelynda Eka Olivia, A.Md.Keb</t>
   </si>
   <si>
     <t>Kabupaten Gresik</t>
   </si>
   <si>
     <t>Khusnul Khotimah, Amd.Keb</t>
   </si>
   <si>
     <t>Kabupaten Jember</t>
   </si>
   <si>
     <t>Dian Fatmawati, Amd.keb</t>
   </si>
   <si>
     <t>Sujiati, A.Md.Keb</t>
   </si>
   <si>
     <t>Zulfa azizah / 47 / 16 th / 0 bln / 2 / 2025-01-25/ KB Ulang/  IUD/ Puskesmas</t>
   </si>
@@ -1426,63 +1444,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/erin_091603750_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/nur afita_091759049_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/juhairiyah_091838476_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/inayah_091947002_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/amirotu_092033997_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/linda ayu pasang implan 140120_104359654_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250127/heni rutiyani pasang implan pa_070637825_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/afifatus sya_diyah pasang impl_142916833_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sumiyati pasang implan 220125_142803335_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sri wiyati pasang implan gc 22_142605080_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250120/marmi pasang implan 200125_130904357_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/eca wahyu setiani pasang impla_182543523_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/yayuk pasang iud 14012025_104248586_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250208/riska ayu septiana pasang impl_105403958_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250210/aimatus sholikah pasang iud 10_161813491_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250310/siti maghfiroh pasang implan 1_114329764_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250312/pasang iud siti isaroh 110325_140930679_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250410/ita fitria ulfa lepas pasang i_134122986_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250415/hermin wahyuni lepas pasang im_124107996_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/kartingah lepas pasang implan _112350568_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/sati pasang implan 190425_112522742_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250423/endang rina fitriabti cabut pa_110837486_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250428/anik alifatin cabut pasang imp_122830334_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250506/irva saputri pasang iud 60525_120034855_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/suwati cabut pasang iud 070525_120623169_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/erni ratna dewi bongkar pasang_120759671_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/yeni oktavia pasang implan 100_120932060_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/maemonah pasang implan 100525_121100000_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/umul khoiri cabut pasang impla_150208406_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/ilfa nurul munafiah cabut pasa_150237203_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/elawati pasang implan 170525_150521472_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/catur kania pasang implan 2105_130825242_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/epitamala pasang implan 220525_084405069_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/yeni saputri pasang implan 220_084509784_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250524/rina rohmawati pasang iud 2405_114135644_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/siti aminah pasang iud 280525_120408444_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/harnanik cabut pasang iud 2805_120511649_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/nur kholishotin pasang iud 280_120757438_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/ita sari asnanik pasang implan_120846532_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/marmi cabut pasang iud 20625_135723594_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/ernawati cabut pasang implan 2_135815819_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250614/alviatul rohmah pasang implan _234408571_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250625/astutik cabut pasang implan 23_205433877_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/chintia putri aliyah cabut pas_124103321_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/yulianik eka cabut pasang iud _124309325_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250704/siti mahmudah cabut implan gan_101505722_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/sri wahyuni cabut pasang impla_185202613_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/juwariyah cabut pasang implan _185359915_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250725/kholifah pasang iud 250725_122810772_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250801/supiin cabut pasang implan 010_144712399_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250811/khoirul kurniawatun pasang iud_133738375_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/batin rohmani pasang implan 19_223906044_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/tutik h. cabut pasang implan 1_224053275_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/sriyah cabut pasang implan 270_224223213_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250911/jumi_ah cabut pasang implan 08_132834419_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250924/yunita sari pasang implan 2309_124343110_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251003/sumiyatun cabut pasang implan _125249219_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251028/ana sofiatin cabut pasang impl_100148893_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251029/anis setiyo rahayu cabut pasan_113618646_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251113/suwati pasang iud 121125_132233041_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251115/siti cabut pasang implan 15112_115531851_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250125/kb iud 25 jan 2025_103527269_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/kartu peserta kb kania septi_090415373_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/px kb baru heni_103250938_50966.jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250519/kb implant desi r 16 mei 2025_113003134_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 iud uswatun hasanah_110235278_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 firda niswa_110423393_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 hilyatul_110531173_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nonik i_110701879_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 sari sudarwati_111003723_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 robiyah_111118286_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nasiyati_111254256_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 faimatul h_111408445_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 winarsih_111530029_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 agustin r_111642418_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 ria fifi lestari_111748542_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nurul jannah_111859718_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 junita sari_112007628_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 devi lestari_112125284_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130614761_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130708083_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131006035_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131140921_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132224034_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132409764_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132455300_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132550980_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132646301_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132810138_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132911811_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133248791_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133534606_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133822931_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133930194_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134222421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134302952_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134349928_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134438783_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_135925051_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140255890_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140717281_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141001421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141107697_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141252413_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141340633_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141432530_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141551491_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142024060_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142149607_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142708825_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142801449_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143002515_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143300760_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143345107_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_144644203_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145309866_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145440134_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145539267_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145632818_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144340407_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144440410_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144545710_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144632679_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144832336_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144954677_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145057436_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145220474_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145606498_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145748871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150036110_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150357848_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150349675_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150510081_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082712673_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082954746_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_083057482_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_084949151_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085103513_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085153044_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085253871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085347898_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085529781_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085654000_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250226/img20250221110405_163700487_50781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/11_01_2025 sri dewiati _implan_222407548_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 syah munetoria _imp_222112555_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 krystine vita kumal_222022145_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/17_01_2015 nur afifah _implan__221903811_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/20_01_2025 nurul maulidiyah _i_221737343_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 umi riatul mutmaina_221600965_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 nur kholilah _impla_221514823_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/boirah impant_111444259_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/wiwin implant_111748225_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/endang implant_112328539_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/dina implant_113528287_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250213/173943079846151380902825564559_141414091_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0003_143431665_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0006_143534361_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0005_143720199_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0004_1__143831368_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0008_143923780_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0001_144014233_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0007_144100630_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0002_144152647_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0019_145451688_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0016_145459251_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0020_145508030_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0018_145515588_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0017_145523805_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0021_145531907_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/img_20250516_wa0000_142121975_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250820/20250820_134444_220137513_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251112/20251106_082142_144353777_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/susan _implant_095655015_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/kuni_implant_095818433_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/luluk _iud 3 juli_100057073_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/tri wulan_ iud 3 juli_100851445_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/mei sunarti_implant 9 juli_101157470_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272135556386268134398662470_100309529_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272145758544329729066798777_100439093_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272171224771026184951391410_100851777_50975.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/erin_091603750_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/nur afita_091759049_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/juhairiyah_091838476_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/inayah_091947002_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250225/amirotu_092033997_50833.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/linda ayu pasang implan 140120_104359654_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250127/heni rutiyani pasang implan pa_070637825_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/afifatus sya_diyah pasang impl_142916833_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sumiyati pasang implan 220125_142803335_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250122/sri wiyati pasang implan gc 22_142605080_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250120/marmi pasang implan 200125_130904357_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/eca wahyu setiani pasang impla_182543523_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250114/yayuk pasang iud 14012025_104248586_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250208/riska ayu septiana pasang impl_105403958_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250210/aimatus sholikah pasang iud 10_161813491_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250310/siti maghfiroh pasang implan 1_114329764_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250312/pasang iud siti isaroh 110325_140930679_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250410/ita fitria ulfa lepas pasang i_134122986_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250415/hermin wahyuni lepas pasang im_124107996_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/kartingah lepas pasang implan _112350568_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250419/sati pasang implan 190425_112522742_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250423/endang rina fitriabti cabut pa_110837486_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250428/anik alifatin cabut pasang imp_122830334_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250506/irva saputri pasang iud 60525_120034855_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/suwati cabut pasang iud 070525_120623169_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/erni ratna dewi bongkar pasang_120759671_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/yeni oktavia pasang implan 100_120932060_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250510/maemonah pasang implan 100525_121100000_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/umul khoiri cabut pasang impla_150208406_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/ilfa nurul munafiah cabut pasa_150237203_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250518/elawati pasang implan 170525_150521472_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/catur kania pasang implan 2105_130825242_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/epitamala pasang implan 220525_084405069_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250523/yeni saputri pasang implan 220_084509784_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250524/rina rohmawati pasang iud 2405_114135644_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/siti aminah pasang iud 280525_120408444_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/harnanik cabut pasang iud 2805_120511649_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/nur kholishotin pasang iud 280_120757438_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250528/ita sari asnanik pasang implan_120846532_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/marmi cabut pasang iud 20625_135723594_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250602/ernawati cabut pasang implan 2_135815819_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250614/alviatul rohmah pasang implan _234408571_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250625/astutik cabut pasang implan 23_205433877_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/chintia putri aliyah cabut pas_124103321_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250703/yulianik eka cabut pasang iud _124309325_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250704/siti mahmudah cabut implan gan_101505722_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/sri wahyuni cabut pasang impla_185202613_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250719/juwariyah cabut pasang implan _185359915_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250725/kholifah pasang iud 250725_122810772_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250801/supiin cabut pasang implan 010_144712399_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250811/khoirul kurniawatun pasang iud_133738375_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/batin rohmani pasang implan 19_223906044_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/tutik h. cabut pasang implan 1_224053275_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250831/sriyah cabut pasang implan 270_224223213_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250911/jumi_ah cabut pasang implan 08_132834419_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250924/yunita sari pasang implan 2309_124343110_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251003/sumiyatun cabut pasang implan _125249219_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251028/ana sofiatin cabut pasang impl_100148893_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251029/anis setiyo rahayu cabut pasan_113618646_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251113/suwati pasang iud 121125_132233041_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251115/siti cabut pasang implan 15112_115531851_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251212/mariatu ulfa 061225_194521012_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251212/marliah pasang implan 121225_194655774_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251212/siti intan kumala s pasang imp_194753061_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251218/damintri cabut pasang implan 1_215400756_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251218/kamdari cabut pasang implan 16_215544223_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251228/yuliatin pasang implan 271225_203747112_50770.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250125/kb iud 25 jan 2025_103527269_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/kartu peserta kb kania septi_090415373_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250219/px kb baru heni_103250938_50966.jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250519/kb implant desi r 16 mei 2025_113003134_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 iud uswatun hasanah_110235278_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 firda niswa_110423393_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 hilyatul_110531173_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nonik i_110701879_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 sari sudarwati_111003723_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 robiyah_111118286_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nasiyati_111254256_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 faimatul h_111408445_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 winarsih_111530029_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 agustin r_111642418_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 ria fifi lestari_111748542_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 nurul jannah_111859718_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 junita sari_112007628_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250604/k4 devi lestari_112125284_50966.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130614761_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_130708083_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131006035_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 16_05_2025 12.59_131140921_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132224034_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132409764_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132455300_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132550980_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132646301_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132810138_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_132911811_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133248791_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133534606_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133822931_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_133930194_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134222421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134302952_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134349928_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb 13_17 jan 2025_134438783_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_135925051_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140255890_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_140717281_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141001421_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141107697_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141252413_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141340633_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141432530_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_141551491_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142024060_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250516/pelayanan kb feb 2025_142149607_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142708825_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_142801449_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143002515_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143300760_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 020625_143345107_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_144644203_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145309866_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145440134_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145539267_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250605/pelayanan kb 210425_145632818_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144340407_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144440410_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144545710_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144632679_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144832336_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_144954677_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145057436_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145220474_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145606498_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_145748871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150036110_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150357848_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150349675_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250827/kb 08_110825_150510081_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082712673_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_082954746_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_083057482_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_084949151_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085103513_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085153044_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085253871_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085347898_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085529781_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250828/kb juli 2025_085654000_50871.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250226/img20250221110405_163700487_50781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/11_01_2025 sri dewiati _implan_222407548_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 syah munetoria _imp_222112555_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/15_01_2025 krystine vita kumal_222022145_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/17_01_2015 nur afifah _implan__221903811_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/20_01_2025 nurul maulidiyah _i_221737343_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 umi riatul mutmaina_221600965_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250527/25_01_2025 nur kholilah _impla_221514823_50868.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/boirah impant_111444259_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/wiwin implant_111748225_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/endang implant_112328539_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250617/dina implant_113528287_50542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250213/173943079846151380902825564559_141414091_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0003_143431665_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0006_143534361_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0005_143720199_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0004_1__143831368_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0008_143923780_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0001_144014233_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0007_144100630_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250507_wa0002_144152647_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0019_145451688_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0016_145459251_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0020_145508030_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0018_145515588_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0017_145523805_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250509/img_20250509_wa0021_145531907_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250521/img_20250516_wa0000_142121975_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250820/20250820_134444_220137513_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/251112/20251106_082142_144353777_41211.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/susan _implant_095655015_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/kuni_implant_095818433_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/luluk _iud 3 juli_100057073_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/tri wulan_ iud 3 juli_100851445_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250709/mei sunarti_implant 9 juli_101157470_50973.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272135556386268134398662470_100309529_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272145758544329729066798777_100439093_50975.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pelkon.kbjatim.id/file/upload/ok/250717/175272171224771026184951391410_100851777_50975.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AC295"/>
+  <dimension ref="A1:AC301"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C295" sqref="C295"/>
+      <selection pane="bottomLeft" activeCell="C301" sqref="C301"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="70" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
@@ -8540,58 +8558,60 @@
       </c>
       <c r="X80" t="s">
         <v>22</v>
       </c>
       <c r="Y80" t="s">
         <v>22</v>
       </c>
       <c r="Z80" t="s">
         <v>22</v>
       </c>
       <c r="AA80">
         <v>1</v>
       </c>
       <c r="AB80" t="s">
         <v>22</v>
       </c>
       <c r="AC80" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:29">
       <c r="A81">
         <v>79</v>
       </c>
       <c r="B81" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>44</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="D81" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="E81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81" t="s">
         <v>22</v>
       </c>
       <c r="I81" t="s">
         <v>22</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>22</v>
       </c>
       <c r="L81" t="s">
         <v>22</v>
       </c>
       <c r="M81" t="s">
         <v>22</v>
       </c>
@@ -8618,69 +8638,69 @@
       </c>
       <c r="U81" t="s">
         <v>22</v>
       </c>
       <c r="V81" t="s">
         <v>22</v>
       </c>
       <c r="W81" t="s">
         <v>22</v>
       </c>
       <c r="X81" t="s">
         <v>22</v>
       </c>
       <c r="Y81" t="s">
         <v>22</v>
       </c>
       <c r="Z81" t="s">
         <v>22</v>
       </c>
       <c r="AA81" t="s">
         <v>22</v>
       </c>
       <c r="AB81" t="s">
         <v>22</v>
       </c>
-      <c r="AC81" t="s">
-        <v>22</v>
+      <c r="AC81">
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:29">
       <c r="A82">
         <v>80</v>
       </c>
       <c r="B82" t="s">
+        <v>44</v>
+      </c>
+      <c r="C82" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="C82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" t="s">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="E82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82" t="s">
         <v>22</v>
       </c>
       <c r="I82" t="s">
         <v>22</v>
       </c>
       <c r="J82" t="s">
         <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>22</v>
       </c>
       <c r="L82" t="s">
         <v>22</v>
       </c>
       <c r="M82" t="s">
         <v>22</v>
       </c>
@@ -8707,69 +8727,69 @@
       </c>
       <c r="U82" t="s">
         <v>22</v>
       </c>
       <c r="V82" t="s">
         <v>22</v>
       </c>
       <c r="W82" t="s">
         <v>22</v>
       </c>
       <c r="X82" t="s">
         <v>22</v>
       </c>
       <c r="Y82" t="s">
         <v>22</v>
       </c>
       <c r="Z82" t="s">
         <v>22</v>
       </c>
       <c r="AA82" t="s">
         <v>22</v>
       </c>
       <c r="AB82" t="s">
         <v>22</v>
       </c>
-      <c r="AC82" t="s">
-        <v>22</v>
+      <c r="AC82">
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:29">
       <c r="A83">
         <v>81</v>
       </c>
       <c r="B83" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="D83" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E83">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F83" t="s">
         <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83" t="s">
         <v>22</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
       <c r="K83" t="s">
         <v>22</v>
       </c>
       <c r="L83" t="s">
         <v>22</v>
       </c>
       <c r="M83" t="s">
         <v>22</v>
       </c>
@@ -8796,69 +8816,69 @@
       </c>
       <c r="U83" t="s">
         <v>22</v>
       </c>
       <c r="V83" t="s">
         <v>22</v>
       </c>
       <c r="W83" t="s">
         <v>22</v>
       </c>
       <c r="X83" t="s">
         <v>22</v>
       </c>
       <c r="Y83" t="s">
         <v>22</v>
       </c>
       <c r="Z83" t="s">
         <v>22</v>
       </c>
       <c r="AA83" t="s">
         <v>22</v>
       </c>
       <c r="AB83" t="s">
         <v>22</v>
       </c>
-      <c r="AC83" t="s">
-        <v>22</v>
+      <c r="AC83">
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:29">
       <c r="A84">
         <v>82</v>
       </c>
       <c r="B84" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="D84" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F84" t="s">
         <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84" t="s">
         <v>22</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84" t="s">
         <v>22</v>
       </c>
       <c r="L84" t="s">
         <v>22</v>
       </c>
       <c r="M84" t="s">
         <v>22</v>
       </c>
@@ -8885,69 +8905,69 @@
       </c>
       <c r="U84" t="s">
         <v>22</v>
       </c>
       <c r="V84" t="s">
         <v>22</v>
       </c>
       <c r="W84" t="s">
         <v>22</v>
       </c>
       <c r="X84" t="s">
         <v>22</v>
       </c>
       <c r="Y84" t="s">
         <v>22</v>
       </c>
       <c r="Z84" t="s">
         <v>22</v>
       </c>
       <c r="AA84" t="s">
         <v>22</v>
       </c>
       <c r="AB84" t="s">
         <v>22</v>
       </c>
-      <c r="AC84" t="s">
-        <v>22</v>
+      <c r="AC84">
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:29">
       <c r="A85">
         <v>83</v>
       </c>
       <c r="B85" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="D85" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E85">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F85" t="s">
         <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85" t="s">
         <v>22</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>22</v>
       </c>
       <c r="K85" t="s">
         <v>22</v>
       </c>
       <c r="L85" t="s">
         <v>22</v>
       </c>
       <c r="M85" t="s">
         <v>22</v>
       </c>
@@ -8974,72 +8994,72 @@
       </c>
       <c r="U85" t="s">
         <v>22</v>
       </c>
       <c r="V85" t="s">
         <v>22</v>
       </c>
       <c r="W85" t="s">
         <v>22</v>
       </c>
       <c r="X85" t="s">
         <v>22</v>
       </c>
       <c r="Y85" t="s">
         <v>22</v>
       </c>
       <c r="Z85" t="s">
         <v>22</v>
       </c>
       <c r="AA85" t="s">
         <v>22</v>
       </c>
       <c r="AB85" t="s">
         <v>22</v>
       </c>
-      <c r="AC85" t="s">
-        <v>22</v>
+      <c r="AC85">
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:29">
       <c r="A86">
         <v>84</v>
       </c>
       <c r="B86" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D86" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E86">
         <v>1</v>
       </c>
-      <c r="F86">
-        <v>1</v>
+      <c r="F86" t="s">
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86" t="s">
         <v>22</v>
       </c>
       <c r="I86" t="s">
         <v>22</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86" t="s">
         <v>22</v>
       </c>
       <c r="L86" t="s">
         <v>22</v>
       </c>
       <c r="M86" t="s">
         <v>22</v>
       </c>
       <c r="N86" t="s">
         <v>22</v>
       </c>
@@ -9063,78 +9083,76 @@
       </c>
       <c r="U86" t="s">
         <v>22</v>
       </c>
       <c r="V86" t="s">
         <v>22</v>
       </c>
       <c r="W86" t="s">
         <v>22</v>
       </c>
       <c r="X86" t="s">
         <v>22</v>
       </c>
       <c r="Y86" t="s">
         <v>22</v>
       </c>
       <c r="Z86" t="s">
         <v>22</v>
       </c>
       <c r="AA86" t="s">
         <v>22</v>
       </c>
       <c r="AB86" t="s">
         <v>22</v>
       </c>
-      <c r="AC86" t="s">
-        <v>22</v>
+      <c r="AC86">
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:29">
       <c r="A87">
         <v>85</v>
       </c>
       <c r="B87" t="s">
+        <v>22</v>
+      </c>
+      <c r="C87"/>
+      <c r="D87" t="s">
         <v>109</v>
       </c>
-      <c r="C87" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F87" t="s">
         <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
-      <c r="H87">
-        <v>1</v>
+      <c r="H87" t="s">
+        <v>22</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87" t="s">
         <v>22</v>
       </c>
       <c r="L87" t="s">
         <v>22</v>
       </c>
       <c r="M87" t="s">
         <v>22</v>
       </c>
       <c r="N87" t="s">
         <v>22</v>
       </c>
       <c r="O87" t="s">
         <v>22</v>
       </c>
       <c r="P87" t="s">
         <v>22</v>
       </c>
@@ -9161,69 +9179,69 @@
       </c>
       <c r="X87" t="s">
         <v>22</v>
       </c>
       <c r="Y87" t="s">
         <v>22</v>
       </c>
       <c r="Z87" t="s">
         <v>22</v>
       </c>
       <c r="AA87" t="s">
         <v>22</v>
       </c>
       <c r="AB87" t="s">
         <v>22</v>
       </c>
       <c r="AC87" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:29">
       <c r="A88">
         <v>86</v>
       </c>
       <c r="B88" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>110</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
       </c>
       <c r="D88" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E88">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
-      <c r="H88">
-        <v>1</v>
+      <c r="H88" t="s">
+        <v>22</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88" t="s">
         <v>22</v>
       </c>
       <c r="L88" t="s">
         <v>22</v>
       </c>
       <c r="M88" t="s">
         <v>22</v>
       </c>
       <c r="N88" t="s">
         <v>22</v>
       </c>
       <c r="O88" t="s">
         <v>22</v>
       </c>
       <c r="P88" t="s">
         <v>22</v>
       </c>
@@ -9250,176 +9268,176 @@
       </c>
       <c r="X88" t="s">
         <v>22</v>
       </c>
       <c r="Y88" t="s">
         <v>22</v>
       </c>
       <c r="Z88" t="s">
         <v>22</v>
       </c>
       <c r="AA88" t="s">
         <v>22</v>
       </c>
       <c r="AB88" t="s">
         <v>22</v>
       </c>
       <c r="AC88" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:29">
       <c r="A89">
         <v>87</v>
       </c>
       <c r="B89" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C89" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
         <v>113</v>
       </c>
-      <c r="D89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89" t="s">
         <v>22</v>
       </c>
       <c r="I89" t="s">
         <v>22</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89" t="s">
         <v>22</v>
       </c>
       <c r="L89" t="s">
         <v>22</v>
       </c>
       <c r="M89" t="s">
         <v>22</v>
       </c>
       <c r="N89" t="s">
         <v>22</v>
       </c>
-      <c r="O89">
-        <v>1</v>
+      <c r="O89" t="s">
+        <v>22</v>
       </c>
       <c r="P89" t="s">
         <v>22</v>
       </c>
       <c r="Q89" t="s">
         <v>22</v>
       </c>
       <c r="R89" t="s">
         <v>22</v>
       </c>
       <c r="S89" t="s">
         <v>22</v>
       </c>
       <c r="T89" t="s">
         <v>22</v>
       </c>
       <c r="U89" t="s">
         <v>22</v>
       </c>
       <c r="V89" t="s">
         <v>22</v>
       </c>
       <c r="W89" t="s">
         <v>22</v>
       </c>
       <c r="X89" t="s">
         <v>22</v>
       </c>
       <c r="Y89" t="s">
         <v>22</v>
       </c>
       <c r="Z89" t="s">
         <v>22</v>
       </c>
       <c r="AA89" t="s">
         <v>22</v>
       </c>
       <c r="AB89" t="s">
         <v>22</v>
       </c>
       <c r="AC89" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:29">
       <c r="A90">
         <v>88</v>
       </c>
       <c r="B90" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C90" s="2" t="s">
         <v>114</v>
       </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
       <c r="D90" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E90">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F90" t="s">
         <v>22</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90" t="s">
         <v>22</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90" t="s">
         <v>22</v>
       </c>
       <c r="L90" t="s">
         <v>22</v>
       </c>
       <c r="M90" t="s">
         <v>22</v>
       </c>
-      <c r="N90">
-        <v>1</v>
+      <c r="N90" t="s">
+        <v>22</v>
       </c>
       <c r="O90" t="s">
         <v>22</v>
       </c>
       <c r="P90" t="s">
         <v>22</v>
       </c>
       <c r="Q90" t="s">
         <v>22</v>
       </c>
       <c r="R90" t="s">
         <v>22</v>
       </c>
       <c r="S90" t="s">
         <v>22</v>
       </c>
       <c r="T90" t="s">
         <v>22</v>
       </c>
       <c r="U90" t="s">
         <v>22</v>
       </c>
       <c r="V90" t="s">
         <v>22</v>
       </c>
@@ -9428,413 +9446,413 @@
       </c>
       <c r="X90" t="s">
         <v>22</v>
       </c>
       <c r="Y90" t="s">
         <v>22</v>
       </c>
       <c r="Z90" t="s">
         <v>22</v>
       </c>
       <c r="AA90" t="s">
         <v>22</v>
       </c>
       <c r="AB90" t="s">
         <v>22</v>
       </c>
       <c r="AC90" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:29">
       <c r="A91">
         <v>89</v>
       </c>
       <c r="B91" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C91" s="2" t="s">
         <v>115</v>
       </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
       <c r="D91" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E91">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91" t="s">
         <v>22</v>
       </c>
       <c r="I91" t="s">
         <v>22</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
       <c r="L91" t="s">
         <v>22</v>
       </c>
       <c r="M91" t="s">
         <v>22</v>
       </c>
       <c r="N91" t="s">
         <v>22</v>
       </c>
-      <c r="O91">
-        <v>1</v>
+      <c r="O91" t="s">
+        <v>22</v>
       </c>
       <c r="P91" t="s">
         <v>22</v>
       </c>
       <c r="Q91" t="s">
         <v>22</v>
       </c>
       <c r="R91" t="s">
         <v>22</v>
       </c>
       <c r="S91" t="s">
         <v>22</v>
       </c>
       <c r="T91" t="s">
         <v>22</v>
       </c>
       <c r="U91" t="s">
         <v>22</v>
       </c>
       <c r="V91" t="s">
         <v>22</v>
       </c>
       <c r="W91" t="s">
         <v>22</v>
       </c>
       <c r="X91" t="s">
         <v>22</v>
       </c>
       <c r="Y91" t="s">
         <v>22</v>
       </c>
       <c r="Z91" t="s">
         <v>22</v>
       </c>
       <c r="AA91" t="s">
         <v>22</v>
       </c>
       <c r="AB91" t="s">
         <v>22</v>
       </c>
       <c r="AC91" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:29">
       <c r="A92">
         <v>90</v>
       </c>
       <c r="B92" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D92" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
-      <c r="F92" t="s">
-        <v>22</v>
+      <c r="F92">
+        <v>1</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92" t="s">
         <v>22</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92" t="s">
         <v>22</v>
       </c>
       <c r="L92" t="s">
         <v>22</v>
       </c>
       <c r="M92" t="s">
         <v>22</v>
       </c>
       <c r="N92" t="s">
         <v>22</v>
       </c>
-      <c r="O92">
-        <v>1</v>
+      <c r="O92" t="s">
+        <v>22</v>
       </c>
       <c r="P92" t="s">
         <v>22</v>
       </c>
       <c r="Q92" t="s">
         <v>22</v>
       </c>
       <c r="R92" t="s">
         <v>22</v>
       </c>
       <c r="S92" t="s">
         <v>22</v>
       </c>
       <c r="T92" t="s">
         <v>22</v>
       </c>
       <c r="U92" t="s">
         <v>22</v>
       </c>
       <c r="V92" t="s">
         <v>22</v>
       </c>
       <c r="W92" t="s">
         <v>22</v>
       </c>
       <c r="X92" t="s">
         <v>22</v>
       </c>
       <c r="Y92" t="s">
         <v>22</v>
       </c>
       <c r="Z92" t="s">
         <v>22</v>
       </c>
       <c r="AA92" t="s">
         <v>22</v>
       </c>
       <c r="AB92" t="s">
         <v>22</v>
       </c>
       <c r="AC92" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:29">
       <c r="A93">
         <v>91</v>
       </c>
       <c r="B93" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D93" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93" t="s">
         <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
-      <c r="H93" t="s">
-        <v>22</v>
+      <c r="H93">
+        <v>1</v>
       </c>
       <c r="I93" t="s">
         <v>22</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
       <c r="L93" t="s">
         <v>22</v>
       </c>
       <c r="M93" t="s">
         <v>22</v>
       </c>
       <c r="N93" t="s">
         <v>22</v>
       </c>
-      <c r="O93">
-        <v>1</v>
+      <c r="O93" t="s">
+        <v>22</v>
       </c>
       <c r="P93" t="s">
         <v>22</v>
       </c>
       <c r="Q93" t="s">
         <v>22</v>
       </c>
       <c r="R93" t="s">
         <v>22</v>
       </c>
       <c r="S93" t="s">
         <v>22</v>
       </c>
       <c r="T93" t="s">
         <v>22</v>
       </c>
       <c r="U93" t="s">
         <v>22</v>
       </c>
       <c r="V93" t="s">
         <v>22</v>
       </c>
       <c r="W93" t="s">
         <v>22</v>
       </c>
       <c r="X93" t="s">
         <v>22</v>
       </c>
       <c r="Y93" t="s">
         <v>22</v>
       </c>
       <c r="Z93" t="s">
         <v>22</v>
       </c>
       <c r="AA93" t="s">
         <v>22</v>
       </c>
       <c r="AB93" t="s">
         <v>22</v>
       </c>
       <c r="AC93" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:29">
       <c r="A94">
         <v>92</v>
       </c>
       <c r="B94" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D94" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E94">
         <v>1</v>
       </c>
       <c r="F94" t="s">
         <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
-      <c r="H94" t="s">
-        <v>22</v>
+      <c r="H94">
+        <v>1</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>22</v>
       </c>
       <c r="K94" t="s">
         <v>22</v>
       </c>
       <c r="L94" t="s">
         <v>22</v>
       </c>
       <c r="M94" t="s">
         <v>22</v>
       </c>
       <c r="N94" t="s">
         <v>22</v>
       </c>
-      <c r="O94">
-        <v>1</v>
+      <c r="O94" t="s">
+        <v>22</v>
       </c>
       <c r="P94" t="s">
         <v>22</v>
       </c>
       <c r="Q94" t="s">
         <v>22</v>
       </c>
       <c r="R94" t="s">
         <v>22</v>
       </c>
       <c r="S94" t="s">
         <v>22</v>
       </c>
       <c r="T94" t="s">
         <v>22</v>
       </c>
       <c r="U94" t="s">
         <v>22</v>
       </c>
       <c r="V94" t="s">
         <v>22</v>
       </c>
       <c r="W94" t="s">
         <v>22</v>
       </c>
       <c r="X94" t="s">
         <v>22</v>
       </c>
       <c r="Y94" t="s">
         <v>22</v>
       </c>
       <c r="Z94" t="s">
         <v>22</v>
       </c>
       <c r="AA94" t="s">
         <v>22</v>
       </c>
       <c r="AB94" t="s">
         <v>22</v>
       </c>
       <c r="AC94" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:29">
       <c r="A95">
         <v>93</v>
       </c>
       <c r="B95" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D95" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95" t="s">
         <v>22</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
       <c r="L95" t="s">
         <v>22</v>
       </c>
@@ -9873,146 +9891,146 @@
       </c>
       <c r="X95" t="s">
         <v>22</v>
       </c>
       <c r="Y95" t="s">
         <v>22</v>
       </c>
       <c r="Z95" t="s">
         <v>22</v>
       </c>
       <c r="AA95" t="s">
         <v>22</v>
       </c>
       <c r="AB95" t="s">
         <v>22</v>
       </c>
       <c r="AC95" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:29">
       <c r="A96">
         <v>94</v>
       </c>
       <c r="B96" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D96" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96" t="s">
         <v>22</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
         <v>22</v>
       </c>
       <c r="M96" t="s">
         <v>22</v>
       </c>
-      <c r="N96" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N96">
+        <v>1</v>
+      </c>
+      <c r="O96" t="s">
+        <v>22</v>
       </c>
       <c r="P96" t="s">
         <v>22</v>
       </c>
       <c r="Q96" t="s">
         <v>22</v>
       </c>
       <c r="R96" t="s">
         <v>22</v>
       </c>
       <c r="S96" t="s">
         <v>22</v>
       </c>
       <c r="T96" t="s">
         <v>22</v>
       </c>
       <c r="U96" t="s">
         <v>22</v>
       </c>
       <c r="V96" t="s">
         <v>22</v>
       </c>
       <c r="W96" t="s">
         <v>22</v>
       </c>
       <c r="X96" t="s">
         <v>22</v>
       </c>
       <c r="Y96" t="s">
         <v>22</v>
       </c>
       <c r="Z96" t="s">
         <v>22</v>
       </c>
       <c r="AA96" t="s">
         <v>22</v>
       </c>
       <c r="AB96" t="s">
         <v>22</v>
       </c>
       <c r="AC96" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:29">
       <c r="A97">
         <v>95</v>
       </c>
       <c r="B97" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D97" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97" t="s">
         <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97" t="s">
         <v>22</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97" t="s">
         <v>22</v>
       </c>
       <c r="L97" t="s">
         <v>22</v>
       </c>
@@ -10051,57 +10069,57 @@
       </c>
       <c r="X97" t="s">
         <v>22</v>
       </c>
       <c r="Y97" t="s">
         <v>22</v>
       </c>
       <c r="Z97" t="s">
         <v>22</v>
       </c>
       <c r="AA97" t="s">
         <v>22</v>
       </c>
       <c r="AB97" t="s">
         <v>22</v>
       </c>
       <c r="AC97" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:29">
       <c r="A98">
         <v>96</v>
       </c>
       <c r="B98" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D98" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E98">
         <v>1</v>
       </c>
       <c r="F98" t="s">
         <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98" t="s">
         <v>22</v>
       </c>
       <c r="I98" t="s">
         <v>22</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
       <c r="L98" t="s">
         <v>22</v>
       </c>
@@ -10140,57 +10158,57 @@
       </c>
       <c r="X98" t="s">
         <v>22</v>
       </c>
       <c r="Y98" t="s">
         <v>22</v>
       </c>
       <c r="Z98" t="s">
         <v>22</v>
       </c>
       <c r="AA98" t="s">
         <v>22</v>
       </c>
       <c r="AB98" t="s">
         <v>22</v>
       </c>
       <c r="AC98" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:29">
       <c r="A99">
         <v>97</v>
       </c>
       <c r="B99" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D99" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="F99" t="s">
         <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99" t="s">
         <v>22</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
         <v>22</v>
       </c>
@@ -10229,57 +10247,57 @@
       </c>
       <c r="X99" t="s">
         <v>22</v>
       </c>
       <c r="Y99" t="s">
         <v>22</v>
       </c>
       <c r="Z99" t="s">
         <v>22</v>
       </c>
       <c r="AA99" t="s">
         <v>22</v>
       </c>
       <c r="AB99" t="s">
         <v>22</v>
       </c>
       <c r="AC99" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:29">
       <c r="A100">
         <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D100" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E100">
         <v>1</v>
       </c>
       <c r="F100" t="s">
         <v>22</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100" t="s">
         <v>22</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100" t="s">
         <v>22</v>
       </c>
       <c r="L100" t="s">
         <v>22</v>
       </c>
@@ -10318,57 +10336,57 @@
       </c>
       <c r="X100" t="s">
         <v>22</v>
       </c>
       <c r="Y100" t="s">
         <v>22</v>
       </c>
       <c r="Z100" t="s">
         <v>22</v>
       </c>
       <c r="AA100" t="s">
         <v>22</v>
       </c>
       <c r="AB100" t="s">
         <v>22</v>
       </c>
       <c r="AC100" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:29">
       <c r="A101">
         <v>99</v>
       </c>
       <c r="B101" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D101" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E101">
         <v>1</v>
       </c>
       <c r="F101" t="s">
         <v>22</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101" t="s">
         <v>22</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
       <c r="K101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
         <v>22</v>
       </c>
@@ -10407,57 +10425,57 @@
       </c>
       <c r="X101" t="s">
         <v>22</v>
       </c>
       <c r="Y101" t="s">
         <v>22</v>
       </c>
       <c r="Z101" t="s">
         <v>22</v>
       </c>
       <c r="AA101" t="s">
         <v>22</v>
       </c>
       <c r="AB101" t="s">
         <v>22</v>
       </c>
       <c r="AC101" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:29">
       <c r="A102">
         <v>100</v>
       </c>
       <c r="B102" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D102" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102" t="s">
         <v>22</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
       <c r="L102" t="s">
         <v>22</v>
       </c>
@@ -10496,57 +10514,57 @@
       </c>
       <c r="X102" t="s">
         <v>22</v>
       </c>
       <c r="Y102" t="s">
         <v>22</v>
       </c>
       <c r="Z102" t="s">
         <v>22</v>
       </c>
       <c r="AA102" t="s">
         <v>22</v>
       </c>
       <c r="AB102" t="s">
         <v>22</v>
       </c>
       <c r="AC102" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:29">
       <c r="A103">
         <v>101</v>
       </c>
       <c r="B103" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D103" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103" t="s">
         <v>22</v>
       </c>
       <c r="I103" t="s">
         <v>22</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
       <c r="L103" t="s">
         <v>22</v>
       </c>
@@ -10585,617 +10603,621 @@
       </c>
       <c r="X103" t="s">
         <v>22</v>
       </c>
       <c r="Y103" t="s">
         <v>22</v>
       </c>
       <c r="Z103" t="s">
         <v>22</v>
       </c>
       <c r="AA103" t="s">
         <v>22</v>
       </c>
       <c r="AB103" t="s">
         <v>22</v>
       </c>
       <c r="AC103" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:29">
       <c r="A104">
         <v>102</v>
       </c>
       <c r="B104" t="s">
+        <v>115</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D104" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="E104">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F104" t="s">
         <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104" t="s">
         <v>22</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104" t="s">
         <v>22</v>
       </c>
       <c r="L104" t="s">
         <v>22</v>
       </c>
       <c r="M104" t="s">
         <v>22</v>
       </c>
       <c r="N104" t="s">
         <v>22</v>
       </c>
-      <c r="O104" t="s">
-        <v>22</v>
+      <c r="O104">
+        <v>1</v>
       </c>
       <c r="P104" t="s">
         <v>22</v>
       </c>
       <c r="Q104" t="s">
         <v>22</v>
       </c>
       <c r="R104" t="s">
         <v>22</v>
       </c>
       <c r="S104" t="s">
         <v>22</v>
       </c>
       <c r="T104" t="s">
         <v>22</v>
       </c>
       <c r="U104" t="s">
         <v>22</v>
       </c>
       <c r="V104" t="s">
         <v>22</v>
       </c>
       <c r="W104" t="s">
         <v>22</v>
       </c>
       <c r="X104" t="s">
         <v>22</v>
       </c>
       <c r="Y104" t="s">
         <v>22</v>
       </c>
       <c r="Z104" t="s">
         <v>22</v>
       </c>
       <c r="AA104" t="s">
         <v>22</v>
       </c>
       <c r="AB104" t="s">
         <v>22</v>
       </c>
       <c r="AC104" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:29">
       <c r="A105">
         <v>103</v>
       </c>
       <c r="B105" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C105"/>
+        <v>115</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="D105" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="E105">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105" t="s">
         <v>22</v>
       </c>
       <c r="I105" t="s">
         <v>22</v>
       </c>
       <c r="J105" t="s">
         <v>22</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
       <c r="L105" t="s">
         <v>22</v>
       </c>
       <c r="M105" t="s">
         <v>22</v>
       </c>
       <c r="N105" t="s">
         <v>22</v>
       </c>
-      <c r="O105" t="s">
-        <v>22</v>
+      <c r="O105">
+        <v>1</v>
       </c>
       <c r="P105" t="s">
         <v>22</v>
       </c>
       <c r="Q105" t="s">
         <v>22</v>
       </c>
       <c r="R105" t="s">
         <v>22</v>
       </c>
       <c r="S105" t="s">
         <v>22</v>
       </c>
       <c r="T105" t="s">
         <v>22</v>
       </c>
       <c r="U105" t="s">
         <v>22</v>
       </c>
       <c r="V105" t="s">
         <v>22</v>
       </c>
       <c r="W105" t="s">
         <v>22</v>
       </c>
       <c r="X105" t="s">
         <v>22</v>
       </c>
       <c r="Y105" t="s">
         <v>22</v>
       </c>
       <c r="Z105" t="s">
         <v>22</v>
       </c>
       <c r="AA105" t="s">
         <v>22</v>
       </c>
       <c r="AB105" t="s">
         <v>22</v>
       </c>
       <c r="AC105" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:29">
       <c r="A106">
         <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C106"/>
+        <v>115</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>130</v>
+      </c>
       <c r="D106" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="E106">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
       <c r="K106" t="s">
         <v>22</v>
       </c>
       <c r="L106" t="s">
         <v>22</v>
       </c>
       <c r="M106" t="s">
         <v>22</v>
       </c>
       <c r="N106" t="s">
         <v>22</v>
       </c>
-      <c r="O106" t="s">
-        <v>22</v>
+      <c r="O106">
+        <v>1</v>
       </c>
       <c r="P106" t="s">
         <v>22</v>
       </c>
       <c r="Q106" t="s">
         <v>22</v>
       </c>
       <c r="R106" t="s">
         <v>22</v>
       </c>
       <c r="S106" t="s">
         <v>22</v>
       </c>
       <c r="T106" t="s">
         <v>22</v>
       </c>
       <c r="U106" t="s">
         <v>22</v>
       </c>
       <c r="V106" t="s">
         <v>22</v>
       </c>
       <c r="W106" t="s">
         <v>22</v>
       </c>
       <c r="X106" t="s">
         <v>22</v>
       </c>
       <c r="Y106" t="s">
         <v>22</v>
       </c>
       <c r="Z106" t="s">
         <v>22</v>
       </c>
       <c r="AA106" t="s">
         <v>22</v>
       </c>
       <c r="AB106" t="s">
         <v>22</v>
       </c>
       <c r="AC106" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:29">
       <c r="A107">
         <v>105</v>
       </c>
       <c r="B107" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>115</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>131</v>
       </c>
       <c r="D107" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="E107">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F107" t="s">
         <v>22</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107" t="s">
         <v>22</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
       <c r="K107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
         <v>22</v>
       </c>
       <c r="M107" t="s">
         <v>22</v>
       </c>
       <c r="N107" t="s">
         <v>22</v>
       </c>
-      <c r="O107" t="s">
-        <v>22</v>
+      <c r="O107">
+        <v>1</v>
       </c>
       <c r="P107" t="s">
         <v>22</v>
       </c>
       <c r="Q107" t="s">
         <v>22</v>
       </c>
       <c r="R107" t="s">
         <v>22</v>
       </c>
       <c r="S107" t="s">
         <v>22</v>
       </c>
       <c r="T107" t="s">
         <v>22</v>
       </c>
       <c r="U107" t="s">
         <v>22</v>
       </c>
       <c r="V107" t="s">
         <v>22</v>
       </c>
       <c r="W107" t="s">
         <v>22</v>
       </c>
       <c r="X107" t="s">
         <v>22</v>
       </c>
       <c r="Y107" t="s">
         <v>22</v>
       </c>
       <c r="Z107" t="s">
         <v>22</v>
       </c>
       <c r="AA107" t="s">
         <v>22</v>
       </c>
       <c r="AB107" t="s">
         <v>22</v>
       </c>
       <c r="AC107" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:29">
       <c r="A108">
         <v>106</v>
       </c>
       <c r="B108" t="s">
+        <v>115</v>
+      </c>
+      <c r="C108" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="C108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="E108">
         <v>1</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108" t="s">
         <v>22</v>
       </c>
       <c r="I108" t="s">
         <v>22</v>
       </c>
       <c r="J108" t="s">
         <v>22</v>
       </c>
       <c r="K108" t="s">
         <v>22</v>
       </c>
       <c r="L108" t="s">
         <v>22</v>
       </c>
       <c r="M108" t="s">
         <v>22</v>
       </c>
-      <c r="N108">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N108" t="s">
+        <v>22</v>
+      </c>
+      <c r="O108">
+        <v>1</v>
       </c>
       <c r="P108" t="s">
         <v>22</v>
       </c>
       <c r="Q108" t="s">
         <v>22</v>
       </c>
       <c r="R108" t="s">
         <v>22</v>
       </c>
       <c r="S108" t="s">
         <v>22</v>
       </c>
       <c r="T108" t="s">
         <v>22</v>
       </c>
       <c r="U108" t="s">
         <v>22</v>
       </c>
       <c r="V108" t="s">
         <v>22</v>
       </c>
       <c r="W108" t="s">
         <v>22</v>
       </c>
       <c r="X108" t="s">
         <v>22</v>
       </c>
       <c r="Y108" t="s">
         <v>22</v>
       </c>
       <c r="Z108" t="s">
         <v>22</v>
       </c>
       <c r="AA108" t="s">
         <v>22</v>
       </c>
       <c r="AB108" t="s">
         <v>22</v>
       </c>
       <c r="AC108" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:29">
       <c r="A109">
         <v>107</v>
       </c>
       <c r="B109" t="s">
-        <v>132</v>
+        <v>115</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D109" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
       <c r="F109" t="s">
         <v>22</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109" t="s">
         <v>22</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
         <v>22</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
       <c r="L109" t="s">
         <v>22</v>
       </c>
       <c r="M109" t="s">
         <v>22</v>
       </c>
-      <c r="N109">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N109" t="s">
+        <v>22</v>
+      </c>
+      <c r="O109">
+        <v>1</v>
       </c>
       <c r="P109" t="s">
         <v>22</v>
       </c>
       <c r="Q109" t="s">
         <v>22</v>
       </c>
       <c r="R109" t="s">
         <v>22</v>
       </c>
       <c r="S109" t="s">
         <v>22</v>
       </c>
       <c r="T109" t="s">
         <v>22</v>
       </c>
       <c r="U109" t="s">
         <v>22</v>
       </c>
       <c r="V109" t="s">
         <v>22</v>
       </c>
       <c r="W109" t="s">
         <v>22</v>
       </c>
       <c r="X109" t="s">
         <v>22</v>
       </c>
       <c r="Y109" t="s">
         <v>22</v>
       </c>
       <c r="Z109" t="s">
         <v>22</v>
       </c>
       <c r="AA109" t="s">
         <v>22</v>
       </c>
       <c r="AB109" t="s">
         <v>22</v>
       </c>
       <c r="AC109" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:29">
       <c r="A110">
         <v>108</v>
       </c>
       <c r="B110" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>134</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
       </c>
       <c r="D110" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E110">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F110" t="s">
         <v>22</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110" t="s">
         <v>22</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
       <c r="L110" t="s">
         <v>22</v>
       </c>
       <c r="M110" t="s">
         <v>22</v>
       </c>
-      <c r="N110">
-        <v>1</v>
+      <c r="N110" t="s">
+        <v>22</v>
       </c>
       <c r="O110" t="s">
         <v>22</v>
       </c>
       <c r="P110" t="s">
         <v>22</v>
       </c>
       <c r="Q110" t="s">
         <v>22</v>
       </c>
       <c r="R110" t="s">
         <v>22</v>
       </c>
       <c r="S110" t="s">
         <v>22</v>
       </c>
       <c r="T110" t="s">
         <v>22</v>
       </c>
       <c r="U110" t="s">
         <v>22</v>
       </c>
       <c r="V110" t="s">
         <v>22</v>
       </c>
@@ -11204,87 +11226,85 @@
       </c>
       <c r="X110" t="s">
         <v>22</v>
       </c>
       <c r="Y110" t="s">
         <v>22</v>
       </c>
       <c r="Z110" t="s">
         <v>22</v>
       </c>
       <c r="AA110" t="s">
         <v>22</v>
       </c>
       <c r="AB110" t="s">
         <v>22</v>
       </c>
       <c r="AC110" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:29">
       <c r="A111">
         <v>109</v>
       </c>
       <c r="B111" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C111"/>
       <c r="D111" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E111">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F111" t="s">
         <v>22</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111" t="s">
         <v>22</v>
       </c>
       <c r="I111" t="s">
         <v>22</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
       <c r="L111" t="s">
         <v>22</v>
       </c>
       <c r="M111" t="s">
         <v>22</v>
       </c>
-      <c r="N111">
-        <v>1</v>
+      <c r="N111" t="s">
+        <v>22</v>
       </c>
       <c r="O111" t="s">
         <v>22</v>
       </c>
       <c r="P111" t="s">
         <v>22</v>
       </c>
       <c r="Q111" t="s">
         <v>22</v>
       </c>
       <c r="R111" t="s">
         <v>22</v>
       </c>
       <c r="S111" t="s">
         <v>22</v>
       </c>
       <c r="T111" t="s">
         <v>22</v>
       </c>
       <c r="U111" t="s">
         <v>22</v>
       </c>
       <c r="V111" t="s">
         <v>22</v>
       </c>
@@ -11293,66 +11313,64 @@
       </c>
       <c r="X111" t="s">
         <v>22</v>
       </c>
       <c r="Y111" t="s">
         <v>22</v>
       </c>
       <c r="Z111" t="s">
         <v>22</v>
       </c>
       <c r="AA111" t="s">
         <v>22</v>
       </c>
       <c r="AB111" t="s">
         <v>22</v>
       </c>
       <c r="AC111" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:29">
       <c r="A112">
         <v>110</v>
       </c>
       <c r="B112" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C112"/>
       <c r="D112" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E112">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F112" t="s">
         <v>22</v>
       </c>
-      <c r="G112">
-        <v>1</v>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112" t="s">
         <v>22</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>22</v>
       </c>
       <c r="L112" t="s">
         <v>22</v>
       </c>
       <c r="M112" t="s">
         <v>22</v>
       </c>
       <c r="N112" t="s">
         <v>22</v>
       </c>
       <c r="O112" t="s">
         <v>22</v>
       </c>
@@ -11382,66 +11400,66 @@
       </c>
       <c r="X112" t="s">
         <v>22</v>
       </c>
       <c r="Y112" t="s">
         <v>22</v>
       </c>
       <c r="Z112" t="s">
         <v>22</v>
       </c>
       <c r="AA112" t="s">
         <v>22</v>
       </c>
       <c r="AB112" t="s">
         <v>22</v>
       </c>
       <c r="AC112" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:29">
       <c r="A113">
         <v>111</v>
       </c>
       <c r="B113" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="C113" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
         <v>139</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
-      <c r="G113">
-        <v>1</v>
+      <c r="G113" t="s">
+        <v>22</v>
       </c>
       <c r="H113" t="s">
         <v>22</v>
       </c>
       <c r="I113" t="s">
         <v>22</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>22</v>
       </c>
       <c r="L113" t="s">
         <v>22</v>
       </c>
       <c r="M113" t="s">
         <v>22</v>
       </c>
       <c r="N113" t="s">
         <v>22</v>
       </c>
       <c r="O113" t="s">
         <v>22</v>
       </c>
@@ -11471,87 +11489,87 @@
       </c>
       <c r="X113" t="s">
         <v>22</v>
       </c>
       <c r="Y113" t="s">
         <v>22</v>
       </c>
       <c r="Z113" t="s">
         <v>22</v>
       </c>
       <c r="AA113" t="s">
         <v>22</v>
       </c>
       <c r="AB113" t="s">
         <v>22</v>
       </c>
       <c r="AC113" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:29">
       <c r="A114">
         <v>112</v>
       </c>
       <c r="B114" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D114" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
-      <c r="G114">
-        <v>1</v>
+      <c r="G114" t="s">
+        <v>22</v>
       </c>
       <c r="H114" t="s">
         <v>22</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
       <c r="K114" t="s">
         <v>22</v>
       </c>
       <c r="L114" t="s">
         <v>22</v>
       </c>
       <c r="M114" t="s">
         <v>22</v>
       </c>
-      <c r="N114" t="s">
-        <v>22</v>
+      <c r="N114">
+        <v>1</v>
       </c>
       <c r="O114" t="s">
         <v>22</v>
       </c>
       <c r="P114" t="s">
         <v>22</v>
       </c>
       <c r="Q114" t="s">
         <v>22</v>
       </c>
       <c r="R114" t="s">
         <v>22</v>
       </c>
       <c r="S114" t="s">
         <v>22</v>
       </c>
       <c r="T114" t="s">
         <v>22</v>
       </c>
       <c r="U114" t="s">
         <v>22</v>
       </c>
       <c r="V114" t="s">
         <v>22</v>
       </c>
@@ -11560,87 +11578,87 @@
       </c>
       <c r="X114" t="s">
         <v>22</v>
       </c>
       <c r="Y114" t="s">
         <v>22</v>
       </c>
       <c r="Z114" t="s">
         <v>22</v>
       </c>
       <c r="AA114" t="s">
         <v>22</v>
       </c>
       <c r="AB114" t="s">
         <v>22</v>
       </c>
       <c r="AC114" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:29">
       <c r="A115">
         <v>113</v>
       </c>
       <c r="B115" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D115" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="F115" t="s">
         <v>22</v>
       </c>
-      <c r="G115">
-        <v>1</v>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115" t="s">
         <v>22</v>
       </c>
       <c r="I115" t="s">
         <v>22</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="K115" t="s">
         <v>22</v>
       </c>
       <c r="L115" t="s">
         <v>22</v>
       </c>
       <c r="M115" t="s">
         <v>22</v>
       </c>
-      <c r="N115" t="s">
-        <v>22</v>
+      <c r="N115">
+        <v>1</v>
       </c>
       <c r="O115" t="s">
         <v>22</v>
       </c>
       <c r="P115" t="s">
         <v>22</v>
       </c>
       <c r="Q115" t="s">
         <v>22</v>
       </c>
       <c r="R115" t="s">
         <v>22</v>
       </c>
       <c r="S115" t="s">
         <v>22</v>
       </c>
       <c r="T115" t="s">
         <v>22</v>
       </c>
       <c r="U115" t="s">
         <v>22</v>
       </c>
       <c r="V115" t="s">
         <v>22</v>
       </c>
@@ -11649,87 +11667,87 @@
       </c>
       <c r="X115" t="s">
         <v>22</v>
       </c>
       <c r="Y115" t="s">
         <v>22</v>
       </c>
       <c r="Z115" t="s">
         <v>22</v>
       </c>
       <c r="AA115" t="s">
         <v>22</v>
       </c>
       <c r="AB115" t="s">
         <v>22</v>
       </c>
       <c r="AC115" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:29">
       <c r="A116">
         <v>114</v>
       </c>
       <c r="B116" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D116" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="F116" t="s">
         <v>22</v>
       </c>
-      <c r="G116">
-        <v>1</v>
+      <c r="G116" t="s">
+        <v>22</v>
       </c>
       <c r="H116" t="s">
         <v>22</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
       <c r="K116" t="s">
         <v>22</v>
       </c>
       <c r="L116" t="s">
         <v>22</v>
       </c>
       <c r="M116" t="s">
         <v>22</v>
       </c>
-      <c r="N116" t="s">
-        <v>22</v>
+      <c r="N116">
+        <v>1</v>
       </c>
       <c r="O116" t="s">
         <v>22</v>
       </c>
       <c r="P116" t="s">
         <v>22</v>
       </c>
       <c r="Q116" t="s">
         <v>22</v>
       </c>
       <c r="R116" t="s">
         <v>22</v>
       </c>
       <c r="S116" t="s">
         <v>22</v>
       </c>
       <c r="T116" t="s">
         <v>22</v>
       </c>
       <c r="U116" t="s">
         <v>22</v>
       </c>
       <c r="V116" t="s">
         <v>22</v>
       </c>
@@ -11738,87 +11756,87 @@
       </c>
       <c r="X116" t="s">
         <v>22</v>
       </c>
       <c r="Y116" t="s">
         <v>22</v>
       </c>
       <c r="Z116" t="s">
         <v>22</v>
       </c>
       <c r="AA116" t="s">
         <v>22</v>
       </c>
       <c r="AB116" t="s">
         <v>22</v>
       </c>
       <c r="AC116" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:29">
       <c r="A117">
         <v>115</v>
       </c>
       <c r="B117" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D117" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117" t="s">
         <v>22</v>
       </c>
-      <c r="G117">
-        <v>1</v>
+      <c r="G117" t="s">
+        <v>22</v>
       </c>
       <c r="H117" t="s">
         <v>22</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
       <c r="K117" t="s">
         <v>22</v>
       </c>
       <c r="L117" t="s">
         <v>22</v>
       </c>
       <c r="M117" t="s">
         <v>22</v>
       </c>
-      <c r="N117" t="s">
-        <v>22</v>
+      <c r="N117">
+        <v>1</v>
       </c>
       <c r="O117" t="s">
         <v>22</v>
       </c>
       <c r="P117" t="s">
         <v>22</v>
       </c>
       <c r="Q117" t="s">
         <v>22</v>
       </c>
       <c r="R117" t="s">
         <v>22</v>
       </c>
       <c r="S117" t="s">
         <v>22</v>
       </c>
       <c r="T117" t="s">
         <v>22</v>
       </c>
       <c r="U117" t="s">
         <v>22</v>
       </c>
       <c r="V117" t="s">
         <v>22</v>
       </c>
@@ -11827,57 +11845,57 @@
       </c>
       <c r="X117" t="s">
         <v>22</v>
       </c>
       <c r="Y117" t="s">
         <v>22</v>
       </c>
       <c r="Z117" t="s">
         <v>22</v>
       </c>
       <c r="AA117" t="s">
         <v>22</v>
       </c>
       <c r="AB117" t="s">
         <v>22</v>
       </c>
       <c r="AC117" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:29">
       <c r="A118">
         <v>116</v>
       </c>
       <c r="B118" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D118" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118" t="s">
         <v>22</v>
       </c>
       <c r="G118">
         <v>1</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118" t="s">
         <v>22</v>
       </c>
       <c r="L118" t="s">
         <v>22</v>
       </c>
@@ -11916,57 +11934,57 @@
       </c>
       <c r="X118" t="s">
         <v>22</v>
       </c>
       <c r="Y118" t="s">
         <v>22</v>
       </c>
       <c r="Z118" t="s">
         <v>22</v>
       </c>
       <c r="AA118" t="s">
         <v>22</v>
       </c>
       <c r="AB118" t="s">
         <v>22</v>
       </c>
       <c r="AC118" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:29">
       <c r="A119">
         <v>117</v>
       </c>
       <c r="B119" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D119" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119" t="s">
         <v>22</v>
       </c>
       <c r="G119">
         <v>1</v>
       </c>
       <c r="H119" t="s">
         <v>22</v>
       </c>
       <c r="I119" t="s">
         <v>22</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119" t="s">
         <v>22</v>
       </c>
       <c r="L119" t="s">
         <v>22</v>
       </c>
@@ -12005,57 +12023,57 @@
       </c>
       <c r="X119" t="s">
         <v>22</v>
       </c>
       <c r="Y119" t="s">
         <v>22</v>
       </c>
       <c r="Z119" t="s">
         <v>22</v>
       </c>
       <c r="AA119" t="s">
         <v>22</v>
       </c>
       <c r="AB119" t="s">
         <v>22</v>
       </c>
       <c r="AC119" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:29">
       <c r="A120">
         <v>118</v>
       </c>
       <c r="B120" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D120" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="F120" t="s">
         <v>22</v>
       </c>
       <c r="G120">
         <v>1</v>
       </c>
       <c r="H120" t="s">
         <v>22</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>22</v>
       </c>
       <c r="K120" t="s">
         <v>22</v>
       </c>
       <c r="L120" t="s">
         <v>22</v>
       </c>
@@ -12094,57 +12112,57 @@
       </c>
       <c r="X120" t="s">
         <v>22</v>
       </c>
       <c r="Y120" t="s">
         <v>22</v>
       </c>
       <c r="Z120" t="s">
         <v>22</v>
       </c>
       <c r="AA120" t="s">
         <v>22</v>
       </c>
       <c r="AB120" t="s">
         <v>22</v>
       </c>
       <c r="AC120" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:29">
       <c r="A121">
         <v>119</v>
       </c>
       <c r="B121" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D121" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="F121" t="s">
         <v>22</v>
       </c>
       <c r="G121">
         <v>1</v>
       </c>
       <c r="H121" t="s">
         <v>22</v>
       </c>
       <c r="I121" t="s">
         <v>22</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
       <c r="K121" t="s">
         <v>22</v>
       </c>
       <c r="L121" t="s">
         <v>22</v>
       </c>
@@ -12183,57 +12201,57 @@
       </c>
       <c r="X121" t="s">
         <v>22</v>
       </c>
       <c r="Y121" t="s">
         <v>22</v>
       </c>
       <c r="Z121" t="s">
         <v>22</v>
       </c>
       <c r="AA121" t="s">
         <v>22</v>
       </c>
       <c r="AB121" t="s">
         <v>22</v>
       </c>
       <c r="AC121" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:29">
       <c r="A122">
         <v>120</v>
       </c>
       <c r="B122" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D122" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E122">
         <v>1</v>
       </c>
       <c r="F122" t="s">
         <v>22</v>
       </c>
       <c r="G122">
         <v>1</v>
       </c>
       <c r="H122" t="s">
         <v>22</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122" t="s">
         <v>22</v>
       </c>
       <c r="L122" t="s">
         <v>22</v>
       </c>
@@ -12272,57 +12290,57 @@
       </c>
       <c r="X122" t="s">
         <v>22</v>
       </c>
       <c r="Y122" t="s">
         <v>22</v>
       </c>
       <c r="Z122" t="s">
         <v>22</v>
       </c>
       <c r="AA122" t="s">
         <v>22</v>
       </c>
       <c r="AB122" t="s">
         <v>22</v>
       </c>
       <c r="AC122" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:29">
       <c r="A123">
         <v>121</v>
       </c>
       <c r="B123" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D123" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E123">
         <v>1</v>
       </c>
       <c r="F123" t="s">
         <v>22</v>
       </c>
       <c r="G123">
         <v>1</v>
       </c>
       <c r="H123" t="s">
         <v>22</v>
       </c>
       <c r="I123" t="s">
         <v>22</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123" t="s">
         <v>22</v>
       </c>
       <c r="L123" t="s">
         <v>22</v>
       </c>
@@ -12361,57 +12379,57 @@
       </c>
       <c r="X123" t="s">
         <v>22</v>
       </c>
       <c r="Y123" t="s">
         <v>22</v>
       </c>
       <c r="Z123" t="s">
         <v>22</v>
       </c>
       <c r="AA123" t="s">
         <v>22</v>
       </c>
       <c r="AB123" t="s">
         <v>22</v>
       </c>
       <c r="AC123" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:29">
       <c r="A124">
         <v>122</v>
       </c>
       <c r="B124" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D124" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E124">
         <v>1</v>
       </c>
       <c r="F124" t="s">
         <v>22</v>
       </c>
       <c r="G124">
         <v>1</v>
       </c>
       <c r="H124" t="s">
         <v>22</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
       <c r="K124" t="s">
         <v>22</v>
       </c>
       <c r="L124" t="s">
         <v>22</v>
       </c>
@@ -12450,57 +12468,57 @@
       </c>
       <c r="X124" t="s">
         <v>22</v>
       </c>
       <c r="Y124" t="s">
         <v>22</v>
       </c>
       <c r="Z124" t="s">
         <v>22</v>
       </c>
       <c r="AA124" t="s">
         <v>22</v>
       </c>
       <c r="AB124" t="s">
         <v>22</v>
       </c>
       <c r="AC124" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:29">
       <c r="A125">
         <v>123</v>
       </c>
       <c r="B125" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D125" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="F125" t="s">
         <v>22</v>
       </c>
       <c r="G125">
         <v>1</v>
       </c>
       <c r="H125" t="s">
         <v>22</v>
       </c>
       <c r="I125" t="s">
         <v>22</v>
       </c>
       <c r="J125" t="s">
         <v>22</v>
       </c>
       <c r="K125" t="s">
         <v>22</v>
       </c>
       <c r="L125" t="s">
         <v>22</v>
       </c>
@@ -12539,57 +12557,57 @@
       </c>
       <c r="X125" t="s">
         <v>22</v>
       </c>
       <c r="Y125" t="s">
         <v>22</v>
       </c>
       <c r="Z125" t="s">
         <v>22</v>
       </c>
       <c r="AA125" t="s">
         <v>22</v>
       </c>
       <c r="AB125" t="s">
         <v>22</v>
       </c>
       <c r="AC125" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:29">
       <c r="A126">
         <v>124</v>
       </c>
       <c r="B126" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D126" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E126">
         <v>1</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
       <c r="G126">
         <v>1</v>
       </c>
       <c r="H126" t="s">
         <v>22</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="K126" t="s">
         <v>22</v>
       </c>
       <c r="L126" t="s">
         <v>22</v>
       </c>
@@ -12628,69 +12646,69 @@
       </c>
       <c r="X126" t="s">
         <v>22</v>
       </c>
       <c r="Y126" t="s">
         <v>22</v>
       </c>
       <c r="Z126" t="s">
         <v>22</v>
       </c>
       <c r="AA126" t="s">
         <v>22</v>
       </c>
       <c r="AB126" t="s">
         <v>22</v>
       </c>
       <c r="AC126" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:29">
       <c r="A127">
         <v>125</v>
       </c>
       <c r="B127" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D127" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127" t="s">
         <v>22</v>
       </c>
-      <c r="G127" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="G127">
+        <v>1</v>
+      </c>
+      <c r="H127" t="s">
+        <v>22</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
       <c r="K127" t="s">
         <v>22</v>
       </c>
       <c r="L127" t="s">
         <v>22</v>
       </c>
       <c r="M127" t="s">
         <v>22</v>
       </c>
       <c r="N127" t="s">
         <v>22</v>
       </c>
       <c r="O127" t="s">
         <v>22</v>
       </c>
       <c r="P127" t="s">
         <v>22</v>
       </c>
@@ -12717,69 +12735,69 @@
       </c>
       <c r="X127" t="s">
         <v>22</v>
       </c>
       <c r="Y127" t="s">
         <v>22</v>
       </c>
       <c r="Z127" t="s">
         <v>22</v>
       </c>
       <c r="AA127" t="s">
         <v>22</v>
       </c>
       <c r="AB127" t="s">
         <v>22</v>
       </c>
       <c r="AC127" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:29">
       <c r="A128">
         <v>126</v>
       </c>
       <c r="B128" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D128" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="F128" t="s">
         <v>22</v>
       </c>
-      <c r="G128" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="G128">
+        <v>1</v>
+      </c>
+      <c r="H128" t="s">
+        <v>22</v>
       </c>
       <c r="I128" t="s">
         <v>22</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>22</v>
       </c>
       <c r="L128" t="s">
         <v>22</v>
       </c>
       <c r="M128" t="s">
         <v>22</v>
       </c>
       <c r="N128" t="s">
         <v>22</v>
       </c>
       <c r="O128" t="s">
         <v>22</v>
       </c>
       <c r="P128" t="s">
         <v>22</v>
       </c>
@@ -12806,72 +12824,72 @@
       </c>
       <c r="X128" t="s">
         <v>22</v>
       </c>
       <c r="Y128" t="s">
         <v>22</v>
       </c>
       <c r="Z128" t="s">
         <v>22</v>
       </c>
       <c r="AA128" t="s">
         <v>22</v>
       </c>
       <c r="AB128" t="s">
         <v>22</v>
       </c>
       <c r="AC128" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:29">
       <c r="A129">
         <v>127</v>
       </c>
       <c r="B129" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D129" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
-      <c r="G129" t="s">
-        <v>22</v>
+      <c r="G129">
+        <v>1</v>
       </c>
       <c r="H129" t="s">
         <v>22</v>
       </c>
-      <c r="I129">
-        <v>1</v>
+      <c r="I129" t="s">
+        <v>22</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129" t="s">
         <v>22</v>
       </c>
       <c r="L129" t="s">
         <v>22</v>
       </c>
       <c r="M129" t="s">
         <v>22</v>
       </c>
       <c r="N129" t="s">
         <v>22</v>
       </c>
       <c r="O129" t="s">
         <v>22</v>
       </c>
       <c r="P129" t="s">
         <v>22</v>
       </c>
       <c r="Q129" t="s">
         <v>22</v>
       </c>
@@ -12895,72 +12913,72 @@
       </c>
       <c r="X129" t="s">
         <v>22</v>
       </c>
       <c r="Y129" t="s">
         <v>22</v>
       </c>
       <c r="Z129" t="s">
         <v>22</v>
       </c>
       <c r="AA129" t="s">
         <v>22</v>
       </c>
       <c r="AB129" t="s">
         <v>22</v>
       </c>
       <c r="AC129" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:29">
       <c r="A130">
         <v>128</v>
       </c>
       <c r="B130" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D130" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E130">
         <v>1</v>
       </c>
       <c r="F130" t="s">
         <v>22</v>
       </c>
-      <c r="G130" t="s">
-        <v>22</v>
+      <c r="G130">
+        <v>1</v>
       </c>
       <c r="H130" t="s">
         <v>22</v>
       </c>
-      <c r="I130">
-        <v>1</v>
+      <c r="I130" t="s">
+        <v>22</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
       <c r="K130" t="s">
         <v>22</v>
       </c>
       <c r="L130" t="s">
         <v>22</v>
       </c>
       <c r="M130" t="s">
         <v>22</v>
       </c>
       <c r="N130" t="s">
         <v>22</v>
       </c>
       <c r="O130" t="s">
         <v>22</v>
       </c>
       <c r="P130" t="s">
         <v>22</v>
       </c>
       <c r="Q130" t="s">
         <v>22</v>
       </c>
@@ -12984,72 +13002,72 @@
       </c>
       <c r="X130" t="s">
         <v>22</v>
       </c>
       <c r="Y130" t="s">
         <v>22</v>
       </c>
       <c r="Z130" t="s">
         <v>22</v>
       </c>
       <c r="AA130" t="s">
         <v>22</v>
       </c>
       <c r="AB130" t="s">
         <v>22</v>
       </c>
       <c r="AC130" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:29">
       <c r="A131">
         <v>129</v>
       </c>
       <c r="B131" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D131" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E131">
         <v>1</v>
       </c>
       <c r="F131" t="s">
         <v>22</v>
       </c>
-      <c r="G131" t="s">
-        <v>22</v>
+      <c r="G131">
+        <v>1</v>
       </c>
       <c r="H131" t="s">
         <v>22</v>
       </c>
-      <c r="I131">
-        <v>1</v>
+      <c r="I131" t="s">
+        <v>22</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
       <c r="K131" t="s">
         <v>22</v>
       </c>
       <c r="L131" t="s">
         <v>22</v>
       </c>
       <c r="M131" t="s">
         <v>22</v>
       </c>
       <c r="N131" t="s">
         <v>22</v>
       </c>
       <c r="O131" t="s">
         <v>22</v>
       </c>
       <c r="P131" t="s">
         <v>22</v>
       </c>
       <c r="Q131" t="s">
         <v>22</v>
       </c>
@@ -13073,72 +13091,72 @@
       </c>
       <c r="X131" t="s">
         <v>22</v>
       </c>
       <c r="Y131" t="s">
         <v>22</v>
       </c>
       <c r="Z131" t="s">
         <v>22</v>
       </c>
       <c r="AA131" t="s">
         <v>22</v>
       </c>
       <c r="AB131" t="s">
         <v>22</v>
       </c>
       <c r="AC131" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:29">
       <c r="A132">
         <v>130</v>
       </c>
       <c r="B132" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D132" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E132">
         <v>1</v>
       </c>
       <c r="F132" t="s">
         <v>22</v>
       </c>
-      <c r="G132" t="s">
-        <v>22</v>
+      <c r="G132">
+        <v>1</v>
       </c>
       <c r="H132" t="s">
         <v>22</v>
       </c>
-      <c r="I132">
-        <v>1</v>
+      <c r="I132" t="s">
+        <v>22</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
       <c r="K132" t="s">
         <v>22</v>
       </c>
       <c r="L132" t="s">
         <v>22</v>
       </c>
       <c r="M132" t="s">
         <v>22</v>
       </c>
       <c r="N132" t="s">
         <v>22</v>
       </c>
       <c r="O132" t="s">
         <v>22</v>
       </c>
       <c r="P132" t="s">
         <v>22</v>
       </c>
       <c r="Q132" t="s">
         <v>22</v>
       </c>
@@ -13162,72 +13180,72 @@
       </c>
       <c r="X132" t="s">
         <v>22</v>
       </c>
       <c r="Y132" t="s">
         <v>22</v>
       </c>
       <c r="Z132" t="s">
         <v>22</v>
       </c>
       <c r="AA132" t="s">
         <v>22</v>
       </c>
       <c r="AB132" t="s">
         <v>22</v>
       </c>
       <c r="AC132" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:29">
       <c r="A133">
         <v>131</v>
       </c>
       <c r="B133" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D133" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133" t="s">
         <v>22</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
-      <c r="H133" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="H133">
+        <v>1</v>
+      </c>
+      <c r="I133" t="s">
+        <v>22</v>
       </c>
       <c r="J133" t="s">
         <v>22</v>
       </c>
       <c r="K133" t="s">
         <v>22</v>
       </c>
       <c r="L133" t="s">
         <v>22</v>
       </c>
       <c r="M133" t="s">
         <v>22</v>
       </c>
       <c r="N133" t="s">
         <v>22</v>
       </c>
       <c r="O133" t="s">
         <v>22</v>
       </c>
       <c r="P133" t="s">
         <v>22</v>
       </c>
       <c r="Q133" t="s">
         <v>22</v>
       </c>
@@ -13251,57 +13269,57 @@
       </c>
       <c r="X133" t="s">
         <v>22</v>
       </c>
       <c r="Y133" t="s">
         <v>22</v>
       </c>
       <c r="Z133" t="s">
         <v>22</v>
       </c>
       <c r="AA133" t="s">
         <v>22</v>
       </c>
       <c r="AB133" t="s">
         <v>22</v>
       </c>
       <c r="AC133" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:29">
       <c r="A134">
         <v>132</v>
       </c>
       <c r="B134" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D134" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E134">
         <v>1</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>1</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
       <c r="K134" t="s">
         <v>22</v>
       </c>
       <c r="L134" t="s">
         <v>22</v>
       </c>
@@ -13340,57 +13358,57 @@
       </c>
       <c r="X134" t="s">
         <v>22</v>
       </c>
       <c r="Y134" t="s">
         <v>22</v>
       </c>
       <c r="Z134" t="s">
         <v>22</v>
       </c>
       <c r="AA134" t="s">
         <v>22</v>
       </c>
       <c r="AB134" t="s">
         <v>22</v>
       </c>
       <c r="AC134" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:29">
       <c r="A135">
         <v>133</v>
       </c>
       <c r="B135" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D135" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135" t="s">
         <v>22</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135" t="s">
         <v>22</v>
       </c>
       <c r="I135">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
       <c r="K135" t="s">
         <v>22</v>
       </c>
       <c r="L135" t="s">
         <v>22</v>
       </c>
@@ -13429,57 +13447,57 @@
       </c>
       <c r="X135" t="s">
         <v>22</v>
       </c>
       <c r="Y135" t="s">
         <v>22</v>
       </c>
       <c r="Z135" t="s">
         <v>22</v>
       </c>
       <c r="AA135" t="s">
         <v>22</v>
       </c>
       <c r="AB135" t="s">
         <v>22</v>
       </c>
       <c r="AC135" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:29">
       <c r="A136">
         <v>134</v>
       </c>
       <c r="B136" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D136" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E136">
         <v>1</v>
       </c>
       <c r="F136" t="s">
         <v>22</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136" t="s">
         <v>22</v>
       </c>
       <c r="I136">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136" t="s">
         <v>22</v>
       </c>
       <c r="L136" t="s">
         <v>22</v>
       </c>
@@ -13518,57 +13536,57 @@
       </c>
       <c r="X136" t="s">
         <v>22</v>
       </c>
       <c r="Y136" t="s">
         <v>22</v>
       </c>
       <c r="Z136" t="s">
         <v>22</v>
       </c>
       <c r="AA136" t="s">
         <v>22</v>
       </c>
       <c r="AB136" t="s">
         <v>22</v>
       </c>
       <c r="AC136" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:29">
       <c r="A137">
         <v>135</v>
       </c>
       <c r="B137" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D137" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="F137" t="s">
         <v>22</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137" t="s">
         <v>22</v>
       </c>
       <c r="I137">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>22</v>
       </c>
       <c r="K137" t="s">
         <v>22</v>
       </c>
       <c r="L137" t="s">
         <v>22</v>
       </c>
@@ -13607,526 +13625,526 @@
       </c>
       <c r="X137" t="s">
         <v>22</v>
       </c>
       <c r="Y137" t="s">
         <v>22</v>
       </c>
       <c r="Z137" t="s">
         <v>22</v>
       </c>
       <c r="AA137" t="s">
         <v>22</v>
       </c>
       <c r="AB137" t="s">
         <v>22</v>
       </c>
       <c r="AC137" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:29">
       <c r="A138">
         <v>136</v>
       </c>
       <c r="B138" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D138" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138" t="s">
         <v>22</v>
       </c>
-      <c r="I138" t="s">
-        <v>22</v>
+      <c r="I138">
+        <v>1</v>
       </c>
       <c r="J138" t="s">
         <v>22</v>
       </c>
       <c r="K138" t="s">
         <v>22</v>
       </c>
       <c r="L138" t="s">
         <v>22</v>
       </c>
       <c r="M138" t="s">
         <v>22</v>
       </c>
       <c r="N138" t="s">
         <v>22</v>
       </c>
       <c r="O138" t="s">
         <v>22</v>
       </c>
-      <c r="P138">
-        <v>1</v>
+      <c r="P138" t="s">
+        <v>22</v>
       </c>
       <c r="Q138" t="s">
         <v>22</v>
       </c>
       <c r="R138" t="s">
         <v>22</v>
       </c>
       <c r="S138" t="s">
         <v>22</v>
       </c>
       <c r="T138" t="s">
         <v>22</v>
       </c>
       <c r="U138" t="s">
         <v>22</v>
       </c>
       <c r="V138" t="s">
         <v>22</v>
       </c>
       <c r="W138" t="s">
         <v>22</v>
       </c>
       <c r="X138" t="s">
         <v>22</v>
       </c>
       <c r="Y138" t="s">
         <v>22</v>
       </c>
       <c r="Z138" t="s">
         <v>22</v>
       </c>
       <c r="AA138" t="s">
         <v>22</v>
       </c>
       <c r="AB138" t="s">
         <v>22</v>
       </c>
       <c r="AC138" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:29">
       <c r="A139">
         <v>137</v>
       </c>
       <c r="B139" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D139" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E139">
         <v>1</v>
       </c>
       <c r="F139" t="s">
         <v>22</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139" t="s">
         <v>22</v>
       </c>
-      <c r="I139" t="s">
-        <v>22</v>
+      <c r="I139">
+        <v>1</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
       <c r="K139" t="s">
         <v>22</v>
       </c>
       <c r="L139" t="s">
         <v>22</v>
       </c>
       <c r="M139" t="s">
         <v>22</v>
       </c>
       <c r="N139" t="s">
         <v>22</v>
       </c>
       <c r="O139" t="s">
         <v>22</v>
       </c>
       <c r="P139" t="s">
         <v>22</v>
       </c>
-      <c r="Q139">
-        <v>1</v>
+      <c r="Q139" t="s">
+        <v>22</v>
       </c>
       <c r="R139" t="s">
         <v>22</v>
       </c>
       <c r="S139" t="s">
         <v>22</v>
       </c>
       <c r="T139" t="s">
         <v>22</v>
       </c>
       <c r="U139" t="s">
         <v>22</v>
       </c>
       <c r="V139" t="s">
         <v>22</v>
       </c>
       <c r="W139" t="s">
         <v>22</v>
       </c>
       <c r="X139" t="s">
         <v>22</v>
       </c>
       <c r="Y139" t="s">
         <v>22</v>
       </c>
       <c r="Z139" t="s">
         <v>22</v>
       </c>
       <c r="AA139" t="s">
         <v>22</v>
       </c>
       <c r="AB139" t="s">
         <v>22</v>
       </c>
       <c r="AC139" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:29">
       <c r="A140">
         <v>138</v>
       </c>
       <c r="B140" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D140" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E140">
         <v>1</v>
       </c>
       <c r="F140" t="s">
         <v>22</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
-      <c r="H140" t="s">
-        <v>22</v>
+      <c r="H140">
+        <v>1</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
       <c r="K140" t="s">
         <v>22</v>
       </c>
       <c r="L140" t="s">
         <v>22</v>
       </c>
       <c r="M140" t="s">
         <v>22</v>
       </c>
       <c r="N140" t="s">
         <v>22</v>
       </c>
       <c r="O140" t="s">
         <v>22</v>
       </c>
       <c r="P140" t="s">
         <v>22</v>
       </c>
-      <c r="Q140">
-        <v>1</v>
+      <c r="Q140" t="s">
+        <v>22</v>
       </c>
       <c r="R140" t="s">
         <v>22</v>
       </c>
       <c r="S140" t="s">
         <v>22</v>
       </c>
       <c r="T140" t="s">
         <v>22</v>
       </c>
       <c r="U140" t="s">
         <v>22</v>
       </c>
       <c r="V140" t="s">
         <v>22</v>
       </c>
       <c r="W140" t="s">
         <v>22</v>
       </c>
       <c r="X140" t="s">
         <v>22</v>
       </c>
       <c r="Y140" t="s">
         <v>22</v>
       </c>
       <c r="Z140" t="s">
         <v>22</v>
       </c>
       <c r="AA140" t="s">
         <v>22</v>
       </c>
       <c r="AB140" t="s">
         <v>22</v>
       </c>
       <c r="AC140" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:29">
       <c r="A141">
         <v>139</v>
       </c>
       <c r="B141" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D141" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E141">
         <v>1</v>
       </c>
       <c r="F141" t="s">
         <v>22</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141" t="s">
         <v>22</v>
       </c>
-      <c r="I141" t="s">
-        <v>22</v>
+      <c r="I141">
+        <v>1</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141" t="s">
         <v>22</v>
       </c>
       <c r="L141" t="s">
         <v>22</v>
       </c>
       <c r="M141" t="s">
         <v>22</v>
       </c>
       <c r="N141" t="s">
         <v>22</v>
       </c>
       <c r="O141" t="s">
         <v>22</v>
       </c>
-      <c r="P141">
-        <v>1</v>
+      <c r="P141" t="s">
+        <v>22</v>
       </c>
       <c r="Q141" t="s">
         <v>22</v>
       </c>
       <c r="R141" t="s">
         <v>22</v>
       </c>
       <c r="S141" t="s">
         <v>22</v>
       </c>
       <c r="T141" t="s">
         <v>22</v>
       </c>
       <c r="U141" t="s">
         <v>22</v>
       </c>
       <c r="V141" t="s">
         <v>22</v>
       </c>
       <c r="W141" t="s">
         <v>22</v>
       </c>
       <c r="X141" t="s">
         <v>22</v>
       </c>
       <c r="Y141" t="s">
         <v>22</v>
       </c>
       <c r="Z141" t="s">
         <v>22</v>
       </c>
       <c r="AA141" t="s">
         <v>22</v>
       </c>
       <c r="AB141" t="s">
         <v>22</v>
       </c>
       <c r="AC141" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="142" spans="1:29">
       <c r="A142">
         <v>140</v>
       </c>
       <c r="B142" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D142" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
       <c r="F142" t="s">
         <v>22</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142" t="s">
         <v>22</v>
       </c>
-      <c r="I142" t="s">
-        <v>22</v>
+      <c r="I142">
+        <v>1</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
       <c r="K142" t="s">
         <v>22</v>
       </c>
       <c r="L142" t="s">
         <v>22</v>
       </c>
       <c r="M142" t="s">
         <v>22</v>
       </c>
       <c r="N142" t="s">
         <v>22</v>
       </c>
       <c r="O142" t="s">
         <v>22</v>
       </c>
       <c r="P142" t="s">
         <v>22</v>
       </c>
-      <c r="Q142">
-        <v>1</v>
+      <c r="Q142" t="s">
+        <v>22</v>
       </c>
       <c r="R142" t="s">
         <v>22</v>
       </c>
       <c r="S142" t="s">
         <v>22</v>
       </c>
       <c r="T142" t="s">
         <v>22</v>
       </c>
       <c r="U142" t="s">
         <v>22</v>
       </c>
       <c r="V142" t="s">
         <v>22</v>
       </c>
       <c r="W142" t="s">
         <v>22</v>
       </c>
       <c r="X142" t="s">
         <v>22</v>
       </c>
       <c r="Y142" t="s">
         <v>22</v>
       </c>
       <c r="Z142" t="s">
         <v>22</v>
       </c>
       <c r="AA142" t="s">
         <v>22</v>
       </c>
       <c r="AB142" t="s">
         <v>22</v>
       </c>
       <c r="AC142" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:29">
       <c r="A143">
         <v>141</v>
       </c>
       <c r="B143" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D143" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
       <c r="F143" t="s">
         <v>22</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143" t="s">
         <v>22</v>
       </c>
-      <c r="I143" t="s">
-        <v>22</v>
+      <c r="I143">
+        <v>1</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>22</v>
       </c>
-      <c r="L143">
-        <v>1</v>
+      <c r="L143" t="s">
+        <v>22</v>
       </c>
       <c r="M143" t="s">
         <v>22</v>
       </c>
       <c r="N143" t="s">
         <v>22</v>
       </c>
       <c r="O143" t="s">
         <v>22</v>
       </c>
       <c r="P143" t="s">
         <v>22</v>
       </c>
       <c r="Q143" t="s">
         <v>22</v>
       </c>
       <c r="R143" t="s">
         <v>22</v>
       </c>
       <c r="S143" t="s">
         <v>22</v>
       </c>
       <c r="T143" t="s">
         <v>22</v>
       </c>
@@ -14141,947 +14159,947 @@
       </c>
       <c r="X143" t="s">
         <v>22</v>
       </c>
       <c r="Y143" t="s">
         <v>22</v>
       </c>
       <c r="Z143" t="s">
         <v>22</v>
       </c>
       <c r="AA143" t="s">
         <v>22</v>
       </c>
       <c r="AB143" t="s">
         <v>22</v>
       </c>
       <c r="AC143" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:29">
       <c r="A144">
         <v>142</v>
       </c>
       <c r="B144" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D144" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E144">
         <v>1</v>
       </c>
       <c r="F144" t="s">
         <v>22</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="K144" t="s">
         <v>22</v>
       </c>
       <c r="L144" t="s">
         <v>22</v>
       </c>
-      <c r="M144">
-        <v>1</v>
+      <c r="M144" t="s">
+        <v>22</v>
       </c>
       <c r="N144" t="s">
         <v>22</v>
       </c>
       <c r="O144" t="s">
         <v>22</v>
       </c>
-      <c r="P144" t="s">
-        <v>22</v>
+      <c r="P144">
+        <v>1</v>
       </c>
       <c r="Q144" t="s">
         <v>22</v>
       </c>
       <c r="R144" t="s">
         <v>22</v>
       </c>
       <c r="S144" t="s">
         <v>22</v>
       </c>
       <c r="T144" t="s">
         <v>22</v>
       </c>
       <c r="U144" t="s">
         <v>22</v>
       </c>
       <c r="V144" t="s">
         <v>22</v>
       </c>
       <c r="W144" t="s">
         <v>22</v>
       </c>
       <c r="X144" t="s">
         <v>22</v>
       </c>
       <c r="Y144" t="s">
         <v>22</v>
       </c>
       <c r="Z144" t="s">
         <v>22</v>
       </c>
       <c r="AA144" t="s">
         <v>22</v>
       </c>
       <c r="AB144" t="s">
         <v>22</v>
       </c>
       <c r="AC144" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="145" spans="1:29">
       <c r="A145">
         <v>143</v>
       </c>
       <c r="B145" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D145" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E145">
         <v>1</v>
       </c>
       <c r="F145" t="s">
         <v>22</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145" t="s">
         <v>22</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145" t="s">
         <v>22</v>
       </c>
       <c r="L145" t="s">
         <v>22</v>
       </c>
-      <c r="M145">
-        <v>1</v>
+      <c r="M145" t="s">
+        <v>22</v>
       </c>
       <c r="N145" t="s">
         <v>22</v>
       </c>
       <c r="O145" t="s">
         <v>22</v>
       </c>
       <c r="P145" t="s">
         <v>22</v>
       </c>
-      <c r="Q145" t="s">
-        <v>22</v>
+      <c r="Q145">
+        <v>1</v>
       </c>
       <c r="R145" t="s">
         <v>22</v>
       </c>
       <c r="S145" t="s">
         <v>22</v>
       </c>
       <c r="T145" t="s">
         <v>22</v>
       </c>
       <c r="U145" t="s">
         <v>22</v>
       </c>
       <c r="V145" t="s">
         <v>22</v>
       </c>
       <c r="W145" t="s">
         <v>22</v>
       </c>
       <c r="X145" t="s">
         <v>22</v>
       </c>
       <c r="Y145" t="s">
         <v>22</v>
       </c>
       <c r="Z145" t="s">
         <v>22</v>
       </c>
       <c r="AA145" t="s">
         <v>22</v>
       </c>
       <c r="AB145" t="s">
         <v>22</v>
       </c>
       <c r="AC145" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:29">
       <c r="A146">
         <v>144</v>
       </c>
       <c r="B146" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D146" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146" t="s">
         <v>22</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146" t="s">
         <v>22</v>
       </c>
       <c r="I146" t="s">
         <v>22</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>22</v>
       </c>
       <c r="L146" t="s">
         <v>22</v>
       </c>
-      <c r="M146">
-        <v>1</v>
+      <c r="M146" t="s">
+        <v>22</v>
       </c>
       <c r="N146" t="s">
         <v>22</v>
       </c>
       <c r="O146" t="s">
         <v>22</v>
       </c>
       <c r="P146" t="s">
         <v>22</v>
       </c>
-      <c r="Q146" t="s">
-        <v>22</v>
+      <c r="Q146">
+        <v>1</v>
       </c>
       <c r="R146" t="s">
         <v>22</v>
       </c>
       <c r="S146" t="s">
         <v>22</v>
       </c>
       <c r="T146" t="s">
         <v>22</v>
       </c>
       <c r="U146" t="s">
         <v>22</v>
       </c>
       <c r="V146" t="s">
         <v>22</v>
       </c>
       <c r="W146" t="s">
         <v>22</v>
       </c>
       <c r="X146" t="s">
         <v>22</v>
       </c>
       <c r="Y146" t="s">
         <v>22</v>
       </c>
       <c r="Z146" t="s">
         <v>22</v>
       </c>
       <c r="AA146" t="s">
         <v>22</v>
       </c>
       <c r="AB146" t="s">
         <v>22</v>
       </c>
       <c r="AC146" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:29">
       <c r="A147">
         <v>145</v>
       </c>
       <c r="B147" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D147" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="F147" t="s">
         <v>22</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147" t="s">
         <v>22</v>
       </c>
       <c r="I147" t="s">
         <v>22</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147" t="s">
         <v>22</v>
       </c>
       <c r="L147" t="s">
         <v>22</v>
       </c>
-      <c r="M147">
-        <v>1</v>
+      <c r="M147" t="s">
+        <v>22</v>
       </c>
       <c r="N147" t="s">
         <v>22</v>
       </c>
       <c r="O147" t="s">
         <v>22</v>
       </c>
-      <c r="P147" t="s">
-        <v>22</v>
+      <c r="P147">
+        <v>1</v>
       </c>
       <c r="Q147" t="s">
         <v>22</v>
       </c>
       <c r="R147" t="s">
         <v>22</v>
       </c>
       <c r="S147" t="s">
         <v>22</v>
       </c>
       <c r="T147" t="s">
         <v>22</v>
       </c>
       <c r="U147" t="s">
         <v>22</v>
       </c>
       <c r="V147" t="s">
         <v>22</v>
       </c>
       <c r="W147" t="s">
         <v>22</v>
       </c>
       <c r="X147" t="s">
         <v>22</v>
       </c>
       <c r="Y147" t="s">
         <v>22</v>
       </c>
       <c r="Z147" t="s">
         <v>22</v>
       </c>
       <c r="AA147" t="s">
         <v>22</v>
       </c>
       <c r="AB147" t="s">
         <v>22</v>
       </c>
       <c r="AC147" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:29">
       <c r="A148">
         <v>146</v>
       </c>
       <c r="B148" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D148" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="F148" t="s">
         <v>22</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148" t="s">
         <v>22</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
       <c r="K148" t="s">
         <v>22</v>
       </c>
       <c r="L148" t="s">
         <v>22</v>
       </c>
       <c r="M148" t="s">
         <v>22</v>
       </c>
       <c r="N148" t="s">
         <v>22</v>
       </c>
       <c r="O148" t="s">
         <v>22</v>
       </c>
       <c r="P148" t="s">
         <v>22</v>
       </c>
-      <c r="Q148" t="s">
-        <v>22</v>
+      <c r="Q148">
+        <v>1</v>
       </c>
       <c r="R148" t="s">
         <v>22</v>
       </c>
       <c r="S148" t="s">
         <v>22</v>
       </c>
       <c r="T148" t="s">
         <v>22</v>
       </c>
-      <c r="U148">
-        <v>1</v>
+      <c r="U148" t="s">
+        <v>22</v>
       </c>
       <c r="V148" t="s">
         <v>22</v>
       </c>
       <c r="W148" t="s">
         <v>22</v>
       </c>
       <c r="X148" t="s">
         <v>22</v>
       </c>
       <c r="Y148" t="s">
         <v>22</v>
       </c>
       <c r="Z148" t="s">
         <v>22</v>
       </c>
       <c r="AA148" t="s">
         <v>22</v>
       </c>
       <c r="AB148" t="s">
         <v>22</v>
       </c>
       <c r="AC148" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:29">
       <c r="A149">
         <v>147</v>
       </c>
       <c r="B149" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D149" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="F149" t="s">
         <v>22</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149" t="s">
         <v>22</v>
       </c>
       <c r="I149" t="s">
         <v>22</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
       <c r="K149" t="s">
         <v>22</v>
       </c>
-      <c r="L149" t="s">
-        <v>22</v>
+      <c r="L149">
+        <v>1</v>
       </c>
       <c r="M149" t="s">
         <v>22</v>
       </c>
       <c r="N149" t="s">
         <v>22</v>
       </c>
       <c r="O149" t="s">
         <v>22</v>
       </c>
       <c r="P149" t="s">
         <v>22</v>
       </c>
       <c r="Q149" t="s">
         <v>22</v>
       </c>
       <c r="R149" t="s">
         <v>22</v>
       </c>
       <c r="S149" t="s">
         <v>22</v>
       </c>
       <c r="T149" t="s">
         <v>22</v>
       </c>
-      <c r="U149">
-        <v>1</v>
+      <c r="U149" t="s">
+        <v>22</v>
       </c>
       <c r="V149" t="s">
         <v>22</v>
       </c>
       <c r="W149" t="s">
         <v>22</v>
       </c>
       <c r="X149" t="s">
         <v>22</v>
       </c>
       <c r="Y149" t="s">
         <v>22</v>
       </c>
       <c r="Z149" t="s">
         <v>22</v>
       </c>
       <c r="AA149" t="s">
         <v>22</v>
       </c>
       <c r="AB149" t="s">
         <v>22</v>
       </c>
       <c r="AC149" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:29">
       <c r="A150">
         <v>148</v>
       </c>
       <c r="B150" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D150" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150" t="s">
         <v>22</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150" t="s">
         <v>22</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150" t="s">
         <v>22</v>
       </c>
       <c r="L150" t="s">
         <v>22</v>
       </c>
-      <c r="M150" t="s">
-        <v>22</v>
+      <c r="M150">
+        <v>1</v>
       </c>
       <c r="N150" t="s">
         <v>22</v>
       </c>
       <c r="O150" t="s">
         <v>22</v>
       </c>
       <c r="P150" t="s">
         <v>22</v>
       </c>
       <c r="Q150" t="s">
         <v>22</v>
       </c>
       <c r="R150" t="s">
         <v>22</v>
       </c>
       <c r="S150" t="s">
         <v>22</v>
       </c>
       <c r="T150" t="s">
         <v>22</v>
       </c>
-      <c r="U150">
-        <v>1</v>
+      <c r="U150" t="s">
+        <v>22</v>
       </c>
       <c r="V150" t="s">
         <v>22</v>
       </c>
       <c r="W150" t="s">
         <v>22</v>
       </c>
       <c r="X150" t="s">
         <v>22</v>
       </c>
       <c r="Y150" t="s">
         <v>22</v>
       </c>
       <c r="Z150" t="s">
         <v>22</v>
       </c>
       <c r="AA150" t="s">
         <v>22</v>
       </c>
       <c r="AB150" t="s">
         <v>22</v>
       </c>
       <c r="AC150" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:29">
       <c r="A151">
         <v>149</v>
       </c>
       <c r="B151" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D151" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E151">
         <v>1</v>
       </c>
       <c r="F151" t="s">
         <v>22</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151" t="s">
         <v>22</v>
       </c>
       <c r="I151" t="s">
         <v>22</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151" t="s">
         <v>22</v>
       </c>
       <c r="L151" t="s">
         <v>22</v>
       </c>
-      <c r="M151" t="s">
-        <v>22</v>
+      <c r="M151">
+        <v>1</v>
       </c>
       <c r="N151" t="s">
         <v>22</v>
       </c>
       <c r="O151" t="s">
         <v>22</v>
       </c>
       <c r="P151" t="s">
         <v>22</v>
       </c>
       <c r="Q151" t="s">
         <v>22</v>
       </c>
       <c r="R151" t="s">
         <v>22</v>
       </c>
       <c r="S151" t="s">
         <v>22</v>
       </c>
       <c r="T151" t="s">
         <v>22</v>
       </c>
-      <c r="U151">
-        <v>1</v>
+      <c r="U151" t="s">
+        <v>22</v>
       </c>
       <c r="V151" t="s">
         <v>22</v>
       </c>
       <c r="W151" t="s">
         <v>22</v>
       </c>
       <c r="X151" t="s">
         <v>22</v>
       </c>
       <c r="Y151" t="s">
         <v>22</v>
       </c>
       <c r="Z151" t="s">
         <v>22</v>
       </c>
       <c r="AA151" t="s">
         <v>22</v>
       </c>
       <c r="AB151" t="s">
         <v>22</v>
       </c>
       <c r="AC151" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:29">
       <c r="A152">
         <v>150</v>
       </c>
       <c r="B152" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D152" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152" t="s">
         <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152" t="s">
         <v>22</v>
       </c>
       <c r="L152" t="s">
         <v>22</v>
       </c>
-      <c r="M152" t="s">
-        <v>22</v>
+      <c r="M152">
+        <v>1</v>
       </c>
       <c r="N152" t="s">
         <v>22</v>
       </c>
       <c r="O152" t="s">
         <v>22</v>
       </c>
       <c r="P152" t="s">
         <v>22</v>
       </c>
       <c r="Q152" t="s">
         <v>22</v>
       </c>
       <c r="R152" t="s">
         <v>22</v>
       </c>
       <c r="S152" t="s">
         <v>22</v>
       </c>
       <c r="T152" t="s">
         <v>22</v>
       </c>
-      <c r="U152">
-        <v>1</v>
+      <c r="U152" t="s">
+        <v>22</v>
       </c>
       <c r="V152" t="s">
         <v>22</v>
       </c>
       <c r="W152" t="s">
         <v>22</v>
       </c>
       <c r="X152" t="s">
         <v>22</v>
       </c>
       <c r="Y152" t="s">
         <v>22</v>
       </c>
       <c r="Z152" t="s">
         <v>22</v>
       </c>
       <c r="AA152" t="s">
         <v>22</v>
       </c>
       <c r="AB152" t="s">
         <v>22</v>
       </c>
       <c r="AC152" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:29">
       <c r="A153">
         <v>151</v>
       </c>
       <c r="B153" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D153" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153" t="s">
         <v>22</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153" t="s">
         <v>22</v>
       </c>
       <c r="I153" t="s">
         <v>22</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153" t="s">
         <v>22</v>
       </c>
       <c r="L153" t="s">
         <v>22</v>
       </c>
-      <c r="M153" t="s">
-        <v>22</v>
+      <c r="M153">
+        <v>1</v>
       </c>
       <c r="N153" t="s">
         <v>22</v>
       </c>
       <c r="O153" t="s">
         <v>22</v>
       </c>
       <c r="P153" t="s">
         <v>22</v>
       </c>
       <c r="Q153" t="s">
         <v>22</v>
       </c>
       <c r="R153" t="s">
         <v>22</v>
       </c>
       <c r="S153" t="s">
         <v>22</v>
       </c>
-      <c r="T153">
-        <v>1</v>
+      <c r="T153" t="s">
+        <v>22</v>
       </c>
       <c r="U153" t="s">
         <v>22</v>
       </c>
       <c r="V153" t="s">
         <v>22</v>
       </c>
       <c r="W153" t="s">
         <v>22</v>
       </c>
       <c r="X153" t="s">
         <v>22</v>
       </c>
       <c r="Y153" t="s">
         <v>22</v>
       </c>
       <c r="Z153" t="s">
         <v>22</v>
       </c>
       <c r="AA153" t="s">
         <v>22</v>
       </c>
       <c r="AB153" t="s">
         <v>22</v>
       </c>
       <c r="AC153" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:29">
       <c r="A154">
         <v>152</v>
       </c>
       <c r="B154" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D154" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154" t="s">
         <v>22</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154" t="s">
         <v>22</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
         <v>22</v>
       </c>
       <c r="K154" t="s">
         <v>22</v>
       </c>
       <c r="L154" t="s">
         <v>22</v>
       </c>
@@ -15120,57 +15138,57 @@
       </c>
       <c r="X154" t="s">
         <v>22</v>
       </c>
       <c r="Y154" t="s">
         <v>22</v>
       </c>
       <c r="Z154" t="s">
         <v>22</v>
       </c>
       <c r="AA154" t="s">
         <v>22</v>
       </c>
       <c r="AB154" t="s">
         <v>22</v>
       </c>
       <c r="AC154" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:29">
       <c r="A155">
         <v>153</v>
       </c>
       <c r="B155" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D155" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155" t="s">
         <v>22</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
       <c r="K155" t="s">
         <v>22</v>
       </c>
       <c r="L155" t="s">
         <v>22</v>
       </c>
@@ -15209,57 +15227,57 @@
       </c>
       <c r="X155" t="s">
         <v>22</v>
       </c>
       <c r="Y155" t="s">
         <v>22</v>
       </c>
       <c r="Z155" t="s">
         <v>22</v>
       </c>
       <c r="AA155" t="s">
         <v>22</v>
       </c>
       <c r="AB155" t="s">
         <v>22</v>
       </c>
       <c r="AC155" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:29">
       <c r="A156">
         <v>154</v>
       </c>
       <c r="B156" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D156" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156" t="s">
         <v>22</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156" t="s">
         <v>22</v>
       </c>
       <c r="I156" t="s">
         <v>22</v>
       </c>
       <c r="J156" t="s">
         <v>22</v>
       </c>
       <c r="K156" t="s">
         <v>22</v>
       </c>
       <c r="L156" t="s">
         <v>22</v>
       </c>
@@ -15298,57 +15316,57 @@
       </c>
       <c r="X156" t="s">
         <v>22</v>
       </c>
       <c r="Y156" t="s">
         <v>22</v>
       </c>
       <c r="Z156" t="s">
         <v>22</v>
       </c>
       <c r="AA156" t="s">
         <v>22</v>
       </c>
       <c r="AB156" t="s">
         <v>22</v>
       </c>
       <c r="AC156" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:29">
       <c r="A157">
         <v>155</v>
       </c>
       <c r="B157" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D157" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157" t="s">
         <v>22</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157" t="s">
         <v>22</v>
       </c>
       <c r="I157" t="s">
         <v>22</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>22</v>
       </c>
       <c r="L157" t="s">
         <v>22</v>
       </c>
@@ -15387,57 +15405,57 @@
       </c>
       <c r="X157" t="s">
         <v>22</v>
       </c>
       <c r="Y157" t="s">
         <v>22</v>
       </c>
       <c r="Z157" t="s">
         <v>22</v>
       </c>
       <c r="AA157" t="s">
         <v>22</v>
       </c>
       <c r="AB157" t="s">
         <v>22</v>
       </c>
       <c r="AC157" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:29">
       <c r="A158">
         <v>156</v>
       </c>
       <c r="B158" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D158" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158" t="s">
         <v>22</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158" t="s">
         <v>22</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
       <c r="K158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
         <v>22</v>
       </c>
@@ -15476,57 +15494,57 @@
       </c>
       <c r="X158" t="s">
         <v>22</v>
       </c>
       <c r="Y158" t="s">
         <v>22</v>
       </c>
       <c r="Z158" t="s">
         <v>22</v>
       </c>
       <c r="AA158" t="s">
         <v>22</v>
       </c>
       <c r="AB158" t="s">
         <v>22</v>
       </c>
       <c r="AC158" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:29">
       <c r="A159">
         <v>157</v>
       </c>
       <c r="B159" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D159" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="F159" t="s">
         <v>22</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>22</v>
       </c>
       <c r="L159" t="s">
         <v>22</v>
       </c>
@@ -15565,146 +15583,146 @@
       </c>
       <c r="X159" t="s">
         <v>22</v>
       </c>
       <c r="Y159" t="s">
         <v>22</v>
       </c>
       <c r="Z159" t="s">
         <v>22</v>
       </c>
       <c r="AA159" t="s">
         <v>22</v>
       </c>
       <c r="AB159" t="s">
         <v>22</v>
       </c>
       <c r="AC159" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="160" spans="1:29">
       <c r="A160">
         <v>158</v>
       </c>
       <c r="B160" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D160" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
       <c r="F160" t="s">
         <v>22</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160" t="s">
         <v>22</v>
       </c>
       <c r="I160" t="s">
         <v>22</v>
       </c>
       <c r="J160" t="s">
         <v>22</v>
       </c>
       <c r="K160" t="s">
         <v>22</v>
       </c>
       <c r="L160" t="s">
         <v>22</v>
       </c>
       <c r="M160" t="s">
         <v>22</v>
       </c>
       <c r="N160" t="s">
         <v>22</v>
       </c>
       <c r="O160" t="s">
         <v>22</v>
       </c>
       <c r="P160" t="s">
         <v>22</v>
       </c>
       <c r="Q160" t="s">
         <v>22</v>
       </c>
       <c r="R160" t="s">
         <v>22</v>
       </c>
       <c r="S160" t="s">
         <v>22</v>
       </c>
-      <c r="T160">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="T160" t="s">
+        <v>22</v>
+      </c>
+      <c r="U160">
+        <v>1</v>
       </c>
       <c r="V160" t="s">
         <v>22</v>
       </c>
       <c r="W160" t="s">
         <v>22</v>
       </c>
       <c r="X160" t="s">
         <v>22</v>
       </c>
       <c r="Y160" t="s">
         <v>22</v>
       </c>
       <c r="Z160" t="s">
         <v>22</v>
       </c>
       <c r="AA160" t="s">
         <v>22</v>
       </c>
       <c r="AB160" t="s">
         <v>22</v>
       </c>
       <c r="AC160" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="161" spans="1:29">
       <c r="A161">
         <v>159</v>
       </c>
       <c r="B161" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D161" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161" t="s">
         <v>22</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>22</v>
       </c>
       <c r="K161" t="s">
         <v>22</v>
       </c>
       <c r="L161" t="s">
         <v>22</v>
       </c>
@@ -15743,858 +15761,858 @@
       </c>
       <c r="X161" t="s">
         <v>22</v>
       </c>
       <c r="Y161" t="s">
         <v>22</v>
       </c>
       <c r="Z161" t="s">
         <v>22</v>
       </c>
       <c r="AA161" t="s">
         <v>22</v>
       </c>
       <c r="AB161" t="s">
         <v>22</v>
       </c>
       <c r="AC161" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:29">
       <c r="A162">
         <v>160</v>
       </c>
       <c r="B162" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D162" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162" t="s">
         <v>22</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162" t="s">
         <v>22</v>
       </c>
       <c r="I162" t="s">
         <v>22</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162" t="s">
         <v>22</v>
       </c>
       <c r="L162" t="s">
         <v>22</v>
       </c>
       <c r="M162" t="s">
         <v>22</v>
       </c>
       <c r="N162" t="s">
         <v>22</v>
       </c>
       <c r="O162" t="s">
         <v>22</v>
       </c>
       <c r="P162" t="s">
         <v>22</v>
       </c>
       <c r="Q162" t="s">
         <v>22</v>
       </c>
       <c r="R162" t="s">
         <v>22</v>
       </c>
-      <c r="S162">
-        <v>1</v>
+      <c r="S162" t="s">
+        <v>22</v>
       </c>
       <c r="T162" t="s">
         <v>22</v>
       </c>
-      <c r="U162" t="s">
-        <v>22</v>
+      <c r="U162">
+        <v>1</v>
       </c>
       <c r="V162" t="s">
         <v>22</v>
       </c>
       <c r="W162" t="s">
         <v>22</v>
       </c>
       <c r="X162" t="s">
         <v>22</v>
       </c>
       <c r="Y162" t="s">
         <v>22</v>
       </c>
       <c r="Z162" t="s">
         <v>22</v>
       </c>
       <c r="AA162" t="s">
         <v>22</v>
       </c>
       <c r="AB162" t="s">
         <v>22</v>
       </c>
       <c r="AC162" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="163" spans="1:29">
       <c r="A163">
         <v>161</v>
       </c>
       <c r="B163" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D163" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163" t="s">
         <v>22</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
         <v>22</v>
       </c>
       <c r="K163" t="s">
         <v>22</v>
       </c>
       <c r="L163" t="s">
         <v>22</v>
       </c>
       <c r="M163" t="s">
         <v>22</v>
       </c>
       <c r="N163" t="s">
         <v>22</v>
       </c>
       <c r="O163" t="s">
         <v>22</v>
       </c>
       <c r="P163" t="s">
         <v>22</v>
       </c>
       <c r="Q163" t="s">
         <v>22</v>
       </c>
       <c r="R163" t="s">
         <v>22</v>
       </c>
-      <c r="S163">
-        <v>1</v>
+      <c r="S163" t="s">
+        <v>22</v>
       </c>
       <c r="T163" t="s">
         <v>22</v>
       </c>
-      <c r="U163" t="s">
-        <v>22</v>
+      <c r="U163">
+        <v>1</v>
       </c>
       <c r="V163" t="s">
         <v>22</v>
       </c>
       <c r="W163" t="s">
         <v>22</v>
       </c>
       <c r="X163" t="s">
         <v>22</v>
       </c>
       <c r="Y163" t="s">
         <v>22</v>
       </c>
       <c r="Z163" t="s">
         <v>22</v>
       </c>
       <c r="AA163" t="s">
         <v>22</v>
       </c>
       <c r="AB163" t="s">
         <v>22</v>
       </c>
       <c r="AC163" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="164" spans="1:29">
       <c r="A164">
         <v>162</v>
       </c>
       <c r="B164" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D164" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164" t="s">
         <v>22</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164" t="s">
         <v>22</v>
       </c>
       <c r="I164" t="s">
         <v>22</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164" t="s">
         <v>22</v>
       </c>
       <c r="L164" t="s">
         <v>22</v>
       </c>
       <c r="M164" t="s">
         <v>22</v>
       </c>
       <c r="N164" t="s">
         <v>22</v>
       </c>
       <c r="O164" t="s">
         <v>22</v>
       </c>
       <c r="P164" t="s">
         <v>22</v>
       </c>
       <c r="Q164" t="s">
         <v>22</v>
       </c>
       <c r="R164" t="s">
         <v>22</v>
       </c>
-      <c r="S164">
-        <v>1</v>
+      <c r="S164" t="s">
+        <v>22</v>
       </c>
       <c r="T164" t="s">
         <v>22</v>
       </c>
-      <c r="U164" t="s">
-        <v>22</v>
+      <c r="U164">
+        <v>1</v>
       </c>
       <c r="V164" t="s">
         <v>22</v>
       </c>
       <c r="W164" t="s">
         <v>22</v>
       </c>
       <c r="X164" t="s">
         <v>22</v>
       </c>
       <c r="Y164" t="s">
         <v>22</v>
       </c>
       <c r="Z164" t="s">
         <v>22</v>
       </c>
       <c r="AA164" t="s">
         <v>22</v>
       </c>
       <c r="AB164" t="s">
         <v>22</v>
       </c>
       <c r="AC164" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:29">
       <c r="A165">
         <v>163</v>
       </c>
       <c r="B165" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D165" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="F165" t="s">
         <v>22</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165" t="s">
         <v>22</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>22</v>
       </c>
       <c r="K165" t="s">
         <v>22</v>
       </c>
       <c r="L165" t="s">
         <v>22</v>
       </c>
       <c r="M165" t="s">
         <v>22</v>
       </c>
       <c r="N165" t="s">
         <v>22</v>
       </c>
       <c r="O165" t="s">
         <v>22</v>
       </c>
       <c r="P165" t="s">
         <v>22</v>
       </c>
       <c r="Q165" t="s">
         <v>22</v>
       </c>
       <c r="R165" t="s">
         <v>22</v>
       </c>
       <c r="S165" t="s">
         <v>22</v>
       </c>
-      <c r="T165" t="s">
-        <v>22</v>
+      <c r="T165">
+        <v>1</v>
       </c>
       <c r="U165" t="s">
         <v>22</v>
       </c>
       <c r="V165" t="s">
         <v>22</v>
       </c>
       <c r="W165" t="s">
         <v>22</v>
       </c>
       <c r="X165" t="s">
         <v>22</v>
       </c>
       <c r="Y165" t="s">
         <v>22</v>
       </c>
       <c r="Z165" t="s">
         <v>22</v>
       </c>
-      <c r="AA165">
-        <v>1</v>
+      <c r="AA165" t="s">
+        <v>22</v>
       </c>
       <c r="AB165" t="s">
         <v>22</v>
       </c>
       <c r="AC165" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="166" spans="1:29">
       <c r="A166">
         <v>164</v>
       </c>
       <c r="B166" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D166" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166" t="s">
         <v>22</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
         <v>22</v>
       </c>
       <c r="K166" t="s">
         <v>22</v>
       </c>
       <c r="L166" t="s">
         <v>22</v>
       </c>
       <c r="M166" t="s">
         <v>22</v>
       </c>
       <c r="N166" t="s">
         <v>22</v>
       </c>
       <c r="O166" t="s">
         <v>22</v>
       </c>
       <c r="P166" t="s">
         <v>22</v>
       </c>
       <c r="Q166" t="s">
         <v>22</v>
       </c>
       <c r="R166" t="s">
         <v>22</v>
       </c>
       <c r="S166" t="s">
         <v>22</v>
       </c>
-      <c r="T166" t="s">
-        <v>22</v>
+      <c r="T166">
+        <v>1</v>
       </c>
       <c r="U166" t="s">
         <v>22</v>
       </c>
       <c r="V166" t="s">
         <v>22</v>
       </c>
       <c r="W166" t="s">
         <v>22</v>
       </c>
       <c r="X166" t="s">
         <v>22</v>
       </c>
       <c r="Y166" t="s">
         <v>22</v>
       </c>
       <c r="Z166" t="s">
         <v>22</v>
       </c>
-      <c r="AA166">
-        <v>1</v>
+      <c r="AA166" t="s">
+        <v>22</v>
       </c>
       <c r="AB166" t="s">
         <v>22</v>
       </c>
       <c r="AC166" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="167" spans="1:29">
       <c r="A167">
         <v>165</v>
       </c>
       <c r="B167" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D167" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="F167" t="s">
         <v>22</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167" t="s">
         <v>22</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
         <v>22</v>
       </c>
       <c r="K167" t="s">
         <v>22</v>
       </c>
       <c r="L167" t="s">
         <v>22</v>
       </c>
       <c r="M167" t="s">
         <v>22</v>
       </c>
       <c r="N167" t="s">
         <v>22</v>
       </c>
       <c r="O167" t="s">
         <v>22</v>
       </c>
       <c r="P167" t="s">
         <v>22</v>
       </c>
       <c r="Q167" t="s">
         <v>22</v>
       </c>
       <c r="R167" t="s">
         <v>22</v>
       </c>
       <c r="S167" t="s">
         <v>22</v>
       </c>
       <c r="T167" t="s">
         <v>22</v>
       </c>
-      <c r="U167" t="s">
-        <v>22</v>
+      <c r="U167">
+        <v>1</v>
       </c>
       <c r="V167" t="s">
         <v>22</v>
       </c>
       <c r="W167" t="s">
         <v>22</v>
       </c>
       <c r="X167" t="s">
         <v>22</v>
       </c>
       <c r="Y167" t="s">
         <v>22</v>
       </c>
       <c r="Z167" t="s">
         <v>22</v>
       </c>
-      <c r="AA167">
-        <v>1</v>
+      <c r="AA167" t="s">
+        <v>22</v>
       </c>
       <c r="AB167" t="s">
         <v>22</v>
       </c>
       <c r="AC167" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="168" spans="1:29">
       <c r="A168">
         <v>166</v>
       </c>
       <c r="B168" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D168" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="F168" t="s">
         <v>22</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168" t="s">
         <v>22</v>
       </c>
       <c r="I168" t="s">
         <v>22</v>
       </c>
       <c r="J168" t="s">
         <v>22</v>
       </c>
       <c r="K168" t="s">
         <v>22</v>
       </c>
       <c r="L168" t="s">
         <v>22</v>
       </c>
       <c r="M168" t="s">
         <v>22</v>
       </c>
       <c r="N168" t="s">
         <v>22</v>
       </c>
       <c r="O168" t="s">
         <v>22</v>
       </c>
       <c r="P168" t="s">
         <v>22</v>
       </c>
       <c r="Q168" t="s">
         <v>22</v>
       </c>
       <c r="R168" t="s">
         <v>22</v>
       </c>
-      <c r="S168" t="s">
-        <v>22</v>
+      <c r="S168">
+        <v>1</v>
       </c>
       <c r="T168" t="s">
         <v>22</v>
       </c>
       <c r="U168" t="s">
         <v>22</v>
       </c>
       <c r="V168" t="s">
         <v>22</v>
       </c>
       <c r="W168" t="s">
         <v>22</v>
       </c>
       <c r="X168" t="s">
         <v>22</v>
       </c>
       <c r="Y168" t="s">
         <v>22</v>
       </c>
       <c r="Z168" t="s">
         <v>22</v>
       </c>
-      <c r="AA168">
-        <v>1</v>
+      <c r="AA168" t="s">
+        <v>22</v>
       </c>
       <c r="AB168" t="s">
         <v>22</v>
       </c>
       <c r="AC168" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:29">
       <c r="A169">
         <v>167</v>
       </c>
       <c r="B169" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D169" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169" t="s">
         <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169" t="s">
         <v>22</v>
       </c>
       <c r="I169" t="s">
         <v>22</v>
       </c>
       <c r="J169" t="s">
         <v>22</v>
       </c>
       <c r="K169" t="s">
         <v>22</v>
       </c>
       <c r="L169" t="s">
         <v>22</v>
       </c>
       <c r="M169" t="s">
         <v>22</v>
       </c>
       <c r="N169" t="s">
         <v>22</v>
       </c>
       <c r="O169" t="s">
         <v>22</v>
       </c>
       <c r="P169" t="s">
         <v>22</v>
       </c>
       <c r="Q169" t="s">
         <v>22</v>
       </c>
       <c r="R169" t="s">
         <v>22</v>
       </c>
-      <c r="S169" t="s">
-        <v>22</v>
+      <c r="S169">
+        <v>1</v>
       </c>
       <c r="T169" t="s">
         <v>22</v>
       </c>
       <c r="U169" t="s">
         <v>22</v>
       </c>
       <c r="V169" t="s">
         <v>22</v>
       </c>
       <c r="W169" t="s">
         <v>22</v>
       </c>
       <c r="X169" t="s">
         <v>22</v>
       </c>
       <c r="Y169" t="s">
         <v>22</v>
       </c>
-      <c r="Z169">
-        <v>1</v>
+      <c r="Z169" t="s">
+        <v>22</v>
       </c>
       <c r="AA169" t="s">
         <v>22</v>
       </c>
       <c r="AB169" t="s">
         <v>22</v>
       </c>
       <c r="AC169" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:29">
       <c r="A170">
         <v>168</v>
       </c>
       <c r="B170" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D170" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170" t="s">
         <v>22</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170" t="s">
         <v>22</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
         <v>22</v>
       </c>
       <c r="K170" t="s">
         <v>22</v>
       </c>
       <c r="L170" t="s">
         <v>22</v>
       </c>
       <c r="M170" t="s">
         <v>22</v>
       </c>
       <c r="N170" t="s">
         <v>22</v>
       </c>
       <c r="O170" t="s">
         <v>22</v>
       </c>
       <c r="P170" t="s">
         <v>22</v>
       </c>
       <c r="Q170" t="s">
         <v>22</v>
       </c>
       <c r="R170" t="s">
         <v>22</v>
       </c>
-      <c r="S170" t="s">
-        <v>22</v>
+      <c r="S170">
+        <v>1</v>
       </c>
       <c r="T170" t="s">
         <v>22</v>
       </c>
       <c r="U170" t="s">
         <v>22</v>
       </c>
       <c r="V170" t="s">
         <v>22</v>
       </c>
       <c r="W170" t="s">
         <v>22</v>
       </c>
       <c r="X170" t="s">
         <v>22</v>
       </c>
       <c r="Y170" t="s">
         <v>22</v>
       </c>
       <c r="Z170" t="s">
         <v>22</v>
       </c>
-      <c r="AA170">
-        <v>1</v>
+      <c r="AA170" t="s">
+        <v>22</v>
       </c>
       <c r="AB170" t="s">
         <v>22</v>
       </c>
       <c r="AC170" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:29">
       <c r="A171">
         <v>169</v>
       </c>
       <c r="B171" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D171" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
       <c r="F171" t="s">
         <v>22</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171" t="s">
         <v>22</v>
       </c>
       <c r="I171" t="s">
         <v>22</v>
       </c>
       <c r="J171" t="s">
         <v>22</v>
       </c>
       <c r="K171" t="s">
         <v>22</v>
       </c>
       <c r="L171" t="s">
         <v>22</v>
       </c>
@@ -16633,60 +16651,60 @@
       </c>
       <c r="X171" t="s">
         <v>22</v>
       </c>
       <c r="Y171" t="s">
         <v>22</v>
       </c>
       <c r="Z171" t="s">
         <v>22</v>
       </c>
       <c r="AA171">
         <v>1</v>
       </c>
       <c r="AB171" t="s">
         <v>22</v>
       </c>
       <c r="AC171" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="172" spans="1:29">
       <c r="A172">
         <v>170</v>
       </c>
       <c r="B172" t="s">
+        <v>138</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="C172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E172">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F172" t="s">
         <v>22</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172" t="s">
         <v>22</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>22</v>
       </c>
       <c r="K172" t="s">
         <v>22</v>
       </c>
       <c r="L172" t="s">
         <v>22</v>
       </c>
       <c r="M172" t="s">
         <v>22</v>
       </c>
@@ -16707,75 +16725,75 @@
       </c>
       <c r="S172" t="s">
         <v>22</v>
       </c>
       <c r="T172" t="s">
         <v>22</v>
       </c>
       <c r="U172" t="s">
         <v>22</v>
       </c>
       <c r="V172" t="s">
         <v>22</v>
       </c>
       <c r="W172" t="s">
         <v>22</v>
       </c>
       <c r="X172" t="s">
         <v>22</v>
       </c>
       <c r="Y172" t="s">
         <v>22</v>
       </c>
       <c r="Z172" t="s">
         <v>22</v>
       </c>
-      <c r="AA172" t="s">
-        <v>22</v>
+      <c r="AA172">
+        <v>1</v>
       </c>
       <c r="AB172" t="s">
         <v>22</v>
       </c>
       <c r="AC172" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:29">
       <c r="A173">
         <v>171</v>
       </c>
       <c r="B173" t="s">
+        <v>138</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="C173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" t="s">
-        <v>200</v>
+        <v>139</v>
       </c>
       <c r="E173">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F173" t="s">
         <v>22</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173" t="s">
         <v>22</v>
       </c>
       <c r="I173" t="s">
         <v>22</v>
       </c>
       <c r="J173" t="s">
         <v>22</v>
       </c>
       <c r="K173" t="s">
         <v>22</v>
       </c>
       <c r="L173" t="s">
         <v>22</v>
       </c>
       <c r="M173" t="s">
         <v>22</v>
       </c>
@@ -16796,75 +16814,75 @@
       </c>
       <c r="S173" t="s">
         <v>22</v>
       </c>
       <c r="T173" t="s">
         <v>22</v>
       </c>
       <c r="U173" t="s">
         <v>22</v>
       </c>
       <c r="V173" t="s">
         <v>22</v>
       </c>
       <c r="W173" t="s">
         <v>22</v>
       </c>
       <c r="X173" t="s">
         <v>22</v>
       </c>
       <c r="Y173" t="s">
         <v>22</v>
       </c>
       <c r="Z173" t="s">
         <v>22</v>
       </c>
-      <c r="AA173" t="s">
-        <v>22</v>
+      <c r="AA173">
+        <v>1</v>
       </c>
       <c r="AB173" t="s">
         <v>22</v>
       </c>
       <c r="AC173" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="174" spans="1:29">
       <c r="A174">
         <v>172</v>
       </c>
       <c r="B174" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>138</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>200</v>
       </c>
       <c r="D174" t="s">
-        <v>200</v>
+        <v>139</v>
       </c>
       <c r="E174">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F174" t="s">
         <v>22</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
       <c r="K174" t="s">
         <v>22</v>
       </c>
       <c r="L174" t="s">
         <v>22</v>
       </c>
       <c r="M174" t="s">
         <v>22</v>
       </c>
@@ -16885,75 +16903,75 @@
       </c>
       <c r="S174" t="s">
         <v>22</v>
       </c>
       <c r="T174" t="s">
         <v>22</v>
       </c>
       <c r="U174" t="s">
         <v>22</v>
       </c>
       <c r="V174" t="s">
         <v>22</v>
       </c>
       <c r="W174" t="s">
         <v>22</v>
       </c>
       <c r="X174" t="s">
         <v>22</v>
       </c>
       <c r="Y174" t="s">
         <v>22</v>
       </c>
       <c r="Z174" t="s">
         <v>22</v>
       </c>
-      <c r="AA174" t="s">
-        <v>22</v>
+      <c r="AA174">
+        <v>1</v>
       </c>
       <c r="AB174" t="s">
         <v>22</v>
       </c>
       <c r="AC174" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:29">
       <c r="A175">
         <v>173</v>
       </c>
       <c r="B175" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>138</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>201</v>
       </c>
       <c r="D175" t="s">
-        <v>200</v>
+        <v>139</v>
       </c>
       <c r="E175">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F175" t="s">
         <v>22</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175" t="s">
         <v>22</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>22</v>
       </c>
       <c r="L175" t="s">
         <v>22</v>
       </c>
       <c r="M175" t="s">
         <v>22</v>
       </c>
@@ -16971,78 +16989,78 @@
       </c>
       <c r="R175" t="s">
         <v>22</v>
       </c>
       <c r="S175" t="s">
         <v>22</v>
       </c>
       <c r="T175" t="s">
         <v>22</v>
       </c>
       <c r="U175" t="s">
         <v>22</v>
       </c>
       <c r="V175" t="s">
         <v>22</v>
       </c>
       <c r="W175" t="s">
         <v>22</v>
       </c>
       <c r="X175" t="s">
         <v>22</v>
       </c>
       <c r="Y175" t="s">
         <v>22</v>
       </c>
-      <c r="Z175" t="s">
-        <v>22</v>
+      <c r="Z175">
+        <v>1</v>
       </c>
       <c r="AA175" t="s">
         <v>22</v>
       </c>
       <c r="AB175" t="s">
         <v>22</v>
       </c>
       <c r="AC175" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:29">
       <c r="A176">
         <v>174</v>
       </c>
       <c r="B176" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>138</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="D176" t="s">
-        <v>204</v>
+        <v>139</v>
       </c>
       <c r="E176">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F176" t="s">
         <v>22</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176" t="s">
         <v>22</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
         <v>22</v>
       </c>
       <c r="K176" t="s">
         <v>22</v>
       </c>
       <c r="L176" t="s">
         <v>22</v>
       </c>
       <c r="M176" t="s">
         <v>22</v>
       </c>
@@ -17063,75 +17081,75 @@
       </c>
       <c r="S176" t="s">
         <v>22</v>
       </c>
       <c r="T176" t="s">
         <v>22</v>
       </c>
       <c r="U176" t="s">
         <v>22</v>
       </c>
       <c r="V176" t="s">
         <v>22</v>
       </c>
       <c r="W176" t="s">
         <v>22</v>
       </c>
       <c r="X176" t="s">
         <v>22</v>
       </c>
       <c r="Y176" t="s">
         <v>22</v>
       </c>
       <c r="Z176" t="s">
         <v>22</v>
       </c>
-      <c r="AA176" t="s">
-        <v>22</v>
+      <c r="AA176">
+        <v>1</v>
       </c>
       <c r="AB176" t="s">
         <v>22</v>
       </c>
       <c r="AC176" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:29">
       <c r="A177">
         <v>175</v>
       </c>
       <c r="B177" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>138</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>203</v>
       </c>
       <c r="D177" t="s">
-        <v>204</v>
+        <v>139</v>
       </c>
       <c r="E177">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F177" t="s">
         <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177" t="s">
         <v>22</v>
       </c>
       <c r="I177" t="s">
         <v>22</v>
       </c>
       <c r="J177" t="s">
         <v>22</v>
       </c>
       <c r="K177" t="s">
         <v>22</v>
       </c>
       <c r="L177" t="s">
         <v>22</v>
       </c>
       <c r="M177" t="s">
         <v>22</v>
       </c>
@@ -17152,72 +17170,72 @@
       </c>
       <c r="S177" t="s">
         <v>22</v>
       </c>
       <c r="T177" t="s">
         <v>22</v>
       </c>
       <c r="U177" t="s">
         <v>22</v>
       </c>
       <c r="V177" t="s">
         <v>22</v>
       </c>
       <c r="W177" t="s">
         <v>22</v>
       </c>
       <c r="X177" t="s">
         <v>22</v>
       </c>
       <c r="Y177" t="s">
         <v>22</v>
       </c>
       <c r="Z177" t="s">
         <v>22</v>
       </c>
-      <c r="AA177" t="s">
-        <v>22</v>
+      <c r="AA177">
+        <v>1</v>
       </c>
       <c r="AB177" t="s">
         <v>22</v>
       </c>
       <c r="AC177" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="178" spans="1:29">
       <c r="A178">
         <v>176</v>
       </c>
       <c r="B178" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
-        <v>204</v>
+        <v>139</v>
       </c>
       <c r="E178">
         <v>0</v>
       </c>
       <c r="F178" t="s">
         <v>22</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178" t="s">
         <v>22</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
         <v>22</v>
       </c>
       <c r="K178" t="s">
         <v>22</v>
       </c>
       <c r="L178" t="s">
         <v>22</v>
       </c>
@@ -17256,57 +17274,57 @@
       </c>
       <c r="X178" t="s">
         <v>22</v>
       </c>
       <c r="Y178" t="s">
         <v>22</v>
       </c>
       <c r="Z178" t="s">
         <v>22</v>
       </c>
       <c r="AA178" t="s">
         <v>22</v>
       </c>
       <c r="AB178" t="s">
         <v>22</v>
       </c>
       <c r="AC178" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="179" spans="1:29">
       <c r="A179">
         <v>177</v>
       </c>
       <c r="B179" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E179">
         <v>0</v>
       </c>
       <c r="F179" t="s">
         <v>22</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179" t="s">
         <v>22</v>
       </c>
       <c r="I179" t="s">
         <v>22</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
       <c r="K179" t="s">
         <v>22</v>
       </c>
       <c r="L179" t="s">
         <v>22</v>
       </c>
@@ -17345,57 +17363,57 @@
       </c>
       <c r="X179" t="s">
         <v>22</v>
       </c>
       <c r="Y179" t="s">
         <v>22</v>
       </c>
       <c r="Z179" t="s">
         <v>22</v>
       </c>
       <c r="AA179" t="s">
         <v>22</v>
       </c>
       <c r="AB179" t="s">
         <v>22</v>
       </c>
       <c r="AC179" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:29">
       <c r="A180">
         <v>178</v>
       </c>
       <c r="B180" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E180">
         <v>0</v>
       </c>
       <c r="F180" t="s">
         <v>22</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180" t="s">
         <v>22</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>22</v>
       </c>
       <c r="L180" t="s">
         <v>22</v>
       </c>
@@ -17434,57 +17452,57 @@
       </c>
       <c r="X180" t="s">
         <v>22</v>
       </c>
       <c r="Y180" t="s">
         <v>22</v>
       </c>
       <c r="Z180" t="s">
         <v>22</v>
       </c>
       <c r="AA180" t="s">
         <v>22</v>
       </c>
       <c r="AB180" t="s">
         <v>22</v>
       </c>
       <c r="AC180" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:29">
       <c r="A181">
         <v>179</v>
       </c>
       <c r="B181" t="s">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="C181" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="D181" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E181">
         <v>0</v>
       </c>
       <c r="F181" t="s">
         <v>22</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181" t="s">
         <v>22</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>22</v>
       </c>
       <c r="K181" t="s">
         <v>22</v>
       </c>
       <c r="L181" t="s">
         <v>22</v>
       </c>
@@ -17523,72 +17541,72 @@
       </c>
       <c r="X181" t="s">
         <v>22</v>
       </c>
       <c r="Y181" t="s">
         <v>22</v>
       </c>
       <c r="Z181" t="s">
         <v>22</v>
       </c>
       <c r="AA181" t="s">
         <v>22</v>
       </c>
       <c r="AB181" t="s">
         <v>22</v>
       </c>
       <c r="AC181" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:29">
       <c r="A182">
         <v>180</v>
       </c>
       <c r="B182" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>209</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
       </c>
       <c r="D182" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E182">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F182" t="s">
         <v>22</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182" t="s">
         <v>22</v>
       </c>
-      <c r="I182">
-        <v>1</v>
+      <c r="I182" t="s">
+        <v>22</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="K182" t="s">
         <v>22</v>
       </c>
       <c r="L182" t="s">
         <v>22</v>
       </c>
       <c r="M182" t="s">
         <v>22</v>
       </c>
       <c r="N182" t="s">
         <v>22</v>
       </c>
       <c r="O182" t="s">
         <v>22</v>
       </c>
       <c r="P182" t="s">
         <v>22</v>
       </c>
       <c r="Q182" t="s">
         <v>22</v>
       </c>
@@ -17612,57 +17630,57 @@
       </c>
       <c r="X182" t="s">
         <v>22</v>
       </c>
       <c r="Y182" t="s">
         <v>22</v>
       </c>
       <c r="Z182" t="s">
         <v>22</v>
       </c>
       <c r="AA182" t="s">
         <v>22</v>
       </c>
       <c r="AB182" t="s">
         <v>22</v>
       </c>
       <c r="AC182" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:29">
       <c r="A183">
         <v>181</v>
       </c>
       <c r="B183" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E183">
         <v>0</v>
       </c>
       <c r="F183" t="s">
         <v>22</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183" t="s">
         <v>22</v>
       </c>
       <c r="I183" t="s">
         <v>22</v>
       </c>
       <c r="J183" t="s">
         <v>22</v>
       </c>
       <c r="K183" t="s">
         <v>22</v>
       </c>
       <c r="L183" t="s">
         <v>22</v>
       </c>
@@ -17701,66 +17719,66 @@
       </c>
       <c r="X183" t="s">
         <v>22</v>
       </c>
       <c r="Y183" t="s">
         <v>22</v>
       </c>
       <c r="Z183" t="s">
         <v>22</v>
       </c>
       <c r="AA183" t="s">
         <v>22</v>
       </c>
       <c r="AB183" t="s">
         <v>22</v>
       </c>
       <c r="AC183" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:29">
       <c r="A184">
         <v>182</v>
       </c>
       <c r="B184" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>212</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
       </c>
       <c r="D184" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E184">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F184" t="s">
         <v>22</v>
       </c>
-      <c r="G184">
-        <v>1</v>
+      <c r="G184" t="s">
+        <v>22</v>
       </c>
       <c r="H184" t="s">
         <v>22</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="K184" t="s">
         <v>22</v>
       </c>
       <c r="L184" t="s">
         <v>22</v>
       </c>
       <c r="M184" t="s">
         <v>22</v>
       </c>
       <c r="N184" t="s">
         <v>22</v>
       </c>
       <c r="O184" t="s">
         <v>22</v>
       </c>
@@ -17792,64 +17810,64 @@
         <v>22</v>
       </c>
       <c r="Y184" t="s">
         <v>22</v>
       </c>
       <c r="Z184" t="s">
         <v>22</v>
       </c>
       <c r="AA184" t="s">
         <v>22</v>
       </c>
       <c r="AB184" t="s">
         <v>22</v>
       </c>
       <c r="AC184" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:29">
       <c r="A185">
         <v>183</v>
       </c>
       <c r="B185" t="s">
         <v>213</v>
       </c>
-      <c r="C185" s="2" t="s">
-        <v>216</v>
+      <c r="C185" t="s">
+        <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>214</v>
       </c>
       <c r="E185">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F185" t="s">
         <v>22</v>
       </c>
-      <c r="G185">
-        <v>1</v>
+      <c r="G185" t="s">
+        <v>22</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
       <c r="K185" t="s">
         <v>22</v>
       </c>
       <c r="L185" t="s">
         <v>22</v>
       </c>
       <c r="M185" t="s">
         <v>22</v>
       </c>
       <c r="N185" t="s">
         <v>22</v>
       </c>
       <c r="O185" t="s">
         <v>22</v>
       </c>
@@ -17879,66 +17897,66 @@
       </c>
       <c r="X185" t="s">
         <v>22</v>
       </c>
       <c r="Y185" t="s">
         <v>22</v>
       </c>
       <c r="Z185" t="s">
         <v>22</v>
       </c>
       <c r="AA185" t="s">
         <v>22</v>
       </c>
       <c r="AB185" t="s">
         <v>22</v>
       </c>
       <c r="AC185" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:29">
       <c r="A186">
         <v>184</v>
       </c>
       <c r="B186" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>215</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>214</v>
       </c>
       <c r="E186">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F186" t="s">
         <v>22</v>
       </c>
-      <c r="G186">
-        <v>1</v>
+      <c r="G186" t="s">
+        <v>22</v>
       </c>
       <c r="H186" t="s">
         <v>22</v>
       </c>
       <c r="I186" t="s">
         <v>22</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
       <c r="K186" t="s">
         <v>22</v>
       </c>
       <c r="L186" t="s">
         <v>22</v>
       </c>
       <c r="M186" t="s">
         <v>22</v>
       </c>
       <c r="N186" t="s">
         <v>22</v>
       </c>
       <c r="O186" t="s">
         <v>22</v>
       </c>
@@ -17968,66 +17986,66 @@
       </c>
       <c r="X186" t="s">
         <v>22</v>
       </c>
       <c r="Y186" t="s">
         <v>22</v>
       </c>
       <c r="Z186" t="s">
         <v>22</v>
       </c>
       <c r="AA186" t="s">
         <v>22</v>
       </c>
       <c r="AB186" t="s">
         <v>22</v>
       </c>
       <c r="AC186" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:29">
       <c r="A187">
         <v>185</v>
       </c>
       <c r="B187" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>216</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>214</v>
       </c>
       <c r="E187">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F187" t="s">
         <v>22</v>
       </c>
-      <c r="G187">
-        <v>1</v>
+      <c r="G187" t="s">
+        <v>22</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187" t="s">
         <v>22</v>
       </c>
       <c r="L187" t="s">
         <v>22</v>
       </c>
       <c r="M187" t="s">
         <v>22</v>
       </c>
       <c r="N187" t="s">
         <v>22</v>
       </c>
       <c r="O187" t="s">
         <v>22</v>
       </c>
@@ -18057,72 +18075,72 @@
       </c>
       <c r="X187" t="s">
         <v>22</v>
       </c>
       <c r="Y187" t="s">
         <v>22</v>
       </c>
       <c r="Z187" t="s">
         <v>22</v>
       </c>
       <c r="AA187" t="s">
         <v>22</v>
       </c>
       <c r="AB187" t="s">
         <v>22</v>
       </c>
       <c r="AC187" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:29">
       <c r="A188">
         <v>186</v>
       </c>
       <c r="B188" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D188" t="s">
         <v>214</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188" t="s">
         <v>22</v>
       </c>
-      <c r="G188">
-        <v>1</v>
+      <c r="G188" t="s">
+        <v>22</v>
       </c>
       <c r="H188" t="s">
         <v>22</v>
       </c>
-      <c r="I188" t="s">
-        <v>22</v>
+      <c r="I188">
+        <v>1</v>
       </c>
       <c r="J188" t="s">
         <v>22</v>
       </c>
       <c r="K188" t="s">
         <v>22</v>
       </c>
       <c r="L188" t="s">
         <v>22</v>
       </c>
       <c r="M188" t="s">
         <v>22</v>
       </c>
       <c r="N188" t="s">
         <v>22</v>
       </c>
       <c r="O188" t="s">
         <v>22</v>
       </c>
       <c r="P188" t="s">
         <v>22</v>
       </c>
       <c r="Q188" t="s">
         <v>22</v>
       </c>
@@ -18146,66 +18164,66 @@
       </c>
       <c r="X188" t="s">
         <v>22</v>
       </c>
       <c r="Y188" t="s">
         <v>22</v>
       </c>
       <c r="Z188" t="s">
         <v>22</v>
       </c>
       <c r="AA188" t="s">
         <v>22</v>
       </c>
       <c r="AB188" t="s">
         <v>22</v>
       </c>
       <c r="AC188" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:29">
       <c r="A189">
         <v>187</v>
       </c>
       <c r="B189" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C189" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
         <v>220</v>
       </c>
-      <c r="D189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F189" t="s">
         <v>22</v>
       </c>
-      <c r="G189">
-        <v>1</v>
+      <c r="G189" t="s">
+        <v>22</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189" t="s">
         <v>22</v>
       </c>
       <c r="L189" t="s">
         <v>22</v>
       </c>
       <c r="M189" t="s">
         <v>22</v>
       </c>
       <c r="N189" t="s">
         <v>22</v>
       </c>
       <c r="O189" t="s">
         <v>22</v>
       </c>
@@ -18235,57 +18253,57 @@
       </c>
       <c r="X189" t="s">
         <v>22</v>
       </c>
       <c r="Y189" t="s">
         <v>22</v>
       </c>
       <c r="Z189" t="s">
         <v>22</v>
       </c>
       <c r="AA189" t="s">
         <v>22</v>
       </c>
       <c r="AB189" t="s">
         <v>22</v>
       </c>
       <c r="AC189" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="190" spans="1:29">
       <c r="A190">
         <v>188</v>
       </c>
       <c r="B190" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D190" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E190">
         <v>1</v>
       </c>
       <c r="F190" t="s">
         <v>22</v>
       </c>
       <c r="G190">
         <v>1</v>
       </c>
       <c r="H190" t="s">
         <v>22</v>
       </c>
       <c r="I190" t="s">
         <v>22</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190" t="s">
         <v>22</v>
       </c>
       <c r="L190" t="s">
         <v>22</v>
       </c>
@@ -18324,72 +18342,72 @@
       </c>
       <c r="X190" t="s">
         <v>22</v>
       </c>
       <c r="Y190" t="s">
         <v>22</v>
       </c>
       <c r="Z190" t="s">
         <v>22</v>
       </c>
       <c r="AA190" t="s">
         <v>22</v>
       </c>
       <c r="AB190" t="s">
         <v>22</v>
       </c>
       <c r="AC190" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:29">
       <c r="A191">
         <v>189</v>
       </c>
       <c r="B191" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C191" t="s">
+        <v>219</v>
+      </c>
+      <c r="C191" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D191" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191" t="s">
         <v>22</v>
       </c>
-      <c r="G191" t="s">
-        <v>22</v>
+      <c r="G191">
+        <v>1</v>
       </c>
       <c r="H191" t="s">
         <v>22</v>
       </c>
-      <c r="I191">
-        <v>1</v>
+      <c r="I191" t="s">
+        <v>22</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
       <c r="K191" t="s">
         <v>22</v>
       </c>
       <c r="L191" t="s">
         <v>22</v>
       </c>
       <c r="M191" t="s">
         <v>22</v>
       </c>
       <c r="N191" t="s">
         <v>22</v>
       </c>
       <c r="O191" t="s">
         <v>22</v>
       </c>
       <c r="P191" t="s">
         <v>22</v>
       </c>
       <c r="Q191" t="s">
         <v>22</v>
       </c>
@@ -18413,72 +18431,72 @@
       </c>
       <c r="X191" t="s">
         <v>22</v>
       </c>
       <c r="Y191" t="s">
         <v>22</v>
       </c>
       <c r="Z191" t="s">
         <v>22</v>
       </c>
       <c r="AA191" t="s">
         <v>22</v>
       </c>
       <c r="AB191" t="s">
         <v>22</v>
       </c>
       <c r="AC191" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:29">
       <c r="A192">
         <v>190</v>
       </c>
       <c r="B192" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C192" t="s">
+        <v>219</v>
+      </c>
+      <c r="C192" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D192" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192" t="s">
         <v>22</v>
       </c>
-      <c r="G192" t="s">
-        <v>22</v>
+      <c r="G192">
+        <v>1</v>
       </c>
       <c r="H192" t="s">
         <v>22</v>
       </c>
-      <c r="I192">
-        <v>1</v>
+      <c r="I192" t="s">
+        <v>22</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192" t="s">
         <v>22</v>
       </c>
       <c r="L192" t="s">
         <v>22</v>
       </c>
       <c r="M192" t="s">
         <v>22</v>
       </c>
       <c r="N192" t="s">
         <v>22</v>
       </c>
       <c r="O192" t="s">
         <v>22</v>
       </c>
       <c r="P192" t="s">
         <v>22</v>
       </c>
       <c r="Q192" t="s">
         <v>22</v>
       </c>
@@ -18502,72 +18520,72 @@
       </c>
       <c r="X192" t="s">
         <v>22</v>
       </c>
       <c r="Y192" t="s">
         <v>22</v>
       </c>
       <c r="Z192" t="s">
         <v>22</v>
       </c>
       <c r="AA192" t="s">
         <v>22</v>
       </c>
       <c r="AB192" t="s">
         <v>22</v>
       </c>
       <c r="AC192" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:29">
       <c r="A193">
         <v>191</v>
       </c>
       <c r="B193" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C193" t="s">
+        <v>219</v>
+      </c>
+      <c r="C193" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D193" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193" t="s">
         <v>22</v>
       </c>
-      <c r="G193" t="s">
-        <v>22</v>
+      <c r="G193">
+        <v>1</v>
       </c>
       <c r="H193" t="s">
         <v>22</v>
       </c>
-      <c r="I193">
-        <v>1</v>
+      <c r="I193" t="s">
+        <v>22</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="K193" t="s">
         <v>22</v>
       </c>
       <c r="L193" t="s">
         <v>22</v>
       </c>
       <c r="M193" t="s">
         <v>22</v>
       </c>
       <c r="N193" t="s">
         <v>22</v>
       </c>
       <c r="O193" t="s">
         <v>22</v>
       </c>
       <c r="P193" t="s">
         <v>22</v>
       </c>
       <c r="Q193" t="s">
         <v>22</v>
       </c>
@@ -18591,72 +18609,72 @@
       </c>
       <c r="X193" t="s">
         <v>22</v>
       </c>
       <c r="Y193" t="s">
         <v>22</v>
       </c>
       <c r="Z193" t="s">
         <v>22</v>
       </c>
       <c r="AA193" t="s">
         <v>22</v>
       </c>
       <c r="AB193" t="s">
         <v>22</v>
       </c>
       <c r="AC193" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:29">
       <c r="A194">
         <v>192</v>
       </c>
       <c r="B194" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C194" t="s">
+        <v>219</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D194" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194" t="s">
         <v>22</v>
       </c>
-      <c r="G194" t="s">
-        <v>22</v>
+      <c r="G194">
+        <v>1</v>
       </c>
       <c r="H194" t="s">
         <v>22</v>
       </c>
-      <c r="I194">
-        <v>1</v>
+      <c r="I194" t="s">
+        <v>22</v>
       </c>
       <c r="J194" t="s">
         <v>22</v>
       </c>
       <c r="K194" t="s">
         <v>22</v>
       </c>
       <c r="L194" t="s">
         <v>22</v>
       </c>
       <c r="M194" t="s">
         <v>22</v>
       </c>
       <c r="N194" t="s">
         <v>22</v>
       </c>
       <c r="O194" t="s">
         <v>22</v>
       </c>
       <c r="P194" t="s">
         <v>22</v>
       </c>
       <c r="Q194" t="s">
         <v>22</v>
       </c>
@@ -18680,72 +18698,72 @@
       </c>
       <c r="X194" t="s">
         <v>22</v>
       </c>
       <c r="Y194" t="s">
         <v>22</v>
       </c>
       <c r="Z194" t="s">
         <v>22</v>
       </c>
       <c r="AA194" t="s">
         <v>22</v>
       </c>
       <c r="AB194" t="s">
         <v>22</v>
       </c>
       <c r="AC194" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:29">
       <c r="A195">
         <v>193</v>
       </c>
       <c r="B195" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C195" t="s">
+        <v>219</v>
+      </c>
+      <c r="C195" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D195" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195" t="s">
         <v>22</v>
       </c>
-      <c r="G195" t="s">
-        <v>22</v>
+      <c r="G195">
+        <v>1</v>
       </c>
       <c r="H195" t="s">
         <v>22</v>
       </c>
-      <c r="I195">
-        <v>1</v>
+      <c r="I195" t="s">
+        <v>22</v>
       </c>
       <c r="J195" t="s">
         <v>22</v>
       </c>
       <c r="K195" t="s">
         <v>22</v>
       </c>
       <c r="L195" t="s">
         <v>22</v>
       </c>
       <c r="M195" t="s">
         <v>22</v>
       </c>
       <c r="N195" t="s">
         <v>22</v>
       </c>
       <c r="O195" t="s">
         <v>22</v>
       </c>
       <c r="P195" t="s">
         <v>22</v>
       </c>
       <c r="Q195" t="s">
         <v>22</v>
       </c>
@@ -18769,72 +18787,72 @@
       </c>
       <c r="X195" t="s">
         <v>22</v>
       </c>
       <c r="Y195" t="s">
         <v>22</v>
       </c>
       <c r="Z195" t="s">
         <v>22</v>
       </c>
       <c r="AA195" t="s">
         <v>22</v>
       </c>
       <c r="AB195" t="s">
         <v>22</v>
       </c>
       <c r="AC195" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:29">
       <c r="A196">
         <v>194</v>
       </c>
       <c r="B196" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="C196" t="s">
+        <v>219</v>
+      </c>
+      <c r="C196" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D196" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E196">
         <v>1</v>
       </c>
       <c r="F196" t="s">
         <v>22</v>
       </c>
-      <c r="G196" t="s">
-        <v>22</v>
+      <c r="G196">
+        <v>1</v>
       </c>
       <c r="H196" t="s">
         <v>22</v>
       </c>
-      <c r="I196">
-        <v>1</v>
+      <c r="I196" t="s">
+        <v>22</v>
       </c>
       <c r="J196" t="s">
         <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>22</v>
       </c>
       <c r="L196" t="s">
         <v>22</v>
       </c>
       <c r="M196" t="s">
         <v>22</v>
       </c>
       <c r="N196" t="s">
         <v>22</v>
       </c>
       <c r="O196" t="s">
         <v>22</v>
       </c>
       <c r="P196" t="s">
         <v>22</v>
       </c>
       <c r="Q196" t="s">
         <v>22</v>
       </c>
@@ -18858,72 +18876,72 @@
       </c>
       <c r="X196" t="s">
         <v>22</v>
       </c>
       <c r="Y196" t="s">
         <v>22</v>
       </c>
       <c r="Z196" t="s">
         <v>22</v>
       </c>
       <c r="AA196" t="s">
         <v>22</v>
       </c>
       <c r="AB196" t="s">
         <v>22</v>
       </c>
       <c r="AC196" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="197" spans="1:29">
       <c r="A197">
         <v>195</v>
       </c>
       <c r="B197" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C197" t="s">
         <v>228</v>
       </c>
       <c r="D197" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197" t="s">
         <v>22</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
-      <c r="H197">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H197" t="s">
+        <v>22</v>
+      </c>
+      <c r="I197">
+        <v>1</v>
       </c>
       <c r="J197" t="s">
         <v>22</v>
       </c>
       <c r="K197" t="s">
         <v>22</v>
       </c>
       <c r="L197" t="s">
         <v>22</v>
       </c>
       <c r="M197" t="s">
         <v>22</v>
       </c>
       <c r="N197" t="s">
         <v>22</v>
       </c>
       <c r="O197" t="s">
         <v>22</v>
       </c>
       <c r="P197" t="s">
         <v>22</v>
       </c>
       <c r="Q197" t="s">
         <v>22</v>
       </c>
@@ -18947,57 +18965,57 @@
       </c>
       <c r="X197" t="s">
         <v>22</v>
       </c>
       <c r="Y197" t="s">
         <v>22</v>
       </c>
       <c r="Z197" t="s">
         <v>22</v>
       </c>
       <c r="AA197" t="s">
         <v>22</v>
       </c>
       <c r="AB197" t="s">
         <v>22</v>
       </c>
       <c r="AC197" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:29">
       <c r="A198">
         <v>196</v>
       </c>
       <c r="B198" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C198" t="s">
         <v>229</v>
       </c>
       <c r="D198" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E198">
         <v>1</v>
       </c>
       <c r="F198" t="s">
         <v>22</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
       <c r="I198">
         <v>1</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
       <c r="K198" t="s">
         <v>22</v>
       </c>
       <c r="L198" t="s">
         <v>22</v>
       </c>
@@ -19036,57 +19054,57 @@
       </c>
       <c r="X198" t="s">
         <v>22</v>
       </c>
       <c r="Y198" t="s">
         <v>22</v>
       </c>
       <c r="Z198" t="s">
         <v>22</v>
       </c>
       <c r="AA198" t="s">
         <v>22</v>
       </c>
       <c r="AB198" t="s">
         <v>22</v>
       </c>
       <c r="AC198" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="199" spans="1:29">
       <c r="A199">
         <v>197</v>
       </c>
       <c r="B199" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C199" t="s">
         <v>230</v>
       </c>
       <c r="D199" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199" t="s">
         <v>22</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199" t="s">
         <v>22</v>
       </c>
       <c r="I199">
         <v>1</v>
       </c>
       <c r="J199" t="s">
         <v>22</v>
       </c>
       <c r="K199" t="s">
         <v>22</v>
       </c>
       <c r="L199" t="s">
         <v>22</v>
       </c>
@@ -19125,57 +19143,57 @@
       </c>
       <c r="X199" t="s">
         <v>22</v>
       </c>
       <c r="Y199" t="s">
         <v>22</v>
       </c>
       <c r="Z199" t="s">
         <v>22</v>
       </c>
       <c r="AA199" t="s">
         <v>22</v>
       </c>
       <c r="AB199" t="s">
         <v>22</v>
       </c>
       <c r="AC199" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:29">
       <c r="A200">
         <v>198</v>
       </c>
       <c r="B200" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C200" t="s">
         <v>231</v>
       </c>
       <c r="D200" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="F200" t="s">
         <v>22</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
       <c r="I200">
         <v>1</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
       <c r="K200" t="s">
         <v>22</v>
       </c>
       <c r="L200" t="s">
         <v>22</v>
       </c>
@@ -19214,72 +19232,72 @@
       </c>
       <c r="X200" t="s">
         <v>22</v>
       </c>
       <c r="Y200" t="s">
         <v>22</v>
       </c>
       <c r="Z200" t="s">
         <v>22</v>
       </c>
       <c r="AA200" t="s">
         <v>22</v>
       </c>
       <c r="AB200" t="s">
         <v>22</v>
       </c>
       <c r="AC200" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="201" spans="1:29">
       <c r="A201">
         <v>199</v>
       </c>
       <c r="B201" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C201" t="s">
         <v>232</v>
       </c>
       <c r="D201" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201" t="s">
         <v>22</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
-      <c r="H201">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H201" t="s">
+        <v>22</v>
+      </c>
+      <c r="I201">
+        <v>1</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
       <c r="K201" t="s">
         <v>22</v>
       </c>
       <c r="L201" t="s">
         <v>22</v>
       </c>
       <c r="M201" t="s">
         <v>22</v>
       </c>
       <c r="N201" t="s">
         <v>22</v>
       </c>
       <c r="O201" t="s">
         <v>22</v>
       </c>
       <c r="P201" t="s">
         <v>22</v>
       </c>
       <c r="Q201" t="s">
         <v>22</v>
       </c>
@@ -19303,78 +19321,78 @@
       </c>
       <c r="X201" t="s">
         <v>22</v>
       </c>
       <c r="Y201" t="s">
         <v>22</v>
       </c>
       <c r="Z201" t="s">
         <v>22</v>
       </c>
       <c r="AA201" t="s">
         <v>22</v>
       </c>
       <c r="AB201" t="s">
         <v>22</v>
       </c>
       <c r="AC201" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:29">
       <c r="A202">
         <v>200</v>
       </c>
       <c r="B202" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C202" t="s">
         <v>233</v>
       </c>
       <c r="D202" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="F202" t="s">
         <v>22</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202" t="s">
         <v>22</v>
       </c>
-      <c r="I202" t="s">
-        <v>22</v>
+      <c r="I202">
+        <v>1</v>
       </c>
       <c r="J202" t="s">
         <v>22</v>
       </c>
-      <c r="K202">
-        <v>1</v>
+      <c r="K202" t="s">
+        <v>22</v>
       </c>
       <c r="L202" t="s">
         <v>22</v>
       </c>
       <c r="M202" t="s">
         <v>22</v>
       </c>
       <c r="N202" t="s">
         <v>22</v>
       </c>
       <c r="O202" t="s">
         <v>22</v>
       </c>
       <c r="P202" t="s">
         <v>22</v>
       </c>
       <c r="Q202" t="s">
         <v>22</v>
       </c>
       <c r="R202" t="s">
         <v>22</v>
       </c>
       <c r="S202" t="s">
         <v>22</v>
       </c>
@@ -19392,78 +19410,78 @@
       </c>
       <c r="X202" t="s">
         <v>22</v>
       </c>
       <c r="Y202" t="s">
         <v>22</v>
       </c>
       <c r="Z202" t="s">
         <v>22</v>
       </c>
       <c r="AA202" t="s">
         <v>22</v>
       </c>
       <c r="AB202" t="s">
         <v>22</v>
       </c>
       <c r="AC202" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:29">
       <c r="A203">
         <v>201</v>
       </c>
       <c r="B203" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C203" t="s">
         <v>234</v>
       </c>
       <c r="D203" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="F203" t="s">
         <v>22</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
-      <c r="H203" t="s">
-        <v>22</v>
+      <c r="H203">
+        <v>1</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
         <v>22</v>
       </c>
-      <c r="K203">
-        <v>1</v>
+      <c r="K203" t="s">
+        <v>22</v>
       </c>
       <c r="L203" t="s">
         <v>22</v>
       </c>
       <c r="M203" t="s">
         <v>22</v>
       </c>
       <c r="N203" t="s">
         <v>22</v>
       </c>
       <c r="O203" t="s">
         <v>22</v>
       </c>
       <c r="P203" t="s">
         <v>22</v>
       </c>
       <c r="Q203" t="s">
         <v>22</v>
       </c>
       <c r="R203" t="s">
         <v>22</v>
       </c>
       <c r="S203" t="s">
         <v>22</v>
       </c>
@@ -19481,75 +19499,75 @@
       </c>
       <c r="X203" t="s">
         <v>22</v>
       </c>
       <c r="Y203" t="s">
         <v>22</v>
       </c>
       <c r="Z203" t="s">
         <v>22</v>
       </c>
       <c r="AA203" t="s">
         <v>22</v>
       </c>
       <c r="AB203" t="s">
         <v>22</v>
       </c>
       <c r="AC203" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:29">
       <c r="A204">
         <v>202</v>
       </c>
       <c r="B204" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C204" t="s">
         <v>235</v>
       </c>
       <c r="D204" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="F204" t="s">
         <v>22</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
-      <c r="I204" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="I204">
+        <v>1</v>
+      </c>
+      <c r="J204" t="s">
+        <v>22</v>
       </c>
       <c r="K204" t="s">
         <v>22</v>
       </c>
       <c r="L204" t="s">
         <v>22</v>
       </c>
       <c r="M204" t="s">
         <v>22</v>
       </c>
       <c r="N204" t="s">
         <v>22</v>
       </c>
       <c r="O204" t="s">
         <v>22</v>
       </c>
       <c r="P204" t="s">
         <v>22</v>
       </c>
       <c r="Q204" t="s">
         <v>22</v>
       </c>
       <c r="R204" t="s">
         <v>22</v>
       </c>
@@ -19570,78 +19588,78 @@
       </c>
       <c r="X204" t="s">
         <v>22</v>
       </c>
       <c r="Y204" t="s">
         <v>22</v>
       </c>
       <c r="Z204" t="s">
         <v>22</v>
       </c>
       <c r="AA204" t="s">
         <v>22</v>
       </c>
       <c r="AB204" t="s">
         <v>22</v>
       </c>
       <c r="AC204" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:29">
       <c r="A205">
         <v>203</v>
       </c>
       <c r="B205" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C205" t="s">
         <v>236</v>
       </c>
       <c r="D205" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205" t="s">
         <v>22</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205" t="s">
         <v>22</v>
       </c>
-      <c r="I205" t="s">
-        <v>22</v>
+      <c r="I205">
+        <v>1</v>
       </c>
       <c r="J205" t="s">
         <v>22</v>
       </c>
-      <c r="K205">
-        <v>1</v>
+      <c r="K205" t="s">
+        <v>22</v>
       </c>
       <c r="L205" t="s">
         <v>22</v>
       </c>
       <c r="M205" t="s">
         <v>22</v>
       </c>
       <c r="N205" t="s">
         <v>22</v>
       </c>
       <c r="O205" t="s">
         <v>22</v>
       </c>
       <c r="P205" t="s">
         <v>22</v>
       </c>
       <c r="Q205" t="s">
         <v>22</v>
       </c>
       <c r="R205" t="s">
         <v>22</v>
       </c>
       <c r="S205" t="s">
         <v>22</v>
       </c>
@@ -19659,84 +19677,84 @@
       </c>
       <c r="X205" t="s">
         <v>22</v>
       </c>
       <c r="Y205" t="s">
         <v>22</v>
       </c>
       <c r="Z205" t="s">
         <v>22</v>
       </c>
       <c r="AA205" t="s">
         <v>22</v>
       </c>
       <c r="AB205" t="s">
         <v>22</v>
       </c>
       <c r="AC205" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:29">
       <c r="A206">
         <v>204</v>
       </c>
       <c r="B206" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C206" t="s">
         <v>237</v>
       </c>
       <c r="D206" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="F206" t="s">
         <v>22</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206" t="s">
         <v>22</v>
       </c>
-      <c r="I206" t="s">
-        <v>22</v>
+      <c r="I206">
+        <v>1</v>
       </c>
       <c r="J206" t="s">
         <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>22</v>
       </c>
       <c r="L206" t="s">
         <v>22</v>
       </c>
-      <c r="M206">
-        <v>1</v>
+      <c r="M206" t="s">
+        <v>22</v>
       </c>
       <c r="N206" t="s">
         <v>22</v>
       </c>
       <c r="O206" t="s">
         <v>22</v>
       </c>
       <c r="P206" t="s">
         <v>22</v>
       </c>
       <c r="Q206" t="s">
         <v>22</v>
       </c>
       <c r="R206" t="s">
         <v>22</v>
       </c>
       <c r="S206" t="s">
         <v>22</v>
       </c>
       <c r="T206" t="s">
         <v>22</v>
       </c>
       <c r="U206" t="s">
         <v>22</v>
       </c>
@@ -19748,84 +19766,84 @@
       </c>
       <c r="X206" t="s">
         <v>22</v>
       </c>
       <c r="Y206" t="s">
         <v>22</v>
       </c>
       <c r="Z206" t="s">
         <v>22</v>
       </c>
       <c r="AA206" t="s">
         <v>22</v>
       </c>
       <c r="AB206" t="s">
         <v>22</v>
       </c>
       <c r="AC206" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:29">
       <c r="A207">
         <v>205</v>
       </c>
       <c r="B207" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C207" t="s">
         <v>238</v>
       </c>
       <c r="D207" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207" t="s">
         <v>22</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
-      <c r="H207" t="s">
-        <v>22</v>
+      <c r="H207">
+        <v>1</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
         <v>22</v>
       </c>
       <c r="K207" t="s">
         <v>22</v>
       </c>
       <c r="L207" t="s">
         <v>22</v>
       </c>
-      <c r="M207">
-        <v>1</v>
+      <c r="M207" t="s">
+        <v>22</v>
       </c>
       <c r="N207" t="s">
         <v>22</v>
       </c>
       <c r="O207" t="s">
         <v>22</v>
       </c>
       <c r="P207" t="s">
         <v>22</v>
       </c>
       <c r="Q207" t="s">
         <v>22</v>
       </c>
       <c r="R207" t="s">
         <v>22</v>
       </c>
       <c r="S207" t="s">
         <v>22</v>
       </c>
       <c r="T207" t="s">
         <v>22</v>
       </c>
       <c r="U207" t="s">
         <v>22</v>
       </c>
@@ -19837,84 +19855,84 @@
       </c>
       <c r="X207" t="s">
         <v>22</v>
       </c>
       <c r="Y207" t="s">
         <v>22</v>
       </c>
       <c r="Z207" t="s">
         <v>22</v>
       </c>
       <c r="AA207" t="s">
         <v>22</v>
       </c>
       <c r="AB207" t="s">
         <v>22</v>
       </c>
       <c r="AC207" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="208" spans="1:29">
       <c r="A208">
         <v>206</v>
       </c>
       <c r="B208" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C208" t="s">
         <v>239</v>
       </c>
       <c r="D208" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E208">
         <v>1</v>
       </c>
       <c r="F208" t="s">
         <v>22</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>22</v>
       </c>
-      <c r="K208" t="s">
-        <v>22</v>
+      <c r="K208">
+        <v>1</v>
       </c>
       <c r="L208" t="s">
         <v>22</v>
       </c>
-      <c r="M208">
-        <v>1</v>
+      <c r="M208" t="s">
+        <v>22</v>
       </c>
       <c r="N208" t="s">
         <v>22</v>
       </c>
       <c r="O208" t="s">
         <v>22</v>
       </c>
       <c r="P208" t="s">
         <v>22</v>
       </c>
       <c r="Q208" t="s">
         <v>22</v>
       </c>
       <c r="R208" t="s">
         <v>22</v>
       </c>
       <c r="S208" t="s">
         <v>22</v>
       </c>
       <c r="T208" t="s">
         <v>22</v>
       </c>
       <c r="U208" t="s">
         <v>22</v>
       </c>
@@ -19926,78 +19944,78 @@
       </c>
       <c r="X208" t="s">
         <v>22</v>
       </c>
       <c r="Y208" t="s">
         <v>22</v>
       </c>
       <c r="Z208" t="s">
         <v>22</v>
       </c>
       <c r="AA208" t="s">
         <v>22</v>
       </c>
       <c r="AB208" t="s">
         <v>22</v>
       </c>
       <c r="AC208" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:29">
       <c r="A209">
         <v>207</v>
       </c>
       <c r="B209" t="s">
+        <v>219</v>
+      </c>
+      <c r="C209" t="s">
         <v>240</v>
       </c>
-      <c r="C209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E209">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F209" t="s">
         <v>22</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209" t="s">
         <v>22</v>
       </c>
       <c r="I209" t="s">
         <v>22</v>
       </c>
       <c r="J209" t="s">
         <v>22</v>
       </c>
-      <c r="K209" t="s">
-        <v>22</v>
+      <c r="K209">
+        <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>22</v>
       </c>
       <c r="M209" t="s">
         <v>22</v>
       </c>
       <c r="N209" t="s">
         <v>22</v>
       </c>
       <c r="O209" t="s">
         <v>22</v>
       </c>
       <c r="P209" t="s">
         <v>22</v>
       </c>
       <c r="Q209" t="s">
         <v>22</v>
       </c>
       <c r="R209" t="s">
         <v>22</v>
       </c>
       <c r="S209" t="s">
         <v>22</v>
       </c>
@@ -20015,75 +20033,75 @@
       </c>
       <c r="X209" t="s">
         <v>22</v>
       </c>
       <c r="Y209" t="s">
         <v>22</v>
       </c>
       <c r="Z209" t="s">
         <v>22</v>
       </c>
       <c r="AA209" t="s">
         <v>22</v>
       </c>
       <c r="AB209" t="s">
         <v>22</v>
       </c>
       <c r="AC209" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:29">
       <c r="A210">
         <v>208</v>
       </c>
       <c r="B210" t="s">
+        <v>219</v>
+      </c>
+      <c r="C210" t="s">
         <v>241</v>
       </c>
-      <c r="C210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="E210">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F210" t="s">
         <v>22</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210" t="s">
         <v>22</v>
       </c>
       <c r="I210" t="s">
         <v>22</v>
       </c>
-      <c r="J210" t="s">
-        <v>22</v>
+      <c r="J210">
+        <v>1</v>
       </c>
       <c r="K210" t="s">
         <v>22</v>
       </c>
       <c r="L210" t="s">
         <v>22</v>
       </c>
       <c r="M210" t="s">
         <v>22</v>
       </c>
       <c r="N210" t="s">
         <v>22</v>
       </c>
       <c r="O210" t="s">
         <v>22</v>
       </c>
       <c r="P210" t="s">
         <v>22</v>
       </c>
       <c r="Q210" t="s">
         <v>22</v>
       </c>
       <c r="R210" t="s">
         <v>22</v>
       </c>
@@ -20104,78 +20122,78 @@
       </c>
       <c r="X210" t="s">
         <v>22</v>
       </c>
       <c r="Y210" t="s">
         <v>22</v>
       </c>
       <c r="Z210" t="s">
         <v>22</v>
       </c>
       <c r="AA210" t="s">
         <v>22</v>
       </c>
       <c r="AB210" t="s">
         <v>22</v>
       </c>
       <c r="AC210" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:29">
       <c r="A211">
         <v>209</v>
       </c>
       <c r="B211" t="s">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="C211" t="s">
-        <v>20</v>
+        <v>242</v>
       </c>
       <c r="D211" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="E211">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F211" t="s">
         <v>22</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211" t="s">
         <v>22</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>22</v>
       </c>
-      <c r="K211" t="s">
-        <v>22</v>
+      <c r="K211">
+        <v>1</v>
       </c>
       <c r="L211" t="s">
         <v>22</v>
       </c>
       <c r="M211" t="s">
         <v>22</v>
       </c>
       <c r="N211" t="s">
         <v>22</v>
       </c>
       <c r="O211" t="s">
         <v>22</v>
       </c>
       <c r="P211" t="s">
         <v>22</v>
       </c>
       <c r="Q211" t="s">
         <v>22</v>
       </c>
       <c r="R211" t="s">
         <v>22</v>
       </c>
       <c r="S211" t="s">
         <v>22</v>
       </c>
@@ -20193,84 +20211,84 @@
       </c>
       <c r="X211" t="s">
         <v>22</v>
       </c>
       <c r="Y211" t="s">
         <v>22</v>
       </c>
       <c r="Z211" t="s">
         <v>22</v>
       </c>
       <c r="AA211" t="s">
         <v>22</v>
       </c>
       <c r="AB211" t="s">
         <v>22</v>
       </c>
       <c r="AC211" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="212" spans="1:29">
       <c r="A212">
         <v>210</v>
       </c>
       <c r="B212" t="s">
-        <v>245</v>
+        <v>219</v>
       </c>
       <c r="C212" t="s">
-        <v>20</v>
+        <v>243</v>
       </c>
       <c r="D212" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="E212">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F212" t="s">
         <v>22</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212" t="s">
         <v>22</v>
       </c>
       <c r="I212" t="s">
         <v>22</v>
       </c>
       <c r="J212" t="s">
         <v>22</v>
       </c>
       <c r="K212" t="s">
         <v>22</v>
       </c>
       <c r="L212" t="s">
         <v>22</v>
       </c>
-      <c r="M212" t="s">
-        <v>22</v>
+      <c r="M212">
+        <v>1</v>
       </c>
       <c r="N212" t="s">
         <v>22</v>
       </c>
       <c r="O212" t="s">
         <v>22</v>
       </c>
       <c r="P212" t="s">
         <v>22</v>
       </c>
       <c r="Q212" t="s">
         <v>22</v>
       </c>
       <c r="R212" t="s">
         <v>22</v>
       </c>
       <c r="S212" t="s">
         <v>22</v>
       </c>
       <c r="T212" t="s">
         <v>22</v>
       </c>
       <c r="U212" t="s">
         <v>22</v>
       </c>
@@ -20282,84 +20300,84 @@
       </c>
       <c r="X212" t="s">
         <v>22</v>
       </c>
       <c r="Y212" t="s">
         <v>22</v>
       </c>
       <c r="Z212" t="s">
         <v>22</v>
       </c>
       <c r="AA212" t="s">
         <v>22</v>
       </c>
       <c r="AB212" t="s">
         <v>22</v>
       </c>
       <c r="AC212" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="213" spans="1:29">
       <c r="A213">
         <v>211</v>
       </c>
       <c r="B213" t="s">
-        <v>246</v>
+        <v>219</v>
       </c>
       <c r="C213" t="s">
-        <v>20</v>
+        <v>244</v>
       </c>
       <c r="D213" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="E213">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F213" t="s">
         <v>22</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213" t="s">
         <v>22</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
         <v>22</v>
       </c>
       <c r="K213" t="s">
         <v>22</v>
       </c>
       <c r="L213" t="s">
         <v>22</v>
       </c>
-      <c r="M213" t="s">
-        <v>22</v>
+      <c r="M213">
+        <v>1</v>
       </c>
       <c r="N213" t="s">
         <v>22</v>
       </c>
       <c r="O213" t="s">
         <v>22</v>
       </c>
       <c r="P213" t="s">
         <v>22</v>
       </c>
       <c r="Q213" t="s">
         <v>22</v>
       </c>
       <c r="R213" t="s">
         <v>22</v>
       </c>
       <c r="S213" t="s">
         <v>22</v>
       </c>
       <c r="T213" t="s">
         <v>22</v>
       </c>
       <c r="U213" t="s">
         <v>22</v>
       </c>
@@ -20371,84 +20389,84 @@
       </c>
       <c r="X213" t="s">
         <v>22</v>
       </c>
       <c r="Y213" t="s">
         <v>22</v>
       </c>
       <c r="Z213" t="s">
         <v>22</v>
       </c>
       <c r="AA213" t="s">
         <v>22</v>
       </c>
       <c r="AB213" t="s">
         <v>22</v>
       </c>
       <c r="AC213" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="214" spans="1:29">
       <c r="A214">
         <v>212</v>
       </c>
       <c r="B214" t="s">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="C214" t="s">
-        <v>20</v>
+        <v>245</v>
       </c>
       <c r="D214" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="E214">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F214" t="s">
         <v>22</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214" t="s">
         <v>22</v>
       </c>
       <c r="I214" t="s">
         <v>22</v>
       </c>
       <c r="J214" t="s">
         <v>22</v>
       </c>
       <c r="K214" t="s">
         <v>22</v>
       </c>
       <c r="L214" t="s">
         <v>22</v>
       </c>
-      <c r="M214" t="s">
-        <v>22</v>
+      <c r="M214">
+        <v>1</v>
       </c>
       <c r="N214" t="s">
         <v>22</v>
       </c>
       <c r="O214" t="s">
         <v>22</v>
       </c>
       <c r="P214" t="s">
         <v>22</v>
       </c>
       <c r="Q214" t="s">
         <v>22</v>
       </c>
       <c r="R214" t="s">
         <v>22</v>
       </c>
       <c r="S214" t="s">
         <v>22</v>
       </c>
       <c r="T214" t="s">
         <v>22</v>
       </c>
       <c r="U214" t="s">
         <v>22</v>
       </c>
@@ -20460,57 +20478,57 @@
       </c>
       <c r="X214" t="s">
         <v>22</v>
       </c>
       <c r="Y214" t="s">
         <v>22</v>
       </c>
       <c r="Z214" t="s">
         <v>22</v>
       </c>
       <c r="AA214" t="s">
         <v>22</v>
       </c>
       <c r="AB214" t="s">
         <v>22</v>
       </c>
       <c r="AC214" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:29">
       <c r="A215">
         <v>213</v>
       </c>
       <c r="B215" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C215" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="D215" t="s">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="E215">
         <v>0</v>
       </c>
       <c r="F215" t="s">
         <v>22</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215" t="s">
         <v>22</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
         <v>22</v>
       </c>
       <c r="K215" t="s">
         <v>22</v>
       </c>
       <c r="L215" t="s">
         <v>22</v>
       </c>
@@ -20549,57 +20567,57 @@
       </c>
       <c r="X215" t="s">
         <v>22</v>
       </c>
       <c r="Y215" t="s">
         <v>22</v>
       </c>
       <c r="Z215" t="s">
         <v>22</v>
       </c>
       <c r="AA215" t="s">
         <v>22</v>
       </c>
       <c r="AB215" t="s">
         <v>22</v>
       </c>
       <c r="AC215" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:29">
       <c r="A216">
         <v>214</v>
       </c>
       <c r="B216" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E216">
         <v>0</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216" t="s">
         <v>22</v>
       </c>
       <c r="I216" t="s">
         <v>22</v>
       </c>
       <c r="J216" t="s">
         <v>22</v>
       </c>
       <c r="K216" t="s">
         <v>22</v>
       </c>
       <c r="L216" t="s">
         <v>22</v>
       </c>
@@ -20638,51 +20656,51 @@
       </c>
       <c r="X216" t="s">
         <v>22</v>
       </c>
       <c r="Y216" t="s">
         <v>22</v>
       </c>
       <c r="Z216" t="s">
         <v>22</v>
       </c>
       <c r="AA216" t="s">
         <v>22</v>
       </c>
       <c r="AB216" t="s">
         <v>22</v>
       </c>
       <c r="AC216" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:29">
       <c r="A217">
         <v>215</v>
       </c>
       <c r="B217" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>250</v>
       </c>
       <c r="E217">
         <v>0</v>
       </c>
       <c r="F217" t="s">
         <v>22</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>22</v>
       </c>
@@ -20727,51 +20745,51 @@
       </c>
       <c r="X217" t="s">
         <v>22</v>
       </c>
       <c r="Y217" t="s">
         <v>22</v>
       </c>
       <c r="Z217" t="s">
         <v>22</v>
       </c>
       <c r="AA217" t="s">
         <v>22</v>
       </c>
       <c r="AB217" t="s">
         <v>22</v>
       </c>
       <c r="AC217" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:29">
       <c r="A218">
         <v>216</v>
       </c>
       <c r="B218" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>250</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
       <c r="F218" t="s">
         <v>22</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218" t="s">
         <v>22</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
         <v>22</v>
       </c>
@@ -20816,51 +20834,51 @@
       </c>
       <c r="X218" t="s">
         <v>22</v>
       </c>
       <c r="Y218" t="s">
         <v>22</v>
       </c>
       <c r="Z218" t="s">
         <v>22</v>
       </c>
       <c r="AA218" t="s">
         <v>22</v>
       </c>
       <c r="AB218" t="s">
         <v>22</v>
       </c>
       <c r="AC218" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:29">
       <c r="A219">
         <v>217</v>
       </c>
       <c r="B219" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>250</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="F219" t="s">
         <v>22</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219" t="s">
         <v>22</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>22</v>
       </c>
@@ -20905,72 +20923,72 @@
       </c>
       <c r="X219" t="s">
         <v>22</v>
       </c>
       <c r="Y219" t="s">
         <v>22</v>
       </c>
       <c r="Z219" t="s">
         <v>22</v>
       </c>
       <c r="AA219" t="s">
         <v>22</v>
       </c>
       <c r="AB219" t="s">
         <v>22</v>
       </c>
       <c r="AC219" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:29">
       <c r="A220">
         <v>218</v>
       </c>
       <c r="B220" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>253</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>250</v>
       </c>
       <c r="E220">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F220" t="s">
         <v>22</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220" t="s">
         <v>22</v>
       </c>
-      <c r="I220">
-        <v>1</v>
+      <c r="I220" t="s">
+        <v>22</v>
       </c>
       <c r="J220" t="s">
         <v>22</v>
       </c>
       <c r="K220" t="s">
         <v>22</v>
       </c>
       <c r="L220" t="s">
         <v>22</v>
       </c>
       <c r="M220" t="s">
         <v>22</v>
       </c>
       <c r="N220" t="s">
         <v>22</v>
       </c>
       <c r="O220" t="s">
         <v>22</v>
       </c>
       <c r="P220" t="s">
         <v>22</v>
       </c>
       <c r="Q220" t="s">
         <v>22</v>
       </c>
@@ -20996,70 +21014,70 @@
         <v>22</v>
       </c>
       <c r="Y220" t="s">
         <v>22</v>
       </c>
       <c r="Z220" t="s">
         <v>22</v>
       </c>
       <c r="AA220" t="s">
         <v>22</v>
       </c>
       <c r="AB220" t="s">
         <v>22</v>
       </c>
       <c r="AC220" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:29">
       <c r="A221">
         <v>219</v>
       </c>
       <c r="B221" t="s">
         <v>254</v>
       </c>
-      <c r="C221" s="2" t="s">
+      <c r="C221" t="s">
+        <v>255</v>
+      </c>
+      <c r="D221" t="s">
         <v>256</v>
       </c>
-      <c r="D221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E221">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F221" t="s">
         <v>22</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221" t="s">
         <v>22</v>
       </c>
-      <c r="I221">
-        <v>1</v>
+      <c r="I221" t="s">
+        <v>22</v>
       </c>
       <c r="J221" t="s">
         <v>22</v>
       </c>
       <c r="K221" t="s">
         <v>22</v>
       </c>
       <c r="L221" t="s">
         <v>22</v>
       </c>
       <c r="M221" t="s">
         <v>22</v>
       </c>
       <c r="N221" t="s">
         <v>22</v>
       </c>
       <c r="O221" t="s">
         <v>22</v>
       </c>
       <c r="P221" t="s">
         <v>22</v>
       </c>
       <c r="Q221" t="s">
         <v>22</v>
       </c>
@@ -21083,72 +21101,72 @@
       </c>
       <c r="X221" t="s">
         <v>22</v>
       </c>
       <c r="Y221" t="s">
         <v>22</v>
       </c>
       <c r="Z221" t="s">
         <v>22</v>
       </c>
       <c r="AA221" t="s">
         <v>22</v>
       </c>
       <c r="AB221" t="s">
         <v>22</v>
       </c>
       <c r="AC221" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:29">
       <c r="A222">
         <v>220</v>
       </c>
       <c r="B222" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C222" s="2" t="s">
         <v>257</v>
       </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
       <c r="D222" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E222">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F222" t="s">
         <v>22</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222" t="s">
         <v>22</v>
       </c>
-      <c r="I222">
-        <v>1</v>
+      <c r="I222" t="s">
+        <v>22</v>
       </c>
       <c r="J222" t="s">
         <v>22</v>
       </c>
       <c r="K222" t="s">
         <v>22</v>
       </c>
       <c r="L222" t="s">
         <v>22</v>
       </c>
       <c r="M222" t="s">
         <v>22</v>
       </c>
       <c r="N222" t="s">
         <v>22</v>
       </c>
       <c r="O222" t="s">
         <v>22</v>
       </c>
       <c r="P222" t="s">
         <v>22</v>
       </c>
       <c r="Q222" t="s">
         <v>22</v>
       </c>
@@ -21172,90 +21190,90 @@
       </c>
       <c r="X222" t="s">
         <v>22</v>
       </c>
       <c r="Y222" t="s">
         <v>22</v>
       </c>
       <c r="Z222" t="s">
         <v>22</v>
       </c>
       <c r="AA222" t="s">
         <v>22</v>
       </c>
       <c r="AB222" t="s">
         <v>22</v>
       </c>
       <c r="AC222" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="223" spans="1:29">
       <c r="A223">
         <v>221</v>
       </c>
       <c r="B223" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="C223" s="2" t="s">
         <v>258</v>
       </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
       <c r="D223" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E223">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F223" t="s">
         <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223" t="s">
         <v>22</v>
       </c>
       <c r="I223" t="s">
         <v>22</v>
       </c>
       <c r="J223" t="s">
         <v>22</v>
       </c>
       <c r="K223" t="s">
         <v>22</v>
       </c>
       <c r="L223" t="s">
         <v>22</v>
       </c>
       <c r="M223" t="s">
         <v>22</v>
       </c>
       <c r="N223" t="s">
         <v>22</v>
       </c>
-      <c r="O223">
-        <v>1</v>
+      <c r="O223" t="s">
+        <v>22</v>
       </c>
       <c r="P223" t="s">
         <v>22</v>
       </c>
       <c r="Q223" t="s">
         <v>22</v>
       </c>
       <c r="R223" t="s">
         <v>22</v>
       </c>
       <c r="S223" t="s">
         <v>22</v>
       </c>
       <c r="T223" t="s">
         <v>22</v>
       </c>
       <c r="U223" t="s">
         <v>22</v>
       </c>
       <c r="V223" t="s">
         <v>22</v>
       </c>
       <c r="W223" t="s">
         <v>22</v>
       </c>
@@ -21267,51 +21285,51 @@
       </c>
       <c r="Z223" t="s">
         <v>22</v>
       </c>
       <c r="AA223" t="s">
         <v>22</v>
       </c>
       <c r="AB223" t="s">
         <v>22</v>
       </c>
       <c r="AC223" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="224" spans="1:29">
       <c r="A224">
         <v>222</v>
       </c>
       <c r="B224" t="s">
         <v>259</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E224">
         <v>0</v>
       </c>
       <c r="F224" t="s">
         <v>22</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224" t="s">
         <v>22</v>
       </c>
       <c r="I224" t="s">
         <v>22</v>
       </c>
       <c r="J224" t="s">
         <v>22</v>
       </c>
       <c r="K224" t="s">
         <v>22</v>
       </c>
       <c r="L224" t="s">
         <v>22</v>
       </c>
@@ -21350,57 +21368,57 @@
       </c>
       <c r="X224" t="s">
         <v>22</v>
       </c>
       <c r="Y224" t="s">
         <v>22</v>
       </c>
       <c r="Z224" t="s">
         <v>22</v>
       </c>
       <c r="AA224" t="s">
         <v>22</v>
       </c>
       <c r="AB224" t="s">
         <v>22</v>
       </c>
       <c r="AC224" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="225" spans="1:29">
       <c r="A225">
         <v>223</v>
       </c>
       <c r="B225" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E225">
         <v>0</v>
       </c>
       <c r="F225" t="s">
         <v>22</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225" t="s">
         <v>22</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
         <v>22</v>
       </c>
       <c r="K225" t="s">
         <v>22</v>
       </c>
       <c r="L225" t="s">
         <v>22</v>
       </c>
@@ -21439,57 +21457,57 @@
       </c>
       <c r="X225" t="s">
         <v>22</v>
       </c>
       <c r="Y225" t="s">
         <v>22</v>
       </c>
       <c r="Z225" t="s">
         <v>22</v>
       </c>
       <c r="AA225" t="s">
         <v>22</v>
       </c>
       <c r="AB225" t="s">
         <v>22</v>
       </c>
       <c r="AC225" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="226" spans="1:29">
       <c r="A226">
         <v>224</v>
       </c>
       <c r="B226" t="s">
+        <v>260</v>
+      </c>
+      <c r="C226" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="C226" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D226" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E226">
         <v>1</v>
       </c>
       <c r="F226" t="s">
         <v>22</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226" t="s">
         <v>22</v>
       </c>
       <c r="I226">
         <v>1</v>
       </c>
       <c r="J226" t="s">
         <v>22</v>
       </c>
       <c r="K226" t="s">
         <v>22</v>
       </c>
       <c r="L226" t="s">
         <v>22</v>
       </c>
@@ -21528,72 +21546,72 @@
       </c>
       <c r="X226" t="s">
         <v>22</v>
       </c>
       <c r="Y226" t="s">
         <v>22</v>
       </c>
       <c r="Z226" t="s">
         <v>22</v>
       </c>
       <c r="AA226" t="s">
         <v>22</v>
       </c>
       <c r="AB226" t="s">
         <v>22</v>
       </c>
       <c r="AC226" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="227" spans="1:29">
       <c r="A227">
         <v>225</v>
       </c>
       <c r="B227" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D227" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
       <c r="F227" t="s">
         <v>22</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
-      <c r="H227">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="H227" t="s">
+        <v>22</v>
+      </c>
+      <c r="I227">
+        <v>1</v>
       </c>
       <c r="J227" t="s">
         <v>22</v>
       </c>
       <c r="K227" t="s">
         <v>22</v>
       </c>
       <c r="L227" t="s">
         <v>22</v>
       </c>
       <c r="M227" t="s">
         <v>22</v>
       </c>
       <c r="N227" t="s">
         <v>22</v>
       </c>
       <c r="O227" t="s">
         <v>22</v>
       </c>
       <c r="P227" t="s">
         <v>22</v>
       </c>
       <c r="Q227" t="s">
         <v>22</v>
       </c>
@@ -21617,78 +21635,78 @@
       </c>
       <c r="X227" t="s">
         <v>22</v>
       </c>
       <c r="Y227" t="s">
         <v>22</v>
       </c>
       <c r="Z227" t="s">
         <v>22</v>
       </c>
       <c r="AA227" t="s">
         <v>22</v>
       </c>
       <c r="AB227" t="s">
         <v>22</v>
       </c>
       <c r="AC227" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="228" spans="1:29">
       <c r="A228">
         <v>226</v>
       </c>
       <c r="B228" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>260</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>263</v>
       </c>
       <c r="D228" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E228">
         <v>1</v>
       </c>
       <c r="F228" t="s">
         <v>22</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228" t="s">
         <v>22</v>
       </c>
-      <c r="I228" t="s">
-        <v>22</v>
+      <c r="I228">
+        <v>1</v>
       </c>
       <c r="J228" t="s">
         <v>22</v>
       </c>
-      <c r="K228">
-        <v>1</v>
+      <c r="K228" t="s">
+        <v>22</v>
       </c>
       <c r="L228" t="s">
         <v>22</v>
       </c>
       <c r="M228" t="s">
         <v>22</v>
       </c>
       <c r="N228" t="s">
         <v>22</v>
       </c>
       <c r="O228" t="s">
         <v>22</v>
       </c>
       <c r="P228" t="s">
         <v>22</v>
       </c>
       <c r="Q228" t="s">
         <v>22</v>
       </c>
       <c r="R228" t="s">
         <v>22</v>
       </c>
       <c r="S228" t="s">
         <v>22</v>
       </c>
@@ -21706,769 +21724,769 @@
       </c>
       <c r="X228" t="s">
         <v>22</v>
       </c>
       <c r="Y228" t="s">
         <v>22</v>
       </c>
       <c r="Z228" t="s">
         <v>22</v>
       </c>
       <c r="AA228" t="s">
         <v>22</v>
       </c>
       <c r="AB228" t="s">
         <v>22</v>
       </c>
       <c r="AC228" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="229" spans="1:29">
       <c r="A229">
         <v>227</v>
       </c>
       <c r="B229" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>260</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="D229" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E229">
         <v>1</v>
       </c>
       <c r="F229" t="s">
         <v>22</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229" t="s">
         <v>22</v>
       </c>
       <c r="I229" t="s">
         <v>22</v>
       </c>
       <c r="J229" t="s">
         <v>22</v>
       </c>
-      <c r="K229">
-        <v>1</v>
+      <c r="K229" t="s">
+        <v>22</v>
       </c>
       <c r="L229" t="s">
         <v>22</v>
       </c>
       <c r="M229" t="s">
         <v>22</v>
       </c>
       <c r="N229" t="s">
         <v>22</v>
       </c>
-      <c r="O229" t="s">
-        <v>22</v>
+      <c r="O229">
+        <v>1</v>
       </c>
       <c r="P229" t="s">
         <v>22</v>
       </c>
       <c r="Q229" t="s">
         <v>22</v>
       </c>
       <c r="R229" t="s">
         <v>22</v>
       </c>
       <c r="S229" t="s">
         <v>22</v>
       </c>
       <c r="T229" t="s">
         <v>22</v>
       </c>
       <c r="U229" t="s">
         <v>22</v>
       </c>
       <c r="V229" t="s">
         <v>22</v>
       </c>
       <c r="W229" t="s">
         <v>22</v>
       </c>
       <c r="X229" t="s">
         <v>22</v>
       </c>
       <c r="Y229" t="s">
         <v>22</v>
       </c>
       <c r="Z229" t="s">
         <v>22</v>
       </c>
       <c r="AA229" t="s">
         <v>22</v>
       </c>
       <c r="AB229" t="s">
         <v>22</v>
       </c>
       <c r="AC229" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="230" spans="1:29">
       <c r="A230">
         <v>228</v>
       </c>
       <c r="B230" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>265</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
       </c>
       <c r="D230" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E230">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230" t="s">
         <v>22</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>22</v>
       </c>
       <c r="K230" t="s">
         <v>22</v>
       </c>
       <c r="L230" t="s">
         <v>22</v>
       </c>
       <c r="M230" t="s">
         <v>22</v>
       </c>
       <c r="N230" t="s">
         <v>22</v>
       </c>
-      <c r="O230">
-        <v>1</v>
+      <c r="O230" t="s">
+        <v>22</v>
       </c>
       <c r="P230" t="s">
         <v>22</v>
       </c>
       <c r="Q230" t="s">
         <v>22</v>
       </c>
       <c r="R230" t="s">
         <v>22</v>
       </c>
       <c r="S230" t="s">
         <v>22</v>
       </c>
       <c r="T230" t="s">
         <v>22</v>
       </c>
       <c r="U230" t="s">
         <v>22</v>
       </c>
       <c r="V230" t="s">
         <v>22</v>
       </c>
       <c r="W230" t="s">
         <v>22</v>
       </c>
       <c r="X230" t="s">
         <v>22</v>
       </c>
       <c r="Y230" t="s">
         <v>22</v>
       </c>
       <c r="Z230" t="s">
         <v>22</v>
       </c>
       <c r="AA230" t="s">
         <v>22</v>
       </c>
       <c r="AB230" t="s">
         <v>22</v>
       </c>
       <c r="AC230" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:29">
       <c r="A231">
         <v>229</v>
       </c>
       <c r="B231" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C231" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
         <v>268</v>
       </c>
-      <c r="D231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F231" t="s">
         <v>22</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231" t="s">
         <v>22</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
         <v>22</v>
       </c>
       <c r="K231" t="s">
         <v>22</v>
       </c>
       <c r="L231" t="s">
         <v>22</v>
       </c>
       <c r="M231" t="s">
         <v>22</v>
       </c>
       <c r="N231" t="s">
         <v>22</v>
       </c>
-      <c r="O231">
-        <v>1</v>
+      <c r="O231" t="s">
+        <v>22</v>
       </c>
       <c r="P231" t="s">
         <v>22</v>
       </c>
       <c r="Q231" t="s">
         <v>22</v>
       </c>
       <c r="R231" t="s">
         <v>22</v>
       </c>
       <c r="S231" t="s">
         <v>22</v>
       </c>
       <c r="T231" t="s">
         <v>22</v>
       </c>
       <c r="U231" t="s">
         <v>22</v>
       </c>
       <c r="V231" t="s">
         <v>22</v>
       </c>
       <c r="W231" t="s">
         <v>22</v>
       </c>
       <c r="X231" t="s">
         <v>22</v>
       </c>
       <c r="Y231" t="s">
         <v>22</v>
       </c>
       <c r="Z231" t="s">
         <v>22</v>
       </c>
       <c r="AA231" t="s">
         <v>22</v>
       </c>
       <c r="AB231" t="s">
         <v>22</v>
       </c>
       <c r="AC231" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="232" spans="1:29">
       <c r="A232">
         <v>230</v>
       </c>
       <c r="B232" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C232" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C232" t="s">
         <v>269</v>
       </c>
       <c r="D232" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="F232" t="s">
         <v>22</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232" t="s">
         <v>22</v>
       </c>
-      <c r="I232" t="s">
-        <v>22</v>
+      <c r="I232">
+        <v>1</v>
       </c>
       <c r="J232" t="s">
         <v>22</v>
       </c>
       <c r="K232" t="s">
         <v>22</v>
       </c>
       <c r="L232" t="s">
         <v>22</v>
       </c>
       <c r="M232" t="s">
         <v>22</v>
       </c>
       <c r="N232" t="s">
         <v>22</v>
       </c>
-      <c r="O232">
-        <v>1</v>
+      <c r="O232" t="s">
+        <v>22</v>
       </c>
       <c r="P232" t="s">
         <v>22</v>
       </c>
       <c r="Q232" t="s">
         <v>22</v>
       </c>
       <c r="R232" t="s">
         <v>22</v>
       </c>
       <c r="S232" t="s">
         <v>22</v>
       </c>
       <c r="T232" t="s">
         <v>22</v>
       </c>
       <c r="U232" t="s">
         <v>22</v>
       </c>
       <c r="V232" t="s">
         <v>22</v>
       </c>
       <c r="W232" t="s">
         <v>22</v>
       </c>
       <c r="X232" t="s">
         <v>22</v>
       </c>
       <c r="Y232" t="s">
         <v>22</v>
       </c>
       <c r="Z232" t="s">
         <v>22</v>
       </c>
       <c r="AA232" t="s">
         <v>22</v>
       </c>
       <c r="AB232" t="s">
         <v>22</v>
       </c>
       <c r="AC232" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="233" spans="1:29">
       <c r="A233">
         <v>231</v>
       </c>
       <c r="B233" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D233" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E233">
         <v>1</v>
       </c>
       <c r="F233" t="s">
         <v>22</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
-      <c r="H233" t="s">
-        <v>22</v>
+      <c r="H233">
+        <v>1</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
         <v>22</v>
       </c>
       <c r="K233" t="s">
         <v>22</v>
       </c>
       <c r="L233" t="s">
         <v>22</v>
       </c>
       <c r="M233" t="s">
         <v>22</v>
       </c>
       <c r="N233" t="s">
         <v>22</v>
       </c>
-      <c r="O233">
-        <v>1</v>
+      <c r="O233" t="s">
+        <v>22</v>
       </c>
       <c r="P233" t="s">
         <v>22</v>
       </c>
       <c r="Q233" t="s">
         <v>22</v>
       </c>
       <c r="R233" t="s">
         <v>22</v>
       </c>
       <c r="S233" t="s">
         <v>22</v>
       </c>
       <c r="T233" t="s">
         <v>22</v>
       </c>
       <c r="U233" t="s">
         <v>22</v>
       </c>
       <c r="V233" t="s">
         <v>22</v>
       </c>
       <c r="W233" t="s">
         <v>22</v>
       </c>
       <c r="X233" t="s">
         <v>22</v>
       </c>
       <c r="Y233" t="s">
         <v>22</v>
       </c>
       <c r="Z233" t="s">
         <v>22</v>
       </c>
       <c r="AA233" t="s">
         <v>22</v>
       </c>
       <c r="AB233" t="s">
         <v>22</v>
       </c>
       <c r="AC233" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="234" spans="1:29">
       <c r="A234">
         <v>232</v>
       </c>
       <c r="B234" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C234" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C234" t="s">
         <v>271</v>
       </c>
       <c r="D234" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E234">
         <v>1</v>
       </c>
       <c r="F234" t="s">
         <v>22</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234" t="s">
         <v>22</v>
       </c>
       <c r="I234" t="s">
         <v>22</v>
       </c>
       <c r="J234" t="s">
         <v>22</v>
       </c>
-      <c r="K234" t="s">
-        <v>22</v>
+      <c r="K234">
+        <v>1</v>
       </c>
       <c r="L234" t="s">
         <v>22</v>
       </c>
       <c r="M234" t="s">
         <v>22</v>
       </c>
       <c r="N234" t="s">
         <v>22</v>
       </c>
-      <c r="O234">
-        <v>1</v>
+      <c r="O234" t="s">
+        <v>22</v>
       </c>
       <c r="P234" t="s">
         <v>22</v>
       </c>
       <c r="Q234" t="s">
         <v>22</v>
       </c>
       <c r="R234" t="s">
         <v>22</v>
       </c>
       <c r="S234" t="s">
         <v>22</v>
       </c>
       <c r="T234" t="s">
         <v>22</v>
       </c>
       <c r="U234" t="s">
         <v>22</v>
       </c>
       <c r="V234" t="s">
         <v>22</v>
       </c>
       <c r="W234" t="s">
         <v>22</v>
       </c>
       <c r="X234" t="s">
         <v>22</v>
       </c>
       <c r="Y234" t="s">
         <v>22</v>
       </c>
       <c r="Z234" t="s">
         <v>22</v>
       </c>
       <c r="AA234" t="s">
         <v>22</v>
       </c>
       <c r="AB234" t="s">
         <v>22</v>
       </c>
       <c r="AC234" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="235" spans="1:29">
       <c r="A235">
         <v>233</v>
       </c>
       <c r="B235" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C235" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C235" t="s">
         <v>272</v>
       </c>
       <c r="D235" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E235">
         <v>1</v>
       </c>
       <c r="F235" t="s">
         <v>22</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235" t="s">
         <v>22</v>
       </c>
       <c r="I235" t="s">
         <v>22</v>
       </c>
       <c r="J235" t="s">
         <v>22</v>
       </c>
-      <c r="K235" t="s">
-        <v>22</v>
+      <c r="K235">
+        <v>1</v>
       </c>
       <c r="L235" t="s">
         <v>22</v>
       </c>
       <c r="M235" t="s">
         <v>22</v>
       </c>
       <c r="N235" t="s">
         <v>22</v>
       </c>
-      <c r="O235">
-        <v>1</v>
+      <c r="O235" t="s">
+        <v>22</v>
       </c>
       <c r="P235" t="s">
         <v>22</v>
       </c>
       <c r="Q235" t="s">
         <v>22</v>
       </c>
       <c r="R235" t="s">
         <v>22</v>
       </c>
       <c r="S235" t="s">
         <v>22</v>
       </c>
       <c r="T235" t="s">
         <v>22</v>
       </c>
       <c r="U235" t="s">
         <v>22</v>
       </c>
       <c r="V235" t="s">
         <v>22</v>
       </c>
       <c r="W235" t="s">
         <v>22</v>
       </c>
       <c r="X235" t="s">
         <v>22</v>
       </c>
       <c r="Y235" t="s">
         <v>22</v>
       </c>
       <c r="Z235" t="s">
         <v>22</v>
       </c>
       <c r="AA235" t="s">
         <v>22</v>
       </c>
       <c r="AB235" t="s">
         <v>22</v>
       </c>
       <c r="AC235" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="236" spans="1:29">
       <c r="A236">
         <v>234</v>
       </c>
       <c r="B236" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D236" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="F236" t="s">
         <v>22</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236" t="s">
         <v>22</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>22</v>
       </c>
       <c r="K236" t="s">
         <v>22</v>
       </c>
       <c r="L236" t="s">
         <v>22</v>
       </c>
       <c r="M236" t="s">
         <v>22</v>
       </c>
-      <c r="N236">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N236" t="s">
+        <v>22</v>
+      </c>
+      <c r="O236">
+        <v>1</v>
       </c>
       <c r="P236" t="s">
         <v>22</v>
       </c>
       <c r="Q236" t="s">
         <v>22</v>
       </c>
       <c r="R236" t="s">
         <v>22</v>
       </c>
       <c r="S236" t="s">
         <v>22</v>
       </c>
       <c r="T236" t="s">
         <v>22</v>
       </c>
       <c r="U236" t="s">
         <v>22</v>
       </c>
       <c r="V236" t="s">
         <v>22</v>
       </c>
       <c r="W236" t="s">
         <v>22</v>
       </c>
       <c r="X236" t="s">
         <v>22</v>
       </c>
       <c r="Y236" t="s">
         <v>22</v>
       </c>
       <c r="Z236" t="s">
         <v>22</v>
       </c>
       <c r="AA236" t="s">
         <v>22</v>
       </c>
       <c r="AB236" t="s">
         <v>22</v>
       </c>
       <c r="AC236" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="237" spans="1:29">
       <c r="A237">
         <v>235</v>
       </c>
       <c r="B237" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D237" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E237">
         <v>1</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237" t="s">
         <v>22</v>
       </c>
       <c r="I237" t="s">
         <v>22</v>
       </c>
       <c r="J237" t="s">
         <v>22</v>
       </c>
       <c r="K237" t="s">
         <v>22</v>
       </c>
       <c r="L237" t="s">
         <v>22</v>
       </c>
@@ -22507,146 +22525,146 @@
       </c>
       <c r="X237" t="s">
         <v>22</v>
       </c>
       <c r="Y237" t="s">
         <v>22</v>
       </c>
       <c r="Z237" t="s">
         <v>22</v>
       </c>
       <c r="AA237" t="s">
         <v>22</v>
       </c>
       <c r="AB237" t="s">
         <v>22</v>
       </c>
       <c r="AC237" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="238" spans="1:29">
       <c r="A238">
         <v>236</v>
       </c>
       <c r="B238" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>275</v>
       </c>
       <c r="D238" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="F238" t="s">
         <v>22</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238" t="s">
         <v>22</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
         <v>22</v>
       </c>
       <c r="K238" t="s">
         <v>22</v>
       </c>
       <c r="L238" t="s">
         <v>22</v>
       </c>
       <c r="M238" t="s">
         <v>22</v>
       </c>
-      <c r="N238">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="N238" t="s">
+        <v>22</v>
+      </c>
+      <c r="O238">
+        <v>1</v>
       </c>
       <c r="P238" t="s">
         <v>22</v>
       </c>
       <c r="Q238" t="s">
         <v>22</v>
       </c>
       <c r="R238" t="s">
         <v>22</v>
       </c>
       <c r="S238" t="s">
         <v>22</v>
       </c>
       <c r="T238" t="s">
         <v>22</v>
       </c>
       <c r="U238" t="s">
         <v>22</v>
       </c>
       <c r="V238" t="s">
         <v>22</v>
       </c>
       <c r="W238" t="s">
         <v>22</v>
       </c>
       <c r="X238" t="s">
         <v>22</v>
       </c>
       <c r="Y238" t="s">
         <v>22</v>
       </c>
       <c r="Z238" t="s">
         <v>22</v>
       </c>
       <c r="AA238" t="s">
         <v>22</v>
       </c>
       <c r="AB238" t="s">
         <v>22</v>
       </c>
       <c r="AC238" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="239" spans="1:29">
       <c r="A239">
         <v>237</v>
       </c>
       <c r="B239" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D239" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E239">
         <v>1</v>
       </c>
       <c r="F239" t="s">
         <v>22</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239" t="s">
         <v>22</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
         <v>22</v>
       </c>
       <c r="K239" t="s">
         <v>22</v>
       </c>
       <c r="L239" t="s">
         <v>22</v>
       </c>
@@ -22685,57 +22703,57 @@
       </c>
       <c r="X239" t="s">
         <v>22</v>
       </c>
       <c r="Y239" t="s">
         <v>22</v>
       </c>
       <c r="Z239" t="s">
         <v>22</v>
       </c>
       <c r="AA239" t="s">
         <v>22</v>
       </c>
       <c r="AB239" t="s">
         <v>22</v>
       </c>
       <c r="AC239" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:29">
       <c r="A240">
         <v>238</v>
       </c>
       <c r="B240" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D240" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E240">
         <v>1</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240" t="s">
         <v>22</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
         <v>22</v>
       </c>
       <c r="K240" t="s">
         <v>22</v>
       </c>
       <c r="L240" t="s">
         <v>22</v>
       </c>
@@ -22774,57 +22792,57 @@
       </c>
       <c r="X240" t="s">
         <v>22</v>
       </c>
       <c r="Y240" t="s">
         <v>22</v>
       </c>
       <c r="Z240" t="s">
         <v>22</v>
       </c>
       <c r="AA240" t="s">
         <v>22</v>
       </c>
       <c r="AB240" t="s">
         <v>22</v>
       </c>
       <c r="AC240" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="241" spans="1:29">
       <c r="A241">
         <v>239</v>
       </c>
       <c r="B241" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D241" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E241">
         <v>1</v>
       </c>
       <c r="F241" t="s">
         <v>22</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
         <v>22</v>
       </c>
       <c r="K241" t="s">
         <v>22</v>
       </c>
       <c r="L241" t="s">
         <v>22</v>
       </c>
@@ -22863,146 +22881,146 @@
       </c>
       <c r="X241" t="s">
         <v>22</v>
       </c>
       <c r="Y241" t="s">
         <v>22</v>
       </c>
       <c r="Z241" t="s">
         <v>22</v>
       </c>
       <c r="AA241" t="s">
         <v>22</v>
       </c>
       <c r="AB241" t="s">
         <v>22</v>
       </c>
       <c r="AC241" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="242" spans="1:29">
       <c r="A242">
         <v>240</v>
       </c>
       <c r="B242" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D242" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242" t="s">
         <v>22</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242" t="s">
         <v>22</v>
       </c>
       <c r="I242" t="s">
         <v>22</v>
       </c>
       <c r="J242" t="s">
         <v>22</v>
       </c>
       <c r="K242" t="s">
         <v>22</v>
       </c>
       <c r="L242" t="s">
         <v>22</v>
       </c>
       <c r="M242" t="s">
         <v>22</v>
       </c>
-      <c r="N242" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N242">
+        <v>1</v>
+      </c>
+      <c r="O242" t="s">
+        <v>22</v>
       </c>
       <c r="P242" t="s">
         <v>22</v>
       </c>
       <c r="Q242" t="s">
         <v>22</v>
       </c>
       <c r="R242" t="s">
         <v>22</v>
       </c>
       <c r="S242" t="s">
         <v>22</v>
       </c>
       <c r="T242" t="s">
         <v>22</v>
       </c>
       <c r="U242" t="s">
         <v>22</v>
       </c>
       <c r="V242" t="s">
         <v>22</v>
       </c>
       <c r="W242" t="s">
         <v>22</v>
       </c>
       <c r="X242" t="s">
         <v>22</v>
       </c>
       <c r="Y242" t="s">
         <v>22</v>
       </c>
       <c r="Z242" t="s">
         <v>22</v>
       </c>
       <c r="AA242" t="s">
         <v>22</v>
       </c>
       <c r="AB242" t="s">
         <v>22</v>
       </c>
       <c r="AC242" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="243" spans="1:29">
       <c r="A243">
         <v>241</v>
       </c>
       <c r="B243" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D243" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243" t="s">
         <v>22</v>
       </c>
       <c r="I243" t="s">
         <v>22</v>
       </c>
       <c r="J243" t="s">
         <v>22</v>
       </c>
       <c r="K243" t="s">
         <v>22</v>
       </c>
       <c r="L243" t="s">
         <v>22</v>
       </c>
@@ -23041,146 +23059,146 @@
       </c>
       <c r="X243" t="s">
         <v>22</v>
       </c>
       <c r="Y243" t="s">
         <v>22</v>
       </c>
       <c r="Z243" t="s">
         <v>22</v>
       </c>
       <c r="AA243" t="s">
         <v>22</v>
       </c>
       <c r="AB243" t="s">
         <v>22</v>
       </c>
       <c r="AC243" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="244" spans="1:29">
       <c r="A244">
         <v>242</v>
       </c>
       <c r="B244" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D244" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E244">
         <v>1</v>
       </c>
       <c r="F244" t="s">
         <v>22</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244" t="s">
         <v>22</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>22</v>
       </c>
       <c r="K244" t="s">
         <v>22</v>
       </c>
       <c r="L244" t="s">
         <v>22</v>
       </c>
       <c r="M244" t="s">
         <v>22</v>
       </c>
-      <c r="N244" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="N244">
+        <v>1</v>
+      </c>
+      <c r="O244" t="s">
+        <v>22</v>
       </c>
       <c r="P244" t="s">
         <v>22</v>
       </c>
       <c r="Q244" t="s">
         <v>22</v>
       </c>
       <c r="R244" t="s">
         <v>22</v>
       </c>
       <c r="S244" t="s">
         <v>22</v>
       </c>
       <c r="T244" t="s">
         <v>22</v>
       </c>
       <c r="U244" t="s">
         <v>22</v>
       </c>
       <c r="V244" t="s">
         <v>22</v>
       </c>
       <c r="W244" t="s">
         <v>22</v>
       </c>
       <c r="X244" t="s">
         <v>22</v>
       </c>
       <c r="Y244" t="s">
         <v>22</v>
       </c>
       <c r="Z244" t="s">
         <v>22</v>
       </c>
       <c r="AA244" t="s">
         <v>22</v>
       </c>
       <c r="AB244" t="s">
         <v>22</v>
       </c>
       <c r="AC244" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="245" spans="1:29">
       <c r="A245">
         <v>243</v>
       </c>
       <c r="B245" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C245" t="s">
+        <v>267</v>
+      </c>
+      <c r="C245" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D245" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E245">
         <v>1</v>
       </c>
       <c r="F245" t="s">
         <v>22</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245" t="s">
         <v>22</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>22</v>
       </c>
       <c r="K245" t="s">
         <v>22</v>
       </c>
       <c r="L245" t="s">
         <v>22</v>
       </c>
@@ -23219,57 +23237,57 @@
       </c>
       <c r="X245" t="s">
         <v>22</v>
       </c>
       <c r="Y245" t="s">
         <v>22</v>
       </c>
       <c r="Z245" t="s">
         <v>22</v>
       </c>
       <c r="AA245" t="s">
         <v>22</v>
       </c>
       <c r="AB245" t="s">
         <v>22</v>
       </c>
       <c r="AC245" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="246" spans="1:29">
       <c r="A246">
         <v>244</v>
       </c>
       <c r="B246" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C246" t="s">
+        <v>267</v>
+      </c>
+      <c r="C246" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D246" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E246">
         <v>1</v>
       </c>
       <c r="F246" t="s">
         <v>22</v>
       </c>
       <c r="G246" t="s">
         <v>22</v>
       </c>
       <c r="H246" t="s">
         <v>22</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>22</v>
       </c>
       <c r="K246" t="s">
         <v>22</v>
       </c>
       <c r="L246" t="s">
         <v>22</v>
       </c>
@@ -23308,57 +23326,57 @@
       </c>
       <c r="X246" t="s">
         <v>22</v>
       </c>
       <c r="Y246" t="s">
         <v>22</v>
       </c>
       <c r="Z246" t="s">
         <v>22</v>
       </c>
       <c r="AA246" t="s">
         <v>22</v>
       </c>
       <c r="AB246" t="s">
         <v>22</v>
       </c>
       <c r="AC246" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="247" spans="1:29">
       <c r="A247">
         <v>245</v>
       </c>
       <c r="B247" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C247" t="s">
+        <v>267</v>
+      </c>
+      <c r="C247" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D247" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E247">
         <v>1</v>
       </c>
       <c r="F247" t="s">
         <v>22</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247" t="s">
         <v>22</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>22</v>
       </c>
       <c r="K247" t="s">
         <v>22</v>
       </c>
       <c r="L247" t="s">
         <v>22</v>
       </c>
@@ -23397,57 +23415,57 @@
       </c>
       <c r="X247" t="s">
         <v>22</v>
       </c>
       <c r="Y247" t="s">
         <v>22</v>
       </c>
       <c r="Z247" t="s">
         <v>22</v>
       </c>
       <c r="AA247" t="s">
         <v>22</v>
       </c>
       <c r="AB247" t="s">
         <v>22</v>
       </c>
       <c r="AC247" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="248" spans="1:29">
       <c r="A248">
         <v>246</v>
       </c>
       <c r="B248" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C248" t="s">
+        <v>267</v>
+      </c>
+      <c r="C248" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D248" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E248">
         <v>1</v>
       </c>
       <c r="F248" t="s">
         <v>22</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248" t="s">
         <v>22</v>
       </c>
       <c r="I248" t="s">
         <v>22</v>
       </c>
       <c r="J248" t="s">
         <v>22</v>
       </c>
       <c r="K248" t="s">
         <v>22</v>
       </c>
       <c r="L248" t="s">
         <v>22</v>
       </c>
@@ -23486,770 +23504,772 @@
       </c>
       <c r="X248" t="s">
         <v>22</v>
       </c>
       <c r="Y248" t="s">
         <v>22</v>
       </c>
       <c r="Z248" t="s">
         <v>22</v>
       </c>
       <c r="AA248" t="s">
         <v>22</v>
       </c>
       <c r="AB248" t="s">
         <v>22</v>
       </c>
       <c r="AC248" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="249" spans="1:29">
       <c r="A249">
         <v>247</v>
       </c>
       <c r="B249" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C249" t="s">
+        <v>267</v>
+      </c>
+      <c r="C249" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D249" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E249">
         <v>1</v>
       </c>
       <c r="F249" t="s">
         <v>22</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249" t="s">
         <v>22</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
         <v>22</v>
       </c>
       <c r="K249" t="s">
         <v>22</v>
       </c>
       <c r="L249" t="s">
         <v>22</v>
       </c>
       <c r="M249" t="s">
         <v>22</v>
       </c>
       <c r="N249" t="s">
         <v>22</v>
       </c>
-      <c r="O249" t="s">
-        <v>22</v>
+      <c r="O249">
+        <v>1</v>
       </c>
       <c r="P249" t="s">
         <v>22</v>
       </c>
       <c r="Q249" t="s">
         <v>22</v>
       </c>
       <c r="R249" t="s">
         <v>22</v>
       </c>
       <c r="S249" t="s">
         <v>22</v>
       </c>
       <c r="T249" t="s">
         <v>22</v>
       </c>
-      <c r="U249">
-        <v>1</v>
+      <c r="U249" t="s">
+        <v>22</v>
       </c>
       <c r="V249" t="s">
         <v>22</v>
       </c>
       <c r="W249" t="s">
         <v>22</v>
       </c>
       <c r="X249" t="s">
         <v>22</v>
       </c>
       <c r="Y249" t="s">
         <v>22</v>
       </c>
       <c r="Z249" t="s">
         <v>22</v>
       </c>
       <c r="AA249" t="s">
         <v>22</v>
       </c>
       <c r="AB249" t="s">
         <v>22</v>
       </c>
       <c r="AC249" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="250" spans="1:29">
       <c r="A250">
         <v>248</v>
       </c>
       <c r="B250" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D250" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E250">
         <v>1</v>
       </c>
       <c r="F250" t="s">
         <v>22</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250" t="s">
         <v>22</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
         <v>22</v>
       </c>
       <c r="K250" t="s">
         <v>22</v>
       </c>
       <c r="L250" t="s">
         <v>22</v>
       </c>
       <c r="M250" t="s">
         <v>22</v>
       </c>
       <c r="N250" t="s">
         <v>22</v>
       </c>
-      <c r="O250" t="s">
-        <v>22</v>
+      <c r="O250">
+        <v>1</v>
       </c>
       <c r="P250" t="s">
         <v>22</v>
       </c>
       <c r="Q250" t="s">
         <v>22</v>
       </c>
       <c r="R250" t="s">
         <v>22</v>
       </c>
       <c r="S250" t="s">
         <v>22</v>
       </c>
-      <c r="T250">
-        <v>1</v>
+      <c r="T250" t="s">
+        <v>22</v>
       </c>
       <c r="U250" t="s">
         <v>22</v>
       </c>
       <c r="V250" t="s">
         <v>22</v>
       </c>
       <c r="W250" t="s">
         <v>22</v>
       </c>
       <c r="X250" t="s">
         <v>22</v>
       </c>
       <c r="Y250" t="s">
         <v>22</v>
       </c>
       <c r="Z250" t="s">
         <v>22</v>
       </c>
       <c r="AA250" t="s">
         <v>22</v>
       </c>
       <c r="AB250" t="s">
         <v>22</v>
       </c>
       <c r="AC250" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="251" spans="1:29">
       <c r="A251">
         <v>249</v>
       </c>
       <c r="B251" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="C251" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C251" t="s">
         <v>288</v>
       </c>
       <c r="D251" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E251">
         <v>1</v>
       </c>
       <c r="F251" t="s">
         <v>22</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251" t="s">
         <v>22</v>
       </c>
       <c r="I251" t="s">
         <v>22</v>
       </c>
       <c r="J251" t="s">
         <v>22</v>
       </c>
       <c r="K251" t="s">
         <v>22</v>
       </c>
       <c r="L251" t="s">
         <v>22</v>
       </c>
       <c r="M251" t="s">
         <v>22</v>
       </c>
       <c r="N251" t="s">
         <v>22</v>
       </c>
-      <c r="O251" t="s">
-        <v>22</v>
+      <c r="O251">
+        <v>1</v>
       </c>
       <c r="P251" t="s">
         <v>22</v>
       </c>
       <c r="Q251" t="s">
         <v>22</v>
       </c>
       <c r="R251" t="s">
         <v>22</v>
       </c>
       <c r="S251" t="s">
         <v>22</v>
       </c>
       <c r="T251" t="s">
         <v>22</v>
       </c>
       <c r="U251" t="s">
         <v>22</v>
       </c>
       <c r="V251" t="s">
         <v>22</v>
       </c>
       <c r="W251" t="s">
         <v>22</v>
       </c>
       <c r="X251" t="s">
         <v>22</v>
       </c>
       <c r="Y251" t="s">
         <v>22</v>
       </c>
-      <c r="Z251">
-        <v>1</v>
+      <c r="Z251" t="s">
+        <v>22</v>
       </c>
       <c r="AA251" t="s">
         <v>22</v>
       </c>
       <c r="AB251" t="s">
         <v>22</v>
       </c>
       <c r="AC251" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="252" spans="1:29">
       <c r="A252">
         <v>250</v>
       </c>
       <c r="B252" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C252" t="s">
         <v>289</v>
       </c>
       <c r="D252" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E252">
         <v>1</v>
       </c>
       <c r="F252" t="s">
         <v>22</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252" t="s">
         <v>22</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
         <v>22</v>
       </c>
       <c r="K252" t="s">
         <v>22</v>
       </c>
       <c r="L252" t="s">
         <v>22</v>
       </c>
       <c r="M252" t="s">
         <v>22</v>
       </c>
       <c r="N252" t="s">
         <v>22</v>
       </c>
-      <c r="O252" t="s">
-        <v>22</v>
+      <c r="O252">
+        <v>1</v>
       </c>
       <c r="P252" t="s">
         <v>22</v>
       </c>
       <c r="Q252" t="s">
         <v>22</v>
       </c>
       <c r="R252" t="s">
         <v>22</v>
       </c>
       <c r="S252" t="s">
         <v>22</v>
       </c>
       <c r="T252" t="s">
         <v>22</v>
       </c>
       <c r="U252" t="s">
         <v>22</v>
       </c>
       <c r="V252" t="s">
         <v>22</v>
       </c>
       <c r="W252" t="s">
         <v>22</v>
       </c>
       <c r="X252" t="s">
         <v>22</v>
       </c>
       <c r="Y252" t="s">
         <v>22</v>
       </c>
       <c r="Z252" t="s">
         <v>22</v>
       </c>
-      <c r="AA252">
-        <v>1</v>
+      <c r="AA252" t="s">
+        <v>22</v>
       </c>
       <c r="AB252" t="s">
         <v>22</v>
       </c>
       <c r="AC252" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="253" spans="1:29">
       <c r="A253">
         <v>251</v>
       </c>
       <c r="B253" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C253" t="s">
         <v>290</v>
       </c>
       <c r="D253" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
       <c r="F253" t="s">
         <v>22</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253" t="s">
         <v>22</v>
       </c>
       <c r="I253" t="s">
         <v>22</v>
       </c>
       <c r="J253" t="s">
         <v>22</v>
       </c>
       <c r="K253" t="s">
         <v>22</v>
       </c>
       <c r="L253" t="s">
         <v>22</v>
       </c>
       <c r="M253" t="s">
         <v>22</v>
       </c>
       <c r="N253" t="s">
         <v>22</v>
       </c>
-      <c r="O253" t="s">
-        <v>22</v>
+      <c r="O253">
+        <v>1</v>
       </c>
       <c r="P253" t="s">
         <v>22</v>
       </c>
       <c r="Q253" t="s">
         <v>22</v>
       </c>
       <c r="R253" t="s">
         <v>22</v>
       </c>
       <c r="S253" t="s">
         <v>22</v>
       </c>
       <c r="T253" t="s">
         <v>22</v>
       </c>
       <c r="U253" t="s">
         <v>22</v>
       </c>
       <c r="V253" t="s">
         <v>22</v>
       </c>
       <c r="W253" t="s">
         <v>22</v>
       </c>
       <c r="X253" t="s">
         <v>22</v>
       </c>
       <c r="Y253" t="s">
         <v>22</v>
       </c>
       <c r="Z253" t="s">
         <v>22</v>
       </c>
-      <c r="AA253">
-        <v>1</v>
+      <c r="AA253" t="s">
+        <v>22</v>
       </c>
       <c r="AB253" t="s">
         <v>22</v>
       </c>
       <c r="AC253" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="254" spans="1:29">
       <c r="A254">
         <v>252</v>
       </c>
       <c r="B254" t="s">
+        <v>267</v>
+      </c>
+      <c r="C254" t="s">
         <v>291</v>
       </c>
-      <c r="C254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D254" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E254">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F254" t="s">
         <v>22</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254" t="s">
         <v>22</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
         <v>22</v>
       </c>
       <c r="K254" t="s">
         <v>22</v>
       </c>
       <c r="L254" t="s">
         <v>22</v>
       </c>
       <c r="M254" t="s">
         <v>22</v>
       </c>
       <c r="N254" t="s">
         <v>22</v>
       </c>
-      <c r="O254" t="s">
-        <v>22</v>
+      <c r="O254">
+        <v>1</v>
       </c>
       <c r="P254" t="s">
         <v>22</v>
       </c>
       <c r="Q254" t="s">
         <v>22</v>
       </c>
       <c r="R254" t="s">
         <v>22</v>
       </c>
       <c r="S254" t="s">
         <v>22</v>
       </c>
       <c r="T254" t="s">
         <v>22</v>
       </c>
       <c r="U254" t="s">
         <v>22</v>
       </c>
       <c r="V254" t="s">
         <v>22</v>
       </c>
       <c r="W254" t="s">
         <v>22</v>
       </c>
       <c r="X254" t="s">
         <v>22</v>
       </c>
       <c r="Y254" t="s">
         <v>22</v>
       </c>
       <c r="Z254" t="s">
         <v>22</v>
       </c>
       <c r="AA254" t="s">
         <v>22</v>
       </c>
       <c r="AB254" t="s">
         <v>22</v>
       </c>
       <c r="AC254" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="255" spans="1:29">
       <c r="A255">
         <v>253</v>
       </c>
       <c r="B255" t="s">
+        <v>267</v>
+      </c>
+      <c r="C255" t="s">
         <v>292</v>
       </c>
-      <c r="C255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E255">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F255" t="s">
         <v>22</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255" t="s">
         <v>22</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>22</v>
       </c>
       <c r="K255" t="s">
         <v>22</v>
       </c>
       <c r="L255" t="s">
         <v>22</v>
       </c>
       <c r="M255" t="s">
         <v>22</v>
       </c>
       <c r="N255" t="s">
         <v>22</v>
       </c>
       <c r="O255" t="s">
         <v>22</v>
       </c>
       <c r="P255" t="s">
         <v>22</v>
       </c>
       <c r="Q255" t="s">
         <v>22</v>
       </c>
       <c r="R255" t="s">
         <v>22</v>
       </c>
       <c r="S255" t="s">
         <v>22</v>
       </c>
       <c r="T255" t="s">
         <v>22</v>
       </c>
-      <c r="U255" t="s">
-        <v>22</v>
+      <c r="U255">
+        <v>1</v>
       </c>
       <c r="V255" t="s">
         <v>22</v>
       </c>
       <c r="W255" t="s">
         <v>22</v>
       </c>
       <c r="X255" t="s">
         <v>22</v>
       </c>
       <c r="Y255" t="s">
         <v>22</v>
       </c>
       <c r="Z255" t="s">
         <v>22</v>
       </c>
       <c r="AA255" t="s">
         <v>22</v>
       </c>
       <c r="AB255" t="s">
         <v>22</v>
       </c>
       <c r="AC255" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="256" spans="1:29">
       <c r="A256">
         <v>254</v>
       </c>
       <c r="B256" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C256"/>
+        <v>267</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="D256" t="s">
-        <v>293</v>
+        <v>268</v>
       </c>
       <c r="E256">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F256" t="s">
         <v>22</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256" t="s">
         <v>22</v>
       </c>
       <c r="I256" t="s">
         <v>22</v>
       </c>
       <c r="J256" t="s">
         <v>22</v>
       </c>
       <c r="K256" t="s">
         <v>22</v>
       </c>
       <c r="L256" t="s">
         <v>22</v>
       </c>
       <c r="M256" t="s">
         <v>22</v>
       </c>
       <c r="N256" t="s">
         <v>22</v>
       </c>
       <c r="O256" t="s">
         <v>22</v>
       </c>
       <c r="P256" t="s">
         <v>22</v>
       </c>
       <c r="Q256" t="s">
         <v>22</v>
       </c>
       <c r="R256" t="s">
         <v>22</v>
       </c>
       <c r="S256" t="s">
         <v>22</v>
       </c>
-      <c r="T256" t="s">
-        <v>22</v>
+      <c r="T256">
+        <v>1</v>
       </c>
       <c r="U256" t="s">
         <v>22</v>
       </c>
       <c r="V256" t="s">
         <v>22</v>
       </c>
       <c r="W256" t="s">
         <v>22</v>
       </c>
       <c r="X256" t="s">
         <v>22</v>
       </c>
       <c r="Y256" t="s">
         <v>22</v>
       </c>
       <c r="Z256" t="s">
         <v>22</v>
       </c>
       <c r="AA256" t="s">
         <v>22</v>
       </c>
       <c r="AB256" t="s">
         <v>22</v>
       </c>
       <c r="AC256" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="257" spans="1:29">
       <c r="A257">
         <v>255</v>
       </c>
       <c r="B257" t="s">
+        <v>267</v>
+      </c>
+      <c r="C257" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="C257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D257" t="s">
-        <v>295</v>
+        <v>268</v>
       </c>
       <c r="E257">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F257" t="s">
         <v>22</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257" t="s">
         <v>22</v>
       </c>
       <c r="I257" t="s">
         <v>22</v>
       </c>
       <c r="J257" t="s">
         <v>22</v>
       </c>
       <c r="K257" t="s">
         <v>22</v>
       </c>
       <c r="L257" t="s">
         <v>22</v>
       </c>
       <c r="M257" t="s">
         <v>22</v>
       </c>
@@ -24267,78 +24287,78 @@
       </c>
       <c r="R257" t="s">
         <v>22</v>
       </c>
       <c r="S257" t="s">
         <v>22</v>
       </c>
       <c r="T257" t="s">
         <v>22</v>
       </c>
       <c r="U257" t="s">
         <v>22</v>
       </c>
       <c r="V257" t="s">
         <v>22</v>
       </c>
       <c r="W257" t="s">
         <v>22</v>
       </c>
       <c r="X257" t="s">
         <v>22</v>
       </c>
       <c r="Y257" t="s">
         <v>22</v>
       </c>
-      <c r="Z257" t="s">
-        <v>22</v>
+      <c r="Z257">
+        <v>1</v>
       </c>
       <c r="AA257" t="s">
         <v>22</v>
       </c>
       <c r="AB257" t="s">
         <v>22</v>
       </c>
       <c r="AC257" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="258" spans="1:29">
       <c r="A258">
         <v>256</v>
       </c>
       <c r="B258" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="C258" t="s">
-        <v>20</v>
+        <v>295</v>
       </c>
       <c r="D258" t="s">
-        <v>295</v>
+        <v>268</v>
       </c>
       <c r="E258">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F258" t="s">
         <v>22</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258" t="s">
         <v>22</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
         <v>22</v>
       </c>
       <c r="K258" t="s">
         <v>22</v>
       </c>
       <c r="L258" t="s">
         <v>22</v>
       </c>
       <c r="M258" t="s">
         <v>22</v>
       </c>
@@ -24359,75 +24379,75 @@
       </c>
       <c r="S258" t="s">
         <v>22</v>
       </c>
       <c r="T258" t="s">
         <v>22</v>
       </c>
       <c r="U258" t="s">
         <v>22</v>
       </c>
       <c r="V258" t="s">
         <v>22</v>
       </c>
       <c r="W258" t="s">
         <v>22</v>
       </c>
       <c r="X258" t="s">
         <v>22</v>
       </c>
       <c r="Y258" t="s">
         <v>22</v>
       </c>
       <c r="Z258" t="s">
         <v>22</v>
       </c>
-      <c r="AA258" t="s">
-        <v>22</v>
+      <c r="AA258">
+        <v>1</v>
       </c>
       <c r="AB258" t="s">
         <v>22</v>
       </c>
       <c r="AC258" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="259" spans="1:29">
       <c r="A259">
         <v>257</v>
       </c>
       <c r="B259" t="s">
-        <v>297</v>
+        <v>267</v>
       </c>
       <c r="C259" t="s">
-        <v>20</v>
+        <v>296</v>
       </c>
       <c r="D259" t="s">
-        <v>298</v>
+        <v>268</v>
       </c>
       <c r="E259">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F259" t="s">
         <v>22</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259" t="s">
         <v>22</v>
       </c>
       <c r="I259" t="s">
         <v>22</v>
       </c>
       <c r="J259" t="s">
         <v>22</v>
       </c>
       <c r="K259" t="s">
         <v>22</v>
       </c>
       <c r="L259" t="s">
         <v>22</v>
       </c>
       <c r="M259" t="s">
         <v>22</v>
       </c>
@@ -24448,72 +24468,72 @@
       </c>
       <c r="S259" t="s">
         <v>22</v>
       </c>
       <c r="T259" t="s">
         <v>22</v>
       </c>
       <c r="U259" t="s">
         <v>22</v>
       </c>
       <c r="V259" t="s">
         <v>22</v>
       </c>
       <c r="W259" t="s">
         <v>22</v>
       </c>
       <c r="X259" t="s">
         <v>22</v>
       </c>
       <c r="Y259" t="s">
         <v>22</v>
       </c>
       <c r="Z259" t="s">
         <v>22</v>
       </c>
-      <c r="AA259" t="s">
-        <v>22</v>
+      <c r="AA259">
+        <v>1</v>
       </c>
       <c r="AB259" t="s">
         <v>22</v>
       </c>
       <c r="AC259" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="260" spans="1:29">
       <c r="A260">
         <v>258</v>
       </c>
       <c r="B260" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
-        <v>298</v>
+        <v>268</v>
       </c>
       <c r="E260">
         <v>0</v>
       </c>
       <c r="F260" t="s">
         <v>22</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260" t="s">
         <v>22</v>
       </c>
       <c r="I260" t="s">
         <v>22</v>
       </c>
       <c r="J260" t="s">
         <v>22</v>
       </c>
       <c r="K260" t="s">
         <v>22</v>
       </c>
       <c r="L260" t="s">
         <v>22</v>
       </c>
@@ -24552,57 +24572,57 @@
       </c>
       <c r="X260" t="s">
         <v>22</v>
       </c>
       <c r="Y260" t="s">
         <v>22</v>
       </c>
       <c r="Z260" t="s">
         <v>22</v>
       </c>
       <c r="AA260" t="s">
         <v>22</v>
       </c>
       <c r="AB260" t="s">
         <v>22</v>
       </c>
       <c r="AC260" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="261" spans="1:29">
       <c r="A261">
         <v>259</v>
       </c>
       <c r="B261" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
-        <v>301</v>
+        <v>268</v>
       </c>
       <c r="E261">
         <v>0</v>
       </c>
       <c r="F261" t="s">
         <v>22</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
         <v>22</v>
       </c>
       <c r="K261" t="s">
         <v>22</v>
       </c>
       <c r="L261" t="s">
         <v>22</v>
       </c>
@@ -24641,57 +24661,55 @@
       </c>
       <c r="X261" t="s">
         <v>22</v>
       </c>
       <c r="Y261" t="s">
         <v>22</v>
       </c>
       <c r="Z261" t="s">
         <v>22</v>
       </c>
       <c r="AA261" t="s">
         <v>22</v>
       </c>
       <c r="AB261" t="s">
         <v>22</v>
       </c>
       <c r="AC261" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="262" spans="1:29">
       <c r="A262">
         <v>260</v>
       </c>
       <c r="B262" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C262"/>
       <c r="D262" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="E262">
         <v>0</v>
       </c>
       <c r="F262" t="s">
         <v>22</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262" t="s">
         <v>22</v>
       </c>
       <c r="I262" t="s">
         <v>22</v>
       </c>
       <c r="J262" t="s">
         <v>22</v>
       </c>
       <c r="K262" t="s">
         <v>22</v>
       </c>
       <c r="L262" t="s">
         <v>22</v>
       </c>
@@ -24730,55 +24748,57 @@
       </c>
       <c r="X262" t="s">
         <v>22</v>
       </c>
       <c r="Y262" t="s">
         <v>22</v>
       </c>
       <c r="Z262" t="s">
         <v>22</v>
       </c>
       <c r="AA262" t="s">
         <v>22</v>
       </c>
       <c r="AB262" t="s">
         <v>22</v>
       </c>
       <c r="AC262" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="263" spans="1:29">
       <c r="A263">
         <v>261</v>
       </c>
       <c r="B263" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C263"/>
+        <v>300</v>
+      </c>
+      <c r="C263" t="s">
+        <v>20</v>
+      </c>
       <c r="D263" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="E263">
         <v>0</v>
       </c>
       <c r="F263" t="s">
         <v>22</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263" t="s">
         <v>22</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>22</v>
       </c>
       <c r="K263" t="s">
         <v>22</v>
       </c>
       <c r="L263" t="s">
         <v>22</v>
       </c>
@@ -24817,57 +24837,57 @@
       </c>
       <c r="X263" t="s">
         <v>22</v>
       </c>
       <c r="Y263" t="s">
         <v>22</v>
       </c>
       <c r="Z263" t="s">
         <v>22</v>
       </c>
       <c r="AA263" t="s">
         <v>22</v>
       </c>
       <c r="AB263" t="s">
         <v>22</v>
       </c>
       <c r="AC263" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="264" spans="1:29">
       <c r="A264">
         <v>262</v>
       </c>
       <c r="B264" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E264">
         <v>0</v>
       </c>
       <c r="F264" t="s">
         <v>22</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>22</v>
       </c>
       <c r="K264" t="s">
         <v>22</v>
       </c>
       <c r="L264" t="s">
         <v>22</v>
       </c>
@@ -24906,57 +24926,57 @@
       </c>
       <c r="X264" t="s">
         <v>22</v>
       </c>
       <c r="Y264" t="s">
         <v>22</v>
       </c>
       <c r="Z264" t="s">
         <v>22</v>
       </c>
       <c r="AA264" t="s">
         <v>22</v>
       </c>
       <c r="AB264" t="s">
         <v>22</v>
       </c>
       <c r="AC264" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="265" spans="1:29">
       <c r="A265">
         <v>263</v>
       </c>
       <c r="B265" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E265">
         <v>0</v>
       </c>
       <c r="F265" t="s">
         <v>22</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265" t="s">
         <v>22</v>
       </c>
       <c r="I265" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>22</v>
       </c>
       <c r="K265" t="s">
         <v>22</v>
       </c>
       <c r="L265" t="s">
         <v>22</v>
       </c>
@@ -24995,57 +25015,57 @@
       </c>
       <c r="X265" t="s">
         <v>22</v>
       </c>
       <c r="Y265" t="s">
         <v>22</v>
       </c>
       <c r="Z265" t="s">
         <v>22</v>
       </c>
       <c r="AA265" t="s">
         <v>22</v>
       </c>
       <c r="AB265" t="s">
         <v>22</v>
       </c>
       <c r="AC265" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="266" spans="1:29">
       <c r="A266">
         <v>264</v>
       </c>
       <c r="B266" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E266">
         <v>0</v>
       </c>
       <c r="F266" t="s">
         <v>22</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266" t="s">
         <v>22</v>
       </c>
       <c r="I266" t="s">
         <v>22</v>
       </c>
       <c r="J266" t="s">
         <v>22</v>
       </c>
       <c r="K266" t="s">
         <v>22</v>
       </c>
       <c r="L266" t="s">
         <v>22</v>
       </c>
@@ -25084,57 +25104,57 @@
       </c>
       <c r="X266" t="s">
         <v>22</v>
       </c>
       <c r="Y266" t="s">
         <v>22</v>
       </c>
       <c r="Z266" t="s">
         <v>22</v>
       </c>
       <c r="AA266" t="s">
         <v>22</v>
       </c>
       <c r="AB266" t="s">
         <v>22</v>
       </c>
       <c r="AC266" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="267" spans="1:29">
       <c r="A267">
         <v>265</v>
       </c>
       <c r="B267" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="E267">
         <v>0</v>
       </c>
       <c r="F267" t="s">
         <v>22</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267" t="s">
         <v>22</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
         <v>22</v>
       </c>
       <c r="K267" t="s">
         <v>22</v>
       </c>
       <c r="L267" t="s">
         <v>22</v>
       </c>
@@ -25173,55 +25193,57 @@
       </c>
       <c r="X267" t="s">
         <v>22</v>
       </c>
       <c r="Y267" t="s">
         <v>22</v>
       </c>
       <c r="Z267" t="s">
         <v>22</v>
       </c>
       <c r="AA267" t="s">
         <v>22</v>
       </c>
       <c r="AB267" t="s">
         <v>22</v>
       </c>
       <c r="AC267" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="268" spans="1:29">
       <c r="A268">
         <v>266</v>
       </c>
       <c r="B268" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C268"/>
+        <v>308</v>
+      </c>
+      <c r="C268" t="s">
+        <v>20</v>
+      </c>
       <c r="D268" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="E268">
         <v>0</v>
       </c>
       <c r="F268" t="s">
         <v>22</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268" t="s">
         <v>22</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
         <v>22</v>
       </c>
       <c r="K268" t="s">
         <v>22</v>
       </c>
       <c r="L268" t="s">
         <v>22</v>
       </c>
@@ -25260,57 +25282,55 @@
       </c>
       <c r="X268" t="s">
         <v>22</v>
       </c>
       <c r="Y268" t="s">
         <v>22</v>
       </c>
       <c r="Z268" t="s">
         <v>22</v>
       </c>
       <c r="AA268" t="s">
         <v>22</v>
       </c>
       <c r="AB268" t="s">
         <v>22</v>
       </c>
       <c r="AC268" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:29">
       <c r="A269">
         <v>267</v>
       </c>
       <c r="B269" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C269"/>
       <c r="D269" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="E269">
         <v>0</v>
       </c>
       <c r="F269" t="s">
         <v>22</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269" t="s">
         <v>22</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>22</v>
       </c>
       <c r="K269" t="s">
         <v>22</v>
       </c>
       <c r="L269" t="s">
         <v>22</v>
       </c>
@@ -25349,57 +25369,57 @@
       </c>
       <c r="X269" t="s">
         <v>22</v>
       </c>
       <c r="Y269" t="s">
         <v>22</v>
       </c>
       <c r="Z269" t="s">
         <v>22</v>
       </c>
       <c r="AA269" t="s">
         <v>22</v>
       </c>
       <c r="AB269" t="s">
         <v>22</v>
       </c>
       <c r="AC269" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="270" spans="1:29">
       <c r="A270">
         <v>268</v>
       </c>
       <c r="B270" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="E270">
         <v>0</v>
       </c>
       <c r="F270" t="s">
         <v>22</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270" t="s">
         <v>22</v>
       </c>
       <c r="I270" t="s">
         <v>22</v>
       </c>
       <c r="J270" t="s">
         <v>22</v>
       </c>
       <c r="K270" t="s">
         <v>22</v>
       </c>
       <c r="L270" t="s">
         <v>22</v>
       </c>
@@ -25438,57 +25458,57 @@
       </c>
       <c r="X270" t="s">
         <v>22</v>
       </c>
       <c r="Y270" t="s">
         <v>22</v>
       </c>
       <c r="Z270" t="s">
         <v>22</v>
       </c>
       <c r="AA270" t="s">
         <v>22</v>
       </c>
       <c r="AB270" t="s">
         <v>22</v>
       </c>
       <c r="AC270" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="271" spans="1:29">
       <c r="A271">
         <v>269</v>
       </c>
       <c r="B271" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="E271">
         <v>0</v>
       </c>
       <c r="F271" t="s">
         <v>22</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271" t="s">
         <v>22</v>
       </c>
       <c r="I271" t="s">
         <v>22</v>
       </c>
       <c r="J271" t="s">
         <v>22</v>
       </c>
       <c r="K271" t="s">
         <v>22</v>
       </c>
       <c r="L271" t="s">
         <v>22</v>
       </c>
@@ -25527,57 +25547,57 @@
       </c>
       <c r="X271" t="s">
         <v>22</v>
       </c>
       <c r="Y271" t="s">
         <v>22</v>
       </c>
       <c r="Z271" t="s">
         <v>22</v>
       </c>
       <c r="AA271" t="s">
         <v>22</v>
       </c>
       <c r="AB271" t="s">
         <v>22</v>
       </c>
       <c r="AC271" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="272" spans="1:29">
       <c r="A272">
         <v>270</v>
       </c>
       <c r="B272" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C272" t="s">
         <v>20</v>
       </c>
       <c r="D272" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="E272">
         <v>0</v>
       </c>
       <c r="F272" t="s">
         <v>22</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272" t="s">
         <v>22</v>
       </c>
       <c r="I272" t="s">
         <v>22</v>
       </c>
       <c r="J272" t="s">
         <v>22</v>
       </c>
       <c r="K272" t="s">
         <v>22</v>
       </c>
       <c r="L272" t="s">
         <v>22</v>
       </c>
@@ -25616,57 +25636,57 @@
       </c>
       <c r="X272" t="s">
         <v>22</v>
       </c>
       <c r="Y272" t="s">
         <v>22</v>
       </c>
       <c r="Z272" t="s">
         <v>22</v>
       </c>
       <c r="AA272" t="s">
         <v>22</v>
       </c>
       <c r="AB272" t="s">
         <v>22</v>
       </c>
       <c r="AC272" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="273" spans="1:29">
       <c r="A273">
         <v>271</v>
       </c>
       <c r="B273" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="E273">
         <v>0</v>
       </c>
       <c r="F273" t="s">
         <v>22</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273" t="s">
         <v>22</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>22</v>
       </c>
       <c r="K273" t="s">
         <v>22</v>
       </c>
       <c r="L273" t="s">
         <v>22</v>
       </c>
@@ -25705,55 +25725,53 @@
       </c>
       <c r="X273" t="s">
         <v>22</v>
       </c>
       <c r="Y273" t="s">
         <v>22</v>
       </c>
       <c r="Z273" t="s">
         <v>22</v>
       </c>
       <c r="AA273" t="s">
         <v>22</v>
       </c>
       <c r="AB273" t="s">
         <v>22</v>
       </c>
       <c r="AC273" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="274" spans="1:29">
       <c r="A274">
         <v>272</v>
       </c>
       <c r="B274" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C274"/>
       <c r="D274" t="s">
         <v>316</v>
       </c>
       <c r="E274">
         <v>0</v>
       </c>
       <c r="F274" t="s">
         <v>22</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274" t="s">
         <v>22</v>
       </c>
       <c r="I274" t="s">
         <v>22</v>
       </c>
       <c r="J274" t="s">
         <v>22</v>
       </c>
       <c r="K274" t="s">
         <v>22</v>
       </c>
       <c r="L274" t="s">
@@ -25794,57 +25812,57 @@
       </c>
       <c r="X274" t="s">
         <v>22</v>
       </c>
       <c r="Y274" t="s">
         <v>22</v>
       </c>
       <c r="Z274" t="s">
         <v>22</v>
       </c>
       <c r="AA274" t="s">
         <v>22</v>
       </c>
       <c r="AB274" t="s">
         <v>22</v>
       </c>
       <c r="AC274" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="275" spans="1:29">
       <c r="A275">
         <v>273</v>
       </c>
       <c r="B275" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E275">
         <v>0</v>
       </c>
       <c r="F275" t="s">
         <v>22</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275" t="s">
         <v>22</v>
       </c>
       <c r="I275" t="s">
         <v>22</v>
       </c>
       <c r="J275" t="s">
         <v>22</v>
       </c>
       <c r="K275" t="s">
         <v>22</v>
       </c>
       <c r="L275" t="s">
         <v>22</v>
       </c>
@@ -25883,57 +25901,57 @@
       </c>
       <c r="X275" t="s">
         <v>22</v>
       </c>
       <c r="Y275" t="s">
         <v>22</v>
       </c>
       <c r="Z275" t="s">
         <v>22</v>
       </c>
       <c r="AA275" t="s">
         <v>22</v>
       </c>
       <c r="AB275" t="s">
         <v>22</v>
       </c>
       <c r="AC275" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="276" spans="1:29">
       <c r="A276">
         <v>274</v>
       </c>
       <c r="B276" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E276">
         <v>0</v>
       </c>
       <c r="F276" t="s">
         <v>22</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276" t="s">
         <v>22</v>
       </c>
       <c r="I276" t="s">
         <v>22</v>
       </c>
       <c r="J276" t="s">
         <v>22</v>
       </c>
       <c r="K276" t="s">
         <v>22</v>
       </c>
       <c r="L276" t="s">
         <v>22</v>
       </c>
@@ -25972,1123 +25990,1125 @@
       </c>
       <c r="X276" t="s">
         <v>22</v>
       </c>
       <c r="Y276" t="s">
         <v>22</v>
       </c>
       <c r="Z276" t="s">
         <v>22</v>
       </c>
       <c r="AA276" t="s">
         <v>22</v>
       </c>
       <c r="AB276" t="s">
         <v>22</v>
       </c>
       <c r="AC276" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="277" spans="1:29">
       <c r="A277">
         <v>275</v>
       </c>
       <c r="B277" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>320</v>
+      </c>
+      <c r="C277" t="s">
+        <v>20</v>
       </c>
       <c r="D277" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E277">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F277" t="s">
         <v>22</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277" t="s">
         <v>22</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>22</v>
       </c>
       <c r="K277" t="s">
         <v>22</v>
       </c>
       <c r="L277" t="s">
         <v>22</v>
       </c>
       <c r="M277" t="s">
         <v>22</v>
       </c>
       <c r="N277" t="s">
         <v>22</v>
       </c>
       <c r="O277" t="s">
         <v>22</v>
       </c>
       <c r="P277" t="s">
         <v>22</v>
       </c>
       <c r="Q277" t="s">
         <v>22</v>
       </c>
       <c r="R277" t="s">
         <v>22</v>
       </c>
-      <c r="S277">
-        <v>1</v>
+      <c r="S277" t="s">
+        <v>22</v>
       </c>
       <c r="T277" t="s">
         <v>22</v>
       </c>
       <c r="U277" t="s">
         <v>22</v>
       </c>
       <c r="V277" t="s">
         <v>22</v>
       </c>
       <c r="W277" t="s">
         <v>22</v>
       </c>
       <c r="X277" t="s">
         <v>22</v>
       </c>
       <c r="Y277" t="s">
         <v>22</v>
       </c>
       <c r="Z277" t="s">
         <v>22</v>
       </c>
       <c r="AA277" t="s">
         <v>22</v>
       </c>
       <c r="AB277" t="s">
         <v>22</v>
       </c>
       <c r="AC277" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="278" spans="1:29">
       <c r="A278">
         <v>276</v>
       </c>
       <c r="B278" t="s">
         <v>321</v>
       </c>
-      <c r="C278" s="2" t="s">
-        <v>324</v>
+      <c r="C278" t="s">
+        <v>20</v>
       </c>
       <c r="D278" t="s">
         <v>322</v>
       </c>
       <c r="E278">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F278" t="s">
         <v>22</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278" t="s">
         <v>22</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
         <v>22</v>
       </c>
       <c r="K278" t="s">
         <v>22</v>
       </c>
       <c r="L278" t="s">
         <v>22</v>
       </c>
       <c r="M278" t="s">
         <v>22</v>
       </c>
       <c r="N278" t="s">
         <v>22</v>
       </c>
       <c r="O278" t="s">
         <v>22</v>
       </c>
       <c r="P278" t="s">
         <v>22</v>
       </c>
       <c r="Q278" t="s">
         <v>22</v>
       </c>
       <c r="R278" t="s">
         <v>22</v>
       </c>
-      <c r="S278">
-        <v>1</v>
+      <c r="S278" t="s">
+        <v>22</v>
       </c>
       <c r="T278" t="s">
         <v>22</v>
       </c>
       <c r="U278" t="s">
         <v>22</v>
       </c>
       <c r="V278" t="s">
         <v>22</v>
       </c>
       <c r="W278" t="s">
         <v>22</v>
       </c>
       <c r="X278" t="s">
         <v>22</v>
       </c>
       <c r="Y278" t="s">
         <v>22</v>
       </c>
       <c r="Z278" t="s">
         <v>22</v>
       </c>
       <c r="AA278" t="s">
         <v>22</v>
       </c>
       <c r="AB278" t="s">
         <v>22</v>
       </c>
       <c r="AC278" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:29">
       <c r="A279">
         <v>277</v>
       </c>
       <c r="B279" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>323</v>
+      </c>
+      <c r="C279" t="s">
+        <v>20</v>
       </c>
       <c r="D279" t="s">
         <v>322</v>
       </c>
       <c r="E279">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F279" t="s">
         <v>22</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279" t="s">
         <v>22</v>
       </c>
       <c r="I279" t="s">
         <v>22</v>
       </c>
       <c r="J279" t="s">
         <v>22</v>
       </c>
       <c r="K279" t="s">
         <v>22</v>
       </c>
       <c r="L279" t="s">
         <v>22</v>
       </c>
       <c r="M279" t="s">
         <v>22</v>
       </c>
       <c r="N279" t="s">
         <v>22</v>
       </c>
       <c r="O279" t="s">
         <v>22</v>
       </c>
       <c r="P279" t="s">
         <v>22</v>
       </c>
       <c r="Q279" t="s">
         <v>22</v>
       </c>
-      <c r="R279">
-        <v>1</v>
+      <c r="R279" t="s">
+        <v>22</v>
       </c>
       <c r="S279" t="s">
         <v>22</v>
       </c>
       <c r="T279" t="s">
         <v>22</v>
       </c>
       <c r="U279" t="s">
         <v>22</v>
       </c>
       <c r="V279" t="s">
         <v>22</v>
       </c>
       <c r="W279" t="s">
         <v>22</v>
       </c>
       <c r="X279" t="s">
         <v>22</v>
       </c>
       <c r="Y279" t="s">
         <v>22</v>
       </c>
       <c r="Z279" t="s">
         <v>22</v>
       </c>
       <c r="AA279" t="s">
         <v>22</v>
       </c>
       <c r="AB279" t="s">
         <v>22</v>
       </c>
       <c r="AC279" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="280" spans="1:29">
       <c r="A280">
         <v>278</v>
       </c>
       <c r="B280" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C280" t="s">
-        <v>326</v>
+        <v>20</v>
       </c>
       <c r="D280" t="s">
         <v>322</v>
       </c>
       <c r="E280">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F280" t="s">
         <v>22</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280" t="s">
         <v>22</v>
       </c>
       <c r="I280" t="s">
         <v>22</v>
       </c>
       <c r="J280" t="s">
         <v>22</v>
       </c>
       <c r="K280" t="s">
         <v>22</v>
       </c>
       <c r="L280" t="s">
         <v>22</v>
       </c>
       <c r="M280" t="s">
         <v>22</v>
       </c>
       <c r="N280" t="s">
         <v>22</v>
       </c>
       <c r="O280" t="s">
         <v>22</v>
       </c>
       <c r="P280" t="s">
         <v>22</v>
       </c>
       <c r="Q280" t="s">
         <v>22</v>
       </c>
-      <c r="R280">
-        <v>1</v>
+      <c r="R280" t="s">
+        <v>22</v>
       </c>
       <c r="S280" t="s">
         <v>22</v>
       </c>
       <c r="T280" t="s">
         <v>22</v>
       </c>
       <c r="U280" t="s">
         <v>22</v>
       </c>
       <c r="V280" t="s">
         <v>22</v>
       </c>
       <c r="W280" t="s">
         <v>22</v>
       </c>
       <c r="X280" t="s">
         <v>22</v>
       </c>
       <c r="Y280" t="s">
         <v>22</v>
       </c>
       <c r="Z280" t="s">
         <v>22</v>
       </c>
       <c r="AA280" t="s">
         <v>22</v>
       </c>
       <c r="AB280" t="s">
         <v>22</v>
       </c>
       <c r="AC280" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="281" spans="1:29">
       <c r="A281">
         <v>279</v>
       </c>
       <c r="B281" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>325</v>
+      </c>
+      <c r="C281" t="s">
+        <v>20</v>
       </c>
       <c r="D281" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E281">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F281" t="s">
         <v>22</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281" t="s">
         <v>22</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>22</v>
       </c>
       <c r="L281" t="s">
         <v>22</v>
       </c>
       <c r="M281" t="s">
         <v>22</v>
       </c>
       <c r="N281" t="s">
         <v>22</v>
       </c>
       <c r="O281" t="s">
         <v>22</v>
       </c>
       <c r="P281" t="s">
         <v>22</v>
       </c>
       <c r="Q281" t="s">
         <v>22</v>
       </c>
-      <c r="R281">
-        <v>1</v>
+      <c r="R281" t="s">
+        <v>22</v>
       </c>
       <c r="S281" t="s">
         <v>22</v>
       </c>
       <c r="T281" t="s">
         <v>22</v>
       </c>
       <c r="U281" t="s">
         <v>22</v>
       </c>
       <c r="V281" t="s">
         <v>22</v>
       </c>
       <c r="W281" t="s">
         <v>22</v>
       </c>
       <c r="X281" t="s">
         <v>22</v>
       </c>
       <c r="Y281" t="s">
         <v>22</v>
       </c>
       <c r="Z281" t="s">
         <v>22</v>
       </c>
       <c r="AA281" t="s">
         <v>22</v>
       </c>
       <c r="AB281" t="s">
         <v>22</v>
       </c>
       <c r="AC281" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="282" spans="1:29">
       <c r="A282">
         <v>280</v>
       </c>
       <c r="B282" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="C282" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D282" t="s">
         <v>328</v>
       </c>
-      <c r="D282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E282">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F282" t="s">
         <v>22</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282" t="s">
         <v>22</v>
       </c>
       <c r="I282" t="s">
         <v>22</v>
       </c>
       <c r="J282" t="s">
         <v>22</v>
       </c>
       <c r="K282" t="s">
         <v>22</v>
       </c>
       <c r="L282" t="s">
         <v>22</v>
       </c>
       <c r="M282" t="s">
         <v>22</v>
       </c>
       <c r="N282" t="s">
         <v>22</v>
       </c>
       <c r="O282" t="s">
         <v>22</v>
       </c>
       <c r="P282" t="s">
         <v>22</v>
       </c>
       <c r="Q282" t="s">
         <v>22</v>
       </c>
       <c r="R282" t="s">
         <v>22</v>
       </c>
-      <c r="S282">
-        <v>1</v>
+      <c r="S282" t="s">
+        <v>22</v>
       </c>
       <c r="T282" t="s">
         <v>22</v>
       </c>
       <c r="U282" t="s">
         <v>22</v>
       </c>
       <c r="V282" t="s">
         <v>22</v>
       </c>
       <c r="W282" t="s">
         <v>22</v>
       </c>
       <c r="X282" t="s">
         <v>22</v>
       </c>
       <c r="Y282" t="s">
         <v>22</v>
       </c>
       <c r="Z282" t="s">
         <v>22</v>
       </c>
       <c r="AA282" t="s">
         <v>22</v>
       </c>
       <c r="AB282" t="s">
         <v>22</v>
       </c>
       <c r="AC282" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:29">
       <c r="A283">
         <v>281</v>
       </c>
       <c r="B283" t="s">
+        <v>327</v>
+      </c>
+      <c r="C283" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="C283" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D283" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E283">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F283" t="s">
         <v>22</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>22</v>
       </c>
       <c r="K283" t="s">
         <v>22</v>
       </c>
       <c r="L283" t="s">
         <v>22</v>
       </c>
       <c r="M283" t="s">
         <v>22</v>
       </c>
       <c r="N283" t="s">
         <v>22</v>
       </c>
       <c r="O283" t="s">
         <v>22</v>
       </c>
       <c r="P283" t="s">
         <v>22</v>
       </c>
       <c r="Q283" t="s">
         <v>22</v>
       </c>
       <c r="R283" t="s">
         <v>22</v>
       </c>
-      <c r="S283" t="s">
-        <v>22</v>
+      <c r="S283">
+        <v>1</v>
       </c>
       <c r="T283" t="s">
         <v>22</v>
       </c>
       <c r="U283" t="s">
         <v>22</v>
       </c>
       <c r="V283" t="s">
         <v>22</v>
       </c>
       <c r="W283" t="s">
         <v>22</v>
       </c>
       <c r="X283" t="s">
         <v>22</v>
       </c>
       <c r="Y283" t="s">
         <v>22</v>
       </c>
       <c r="Z283" t="s">
         <v>22</v>
       </c>
       <c r="AA283" t="s">
         <v>22</v>
       </c>
       <c r="AB283" t="s">
         <v>22</v>
       </c>
       <c r="AC283" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="284" spans="1:29">
       <c r="A284">
         <v>282</v>
       </c>
       <c r="B284" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>327</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>330</v>
       </c>
       <c r="D284" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E284">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F284" t="s">
         <v>22</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284" t="s">
         <v>22</v>
       </c>
       <c r="I284" t="s">
         <v>22</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>22</v>
       </c>
       <c r="L284" t="s">
         <v>22</v>
       </c>
       <c r="M284" t="s">
         <v>22</v>
       </c>
       <c r="N284" t="s">
         <v>22</v>
       </c>
       <c r="O284" t="s">
         <v>22</v>
       </c>
       <c r="P284" t="s">
         <v>22</v>
       </c>
       <c r="Q284" t="s">
         <v>22</v>
       </c>
       <c r="R284" t="s">
         <v>22</v>
       </c>
-      <c r="S284" t="s">
-        <v>22</v>
+      <c r="S284">
+        <v>1</v>
       </c>
       <c r="T284" t="s">
         <v>22</v>
       </c>
       <c r="U284" t="s">
         <v>22</v>
       </c>
       <c r="V284" t="s">
         <v>22</v>
       </c>
       <c r="W284" t="s">
         <v>22</v>
       </c>
       <c r="X284" t="s">
         <v>22</v>
       </c>
       <c r="Y284" t="s">
         <v>22</v>
       </c>
       <c r="Z284" t="s">
         <v>22</v>
       </c>
       <c r="AA284" t="s">
         <v>22</v>
       </c>
       <c r="AB284" t="s">
         <v>22</v>
       </c>
       <c r="AC284" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="285" spans="1:29">
       <c r="A285">
         <v>283</v>
       </c>
       <c r="B285" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>327</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="D285" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E285">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F285" t="s">
         <v>22</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285" t="s">
         <v>22</v>
       </c>
       <c r="I285" t="s">
         <v>22</v>
       </c>
       <c r="J285" t="s">
         <v>22</v>
       </c>
       <c r="K285" t="s">
         <v>22</v>
       </c>
       <c r="L285" t="s">
         <v>22</v>
       </c>
       <c r="M285" t="s">
         <v>22</v>
       </c>
       <c r="N285" t="s">
         <v>22</v>
       </c>
       <c r="O285" t="s">
         <v>22</v>
       </c>
       <c r="P285" t="s">
         <v>22</v>
       </c>
       <c r="Q285" t="s">
         <v>22</v>
       </c>
-      <c r="R285" t="s">
-        <v>22</v>
+      <c r="R285">
+        <v>1</v>
       </c>
       <c r="S285" t="s">
         <v>22</v>
       </c>
       <c r="T285" t="s">
         <v>22</v>
       </c>
       <c r="U285" t="s">
         <v>22</v>
       </c>
       <c r="V285" t="s">
         <v>22</v>
       </c>
       <c r="W285" t="s">
         <v>22</v>
       </c>
       <c r="X285" t="s">
         <v>22</v>
       </c>
       <c r="Y285" t="s">
         <v>22</v>
       </c>
       <c r="Z285" t="s">
         <v>22</v>
       </c>
       <c r="AA285" t="s">
         <v>22</v>
       </c>
       <c r="AB285" t="s">
         <v>22</v>
       </c>
       <c r="AC285" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="286" spans="1:29">
       <c r="A286">
         <v>284</v>
       </c>
       <c r="B286" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C286" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="D286" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E286">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F286" t="s">
         <v>22</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286" t="s">
         <v>22</v>
       </c>
       <c r="I286" t="s">
         <v>22</v>
       </c>
       <c r="J286" t="s">
         <v>22</v>
       </c>
       <c r="K286" t="s">
         <v>22</v>
       </c>
       <c r="L286" t="s">
         <v>22</v>
       </c>
       <c r="M286" t="s">
         <v>22</v>
       </c>
       <c r="N286" t="s">
         <v>22</v>
       </c>
       <c r="O286" t="s">
         <v>22</v>
       </c>
       <c r="P286" t="s">
         <v>22</v>
       </c>
       <c r="Q286" t="s">
         <v>22</v>
       </c>
-      <c r="R286" t="s">
-        <v>22</v>
+      <c r="R286">
+        <v>1</v>
       </c>
       <c r="S286" t="s">
         <v>22</v>
       </c>
       <c r="T286" t="s">
         <v>22</v>
       </c>
       <c r="U286" t="s">
         <v>22</v>
       </c>
       <c r="V286" t="s">
         <v>22</v>
       </c>
       <c r="W286" t="s">
         <v>22</v>
       </c>
       <c r="X286" t="s">
         <v>22</v>
       </c>
       <c r="Y286" t="s">
         <v>22</v>
       </c>
       <c r="Z286" t="s">
         <v>22</v>
       </c>
       <c r="AA286" t="s">
         <v>22</v>
       </c>
       <c r="AB286" t="s">
         <v>22</v>
       </c>
       <c r="AC286" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="287" spans="1:29">
       <c r="A287">
         <v>285</v>
       </c>
       <c r="B287" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C287"/>
+        <v>327</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="D287" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="E287">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F287" t="s">
         <v>22</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287" t="s">
         <v>22</v>
       </c>
       <c r="I287" t="s">
         <v>22</v>
       </c>
       <c r="J287" t="s">
         <v>22</v>
       </c>
       <c r="K287" t="s">
         <v>22</v>
       </c>
       <c r="L287" t="s">
         <v>22</v>
       </c>
       <c r="M287" t="s">
         <v>22</v>
       </c>
       <c r="N287" t="s">
         <v>22</v>
       </c>
       <c r="O287" t="s">
         <v>22</v>
       </c>
       <c r="P287" t="s">
         <v>22</v>
       </c>
       <c r="Q287" t="s">
         <v>22</v>
       </c>
-      <c r="R287" t="s">
-        <v>22</v>
+      <c r="R287">
+        <v>1</v>
       </c>
       <c r="S287" t="s">
         <v>22</v>
       </c>
       <c r="T287" t="s">
         <v>22</v>
       </c>
       <c r="U287" t="s">
         <v>22</v>
       </c>
       <c r="V287" t="s">
         <v>22</v>
       </c>
       <c r="W287" t="s">
         <v>22</v>
       </c>
       <c r="X287" t="s">
         <v>22</v>
       </c>
       <c r="Y287" t="s">
         <v>22</v>
       </c>
       <c r="Z287" t="s">
         <v>22</v>
       </c>
       <c r="AA287" t="s">
         <v>22</v>
       </c>
       <c r="AB287" t="s">
         <v>22</v>
       </c>
       <c r="AC287" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="288" spans="1:29">
       <c r="A288">
         <v>286</v>
       </c>
       <c r="B288" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>327</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>334</v>
       </c>
       <c r="D288" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="E288">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F288" t="s">
         <v>22</v>
       </c>
       <c r="G288" t="s">
         <v>22</v>
       </c>
       <c r="H288" t="s">
         <v>22</v>
       </c>
       <c r="I288" t="s">
         <v>22</v>
       </c>
       <c r="J288" t="s">
         <v>22</v>
       </c>
       <c r="K288" t="s">
         <v>22</v>
       </c>
       <c r="L288" t="s">
         <v>22</v>
       </c>
       <c r="M288" t="s">
         <v>22</v>
       </c>
       <c r="N288" t="s">
         <v>22</v>
       </c>
       <c r="O288" t="s">
         <v>22</v>
       </c>
       <c r="P288" t="s">
         <v>22</v>
       </c>
       <c r="Q288" t="s">
         <v>22</v>
       </c>
       <c r="R288" t="s">
         <v>22</v>
       </c>
-      <c r="S288" t="s">
-        <v>22</v>
+      <c r="S288">
+        <v>1</v>
       </c>
       <c r="T288" t="s">
         <v>22</v>
       </c>
       <c r="U288" t="s">
         <v>22</v>
       </c>
       <c r="V288" t="s">
         <v>22</v>
       </c>
       <c r="W288" t="s">
         <v>22</v>
       </c>
       <c r="X288" t="s">
         <v>22</v>
       </c>
       <c r="Y288" t="s">
         <v>22</v>
       </c>
       <c r="Z288" t="s">
         <v>22</v>
       </c>
       <c r="AA288" t="s">
         <v>22</v>
       </c>
       <c r="AB288" t="s">
         <v>22</v>
       </c>
       <c r="AC288" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="289" spans="1:29">
       <c r="A289">
         <v>287</v>
       </c>
       <c r="B289" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C289" t="s">
         <v>20</v>
       </c>
       <c r="D289" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E289">
         <v>0</v>
       </c>
       <c r="F289" t="s">
         <v>22</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289" t="s">
         <v>22</v>
       </c>
       <c r="I289" t="s">
         <v>22</v>
       </c>
       <c r="J289" t="s">
         <v>22</v>
       </c>
       <c r="K289" t="s">
         <v>22</v>
       </c>
       <c r="L289" t="s">
         <v>22</v>
       </c>
@@ -27127,55 +27147,57 @@
       </c>
       <c r="X289" t="s">
         <v>22</v>
       </c>
       <c r="Y289" t="s">
         <v>22</v>
       </c>
       <c r="Z289" t="s">
         <v>22</v>
       </c>
       <c r="AA289" t="s">
         <v>22</v>
       </c>
       <c r="AB289" t="s">
         <v>22</v>
       </c>
       <c r="AC289" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="290" spans="1:29">
       <c r="A290">
         <v>288</v>
       </c>
       <c r="B290" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C290"/>
+        <v>337</v>
+      </c>
+      <c r="C290" t="s">
+        <v>20</v>
+      </c>
       <c r="D290" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E290">
         <v>0</v>
       </c>
       <c r="F290" t="s">
         <v>22</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290" t="s">
         <v>22</v>
       </c>
       <c r="I290" t="s">
         <v>22</v>
       </c>
       <c r="J290" t="s">
         <v>22</v>
       </c>
       <c r="K290" t="s">
         <v>22</v>
       </c>
       <c r="L290" t="s">
         <v>22</v>
       </c>
@@ -27214,57 +27236,57 @@
       </c>
       <c r="X290" t="s">
         <v>22</v>
       </c>
       <c r="Y290" t="s">
         <v>22</v>
       </c>
       <c r="Z290" t="s">
         <v>22</v>
       </c>
       <c r="AA290" t="s">
         <v>22</v>
       </c>
       <c r="AB290" t="s">
         <v>22</v>
       </c>
       <c r="AC290" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="291" spans="1:29">
       <c r="A291">
         <v>289</v>
       </c>
       <c r="B291" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C291" t="s">
         <v>20</v>
       </c>
       <c r="D291" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="E291">
         <v>0</v>
       </c>
       <c r="F291" t="s">
         <v>22</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291" t="s">
         <v>22</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>22</v>
       </c>
       <c r="K291" t="s">
         <v>22</v>
       </c>
       <c r="L291" t="s">
         <v>22</v>
       </c>
@@ -27303,57 +27325,57 @@
       </c>
       <c r="X291" t="s">
         <v>22</v>
       </c>
       <c r="Y291" t="s">
         <v>22</v>
       </c>
       <c r="Z291" t="s">
         <v>22</v>
       </c>
       <c r="AA291" t="s">
         <v>22</v>
       </c>
       <c r="AB291" t="s">
         <v>22</v>
       </c>
       <c r="AC291" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="292" spans="1:29">
       <c r="A292">
         <v>290</v>
       </c>
       <c r="B292" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C292" t="s">
         <v>20</v>
       </c>
       <c r="D292" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="E292">
         <v>0</v>
       </c>
       <c r="F292" t="s">
         <v>22</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292" t="s">
         <v>22</v>
       </c>
       <c r="I292" t="s">
         <v>22</v>
       </c>
       <c r="J292" t="s">
         <v>22</v>
       </c>
       <c r="K292" t="s">
         <v>22</v>
       </c>
       <c r="L292" t="s">
         <v>22</v>
       </c>
@@ -27392,309 +27414,839 @@
       </c>
       <c r="X292" t="s">
         <v>22</v>
       </c>
       <c r="Y292" t="s">
         <v>22</v>
       </c>
       <c r="Z292" t="s">
         <v>22</v>
       </c>
       <c r="AA292" t="s">
         <v>22</v>
       </c>
       <c r="AB292" t="s">
         <v>22</v>
       </c>
       <c r="AC292" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="293" spans="1:29">
       <c r="A293">
         <v>291</v>
       </c>
       <c r="B293" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="C293"/>
       <c r="D293" t="s">
         <v>341</v>
       </c>
       <c r="E293">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F293" t="s">
         <v>22</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="I293" t="s">
         <v>22</v>
       </c>
       <c r="J293" t="s">
         <v>22</v>
       </c>
       <c r="K293" t="s">
         <v>22</v>
       </c>
       <c r="L293" t="s">
         <v>22</v>
       </c>
       <c r="M293" t="s">
         <v>22</v>
       </c>
       <c r="N293" t="s">
         <v>22</v>
       </c>
       <c r="O293" t="s">
         <v>22</v>
       </c>
       <c r="P293" t="s">
         <v>22</v>
       </c>
       <c r="Q293" t="s">
         <v>22</v>
       </c>
-      <c r="R293">
-        <v>1</v>
+      <c r="R293" t="s">
+        <v>22</v>
       </c>
       <c r="S293" t="s">
         <v>22</v>
       </c>
       <c r="T293" t="s">
         <v>22</v>
       </c>
       <c r="U293" t="s">
         <v>22</v>
       </c>
       <c r="V293" t="s">
         <v>22</v>
       </c>
       <c r="W293" t="s">
         <v>22</v>
       </c>
       <c r="X293" t="s">
         <v>22</v>
       </c>
       <c r="Y293" t="s">
         <v>22</v>
       </c>
       <c r="Z293" t="s">
         <v>22</v>
       </c>
       <c r="AA293" t="s">
         <v>22</v>
       </c>
       <c r="AB293" t="s">
         <v>22</v>
       </c>
       <c r="AC293" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="294" spans="1:29">
       <c r="A294">
         <v>292</v>
       </c>
       <c r="B294" t="s">
+        <v>342</v>
+      </c>
+      <c r="C294" t="s">
+        <v>20</v>
+      </c>
+      <c r="D294" t="s">
         <v>343</v>
       </c>
-      <c r="C294" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E294">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F294" t="s">
         <v>22</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294" t="s">
         <v>22</v>
       </c>
       <c r="J294" t="s">
         <v>22</v>
       </c>
       <c r="K294" t="s">
         <v>22</v>
       </c>
       <c r="L294" t="s">
         <v>22</v>
       </c>
       <c r="M294" t="s">
         <v>22</v>
       </c>
       <c r="N294" t="s">
         <v>22</v>
       </c>
       <c r="O294" t="s">
         <v>22</v>
       </c>
       <c r="P294" t="s">
         <v>22</v>
       </c>
       <c r="Q294" t="s">
         <v>22</v>
       </c>
-      <c r="R294">
-        <v>1</v>
+      <c r="R294" t="s">
+        <v>22</v>
       </c>
       <c r="S294" t="s">
         <v>22</v>
       </c>
       <c r="T294" t="s">
         <v>22</v>
       </c>
       <c r="U294" t="s">
         <v>22</v>
       </c>
       <c r="V294" t="s">
         <v>22</v>
       </c>
       <c r="W294" t="s">
         <v>22</v>
       </c>
       <c r="X294" t="s">
         <v>22</v>
       </c>
       <c r="Y294" t="s">
         <v>22</v>
       </c>
       <c r="Z294" t="s">
         <v>22</v>
       </c>
       <c r="AA294" t="s">
         <v>22</v>
       </c>
       <c r="AB294" t="s">
         <v>22</v>
       </c>
       <c r="AC294" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="295" spans="1:29">
       <c r="A295">
         <v>293</v>
       </c>
       <c r="B295" t="s">
+        <v>344</v>
+      </c>
+      <c r="C295" t="s">
+        <v>20</v>
+      </c>
+      <c r="D295" t="s">
         <v>343</v>
       </c>
-      <c r="C295" s="2" t="s">
+      <c r="E295">
+        <v>0</v>
+      </c>
+      <c r="F295" t="s">
+        <v>22</v>
+      </c>
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295" t="s">
+        <v>22</v>
+      </c>
+      <c r="I295" t="s">
+        <v>22</v>
+      </c>
+      <c r="J295" t="s">
+        <v>22</v>
+      </c>
+      <c r="K295" t="s">
+        <v>22</v>
+      </c>
+      <c r="L295" t="s">
+        <v>22</v>
+      </c>
+      <c r="M295" t="s">
+        <v>22</v>
+      </c>
+      <c r="N295" t="s">
+        <v>22</v>
+      </c>
+      <c r="O295" t="s">
+        <v>22</v>
+      </c>
+      <c r="P295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>22</v>
+      </c>
+      <c r="R295" t="s">
+        <v>22</v>
+      </c>
+      <c r="S295" t="s">
+        <v>22</v>
+      </c>
+      <c r="T295" t="s">
+        <v>22</v>
+      </c>
+      <c r="U295" t="s">
+        <v>22</v>
+      </c>
+      <c r="V295" t="s">
+        <v>22</v>
+      </c>
+      <c r="W295" t="s">
+        <v>22</v>
+      </c>
+      <c r="X295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y295" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB295" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC295" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="296" spans="1:29">
+      <c r="A296">
+        <v>294</v>
+      </c>
+      <c r="B296" t="s">
+        <v>22</v>
+      </c>
+      <c r="C296"/>
+      <c r="D296" t="s">
+        <v>345</v>
+      </c>
+      <c r="E296">
+        <v>0</v>
+      </c>
+      <c r="F296" t="s">
+        <v>22</v>
+      </c>
+      <c r="G296" t="s">
+        <v>22</v>
+      </c>
+      <c r="H296" t="s">
+        <v>22</v>
+      </c>
+      <c r="I296" t="s">
+        <v>22</v>
+      </c>
+      <c r="J296" t="s">
+        <v>22</v>
+      </c>
+      <c r="K296" t="s">
+        <v>22</v>
+      </c>
+      <c r="L296" t="s">
+        <v>22</v>
+      </c>
+      <c r="M296" t="s">
+        <v>22</v>
+      </c>
+      <c r="N296" t="s">
+        <v>22</v>
+      </c>
+      <c r="O296" t="s">
+        <v>22</v>
+      </c>
+      <c r="P296" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>22</v>
+      </c>
+      <c r="R296" t="s">
+        <v>22</v>
+      </c>
+      <c r="S296" t="s">
+        <v>22</v>
+      </c>
+      <c r="T296" t="s">
+        <v>22</v>
+      </c>
+      <c r="U296" t="s">
+        <v>22</v>
+      </c>
+      <c r="V296" t="s">
+        <v>22</v>
+      </c>
+      <c r="W296" t="s">
+        <v>22</v>
+      </c>
+      <c r="X296" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y296" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z296" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA296" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB296" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC296" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="297" spans="1:29">
+      <c r="A297">
+        <v>295</v>
+      </c>
+      <c r="B297" t="s">
         <v>346</v>
       </c>
-      <c r="D295" t="s">
-[...74 lines deleted...]
-      <c r="AC295" t="s">
+      <c r="C297" t="s">
+        <v>20</v>
+      </c>
+      <c r="D297" t="s">
+        <v>347</v>
+      </c>
+      <c r="E297">
+        <v>0</v>
+      </c>
+      <c r="F297" t="s">
+        <v>22</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297" t="s">
+        <v>22</v>
+      </c>
+      <c r="I297" t="s">
+        <v>22</v>
+      </c>
+      <c r="J297" t="s">
+        <v>22</v>
+      </c>
+      <c r="K297" t="s">
+        <v>22</v>
+      </c>
+      <c r="L297" t="s">
+        <v>22</v>
+      </c>
+      <c r="M297" t="s">
+        <v>22</v>
+      </c>
+      <c r="N297" t="s">
+        <v>22</v>
+      </c>
+      <c r="O297" t="s">
+        <v>22</v>
+      </c>
+      <c r="P297" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>22</v>
+      </c>
+      <c r="R297" t="s">
+        <v>22</v>
+      </c>
+      <c r="S297" t="s">
+        <v>22</v>
+      </c>
+      <c r="T297" t="s">
+        <v>22</v>
+      </c>
+      <c r="U297" t="s">
+        <v>22</v>
+      </c>
+      <c r="V297" t="s">
+        <v>22</v>
+      </c>
+      <c r="W297" t="s">
+        <v>22</v>
+      </c>
+      <c r="X297" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y297" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z297" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA297" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB297" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC297" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="298" spans="1:29">
+      <c r="A298">
+        <v>296</v>
+      </c>
+      <c r="B298" t="s">
+        <v>348</v>
+      </c>
+      <c r="C298" t="s">
+        <v>20</v>
+      </c>
+      <c r="D298" t="s">
+        <v>347</v>
+      </c>
+      <c r="E298">
+        <v>0</v>
+      </c>
+      <c r="F298" t="s">
+        <v>22</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298" t="s">
+        <v>22</v>
+      </c>
+      <c r="I298" t="s">
+        <v>22</v>
+      </c>
+      <c r="J298" t="s">
+        <v>22</v>
+      </c>
+      <c r="K298" t="s">
+        <v>22</v>
+      </c>
+      <c r="L298" t="s">
+        <v>22</v>
+      </c>
+      <c r="M298" t="s">
+        <v>22</v>
+      </c>
+      <c r="N298" t="s">
+        <v>22</v>
+      </c>
+      <c r="O298" t="s">
+        <v>22</v>
+      </c>
+      <c r="P298" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>22</v>
+      </c>
+      <c r="R298" t="s">
+        <v>22</v>
+      </c>
+      <c r="S298" t="s">
+        <v>22</v>
+      </c>
+      <c r="T298" t="s">
+        <v>22</v>
+      </c>
+      <c r="U298" t="s">
+        <v>22</v>
+      </c>
+      <c r="V298" t="s">
+        <v>22</v>
+      </c>
+      <c r="W298" t="s">
+        <v>22</v>
+      </c>
+      <c r="X298" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y298" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z298" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA298" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB298" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC298" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="299" spans="1:29">
+      <c r="A299">
+        <v>297</v>
+      </c>
+      <c r="B299" t="s">
+        <v>349</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D299" t="s">
+        <v>347</v>
+      </c>
+      <c r="E299">
+        <v>1</v>
+      </c>
+      <c r="F299" t="s">
+        <v>22</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
+      </c>
+      <c r="H299" t="s">
+        <v>22</v>
+      </c>
+      <c r="I299" t="s">
+        <v>22</v>
+      </c>
+      <c r="J299" t="s">
+        <v>22</v>
+      </c>
+      <c r="K299" t="s">
+        <v>22</v>
+      </c>
+      <c r="L299" t="s">
+        <v>22</v>
+      </c>
+      <c r="M299" t="s">
+        <v>22</v>
+      </c>
+      <c r="N299" t="s">
+        <v>22</v>
+      </c>
+      <c r="O299" t="s">
+        <v>22</v>
+      </c>
+      <c r="P299" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>22</v>
+      </c>
+      <c r="R299">
+        <v>1</v>
+      </c>
+      <c r="S299" t="s">
+        <v>22</v>
+      </c>
+      <c r="T299" t="s">
+        <v>22</v>
+      </c>
+      <c r="U299" t="s">
+        <v>22</v>
+      </c>
+      <c r="V299" t="s">
+        <v>22</v>
+      </c>
+      <c r="W299" t="s">
+        <v>22</v>
+      </c>
+      <c r="X299" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y299" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z299" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA299" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB299" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC299" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="300" spans="1:29">
+      <c r="A300">
+        <v>298</v>
+      </c>
+      <c r="B300" t="s">
+        <v>349</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D300" t="s">
+        <v>347</v>
+      </c>
+      <c r="E300">
+        <v>1</v>
+      </c>
+      <c r="F300" t="s">
+        <v>22</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300" t="s">
+        <v>22</v>
+      </c>
+      <c r="I300" t="s">
+        <v>22</v>
+      </c>
+      <c r="J300" t="s">
+        <v>22</v>
+      </c>
+      <c r="K300" t="s">
+        <v>22</v>
+      </c>
+      <c r="L300" t="s">
+        <v>22</v>
+      </c>
+      <c r="M300" t="s">
+        <v>22</v>
+      </c>
+      <c r="N300" t="s">
+        <v>22</v>
+      </c>
+      <c r="O300" t="s">
+        <v>22</v>
+      </c>
+      <c r="P300" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>22</v>
+      </c>
+      <c r="R300">
+        <v>1</v>
+      </c>
+      <c r="S300" t="s">
+        <v>22</v>
+      </c>
+      <c r="T300" t="s">
+        <v>22</v>
+      </c>
+      <c r="U300" t="s">
+        <v>22</v>
+      </c>
+      <c r="V300" t="s">
+        <v>22</v>
+      </c>
+      <c r="W300" t="s">
+        <v>22</v>
+      </c>
+      <c r="X300" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y300" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z300" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA300" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB300" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC300" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="301" spans="1:29">
+      <c r="A301">
+        <v>299</v>
+      </c>
+      <c r="B301" t="s">
+        <v>349</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D301" t="s">
+        <v>347</v>
+      </c>
+      <c r="E301">
+        <v>1</v>
+      </c>
+      <c r="F301" t="s">
+        <v>22</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301" t="s">
+        <v>22</v>
+      </c>
+      <c r="I301" t="s">
+        <v>22</v>
+      </c>
+      <c r="J301" t="s">
+        <v>22</v>
+      </c>
+      <c r="K301" t="s">
+        <v>22</v>
+      </c>
+      <c r="L301" t="s">
+        <v>22</v>
+      </c>
+      <c r="M301" t="s">
+        <v>22</v>
+      </c>
+      <c r="N301" t="s">
+        <v>22</v>
+      </c>
+      <c r="O301" t="s">
+        <v>22</v>
+      </c>
+      <c r="P301" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>22</v>
+      </c>
+      <c r="R301">
+        <v>1</v>
+      </c>
+      <c r="S301" t="s">
+        <v>22</v>
+      </c>
+      <c r="T301" t="s">
+        <v>22</v>
+      </c>
+      <c r="U301" t="s">
+        <v>22</v>
+      </c>
+      <c r="V301" t="s">
+        <v>22</v>
+      </c>
+      <c r="W301" t="s">
+        <v>22</v>
+      </c>
+      <c r="X301" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y301" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z301" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA301" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB301" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC301" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="L1:M1"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="P1:Q1"/>
     <mergeCell ref="R1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:W1"/>
     <mergeCell ref="X1:Y1"/>
     <mergeCell ref="Z1:AA1"/>
     <mergeCell ref="AB1:AC1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <hyperlinks>
@@ -27737,74 +28289,74 @@
     <hyperlink ref="C55" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_38"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_40"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_53"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_54"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_57"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_58"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_61"/>
-    <hyperlink ref="C86" r:id="rId_hyperlink_62"/>
-[...4 lines deleted...]
-    <hyperlink ref="C91" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="C81" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="C82" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="C83" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="C84" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_69"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_70"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_71"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C101" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C102" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C103" r:id="rId_hyperlink_79"/>
-    <hyperlink ref="C108" r:id="rId_hyperlink_80"/>
-[...4 lines deleted...]
-    <hyperlink ref="C113" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C104" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="C105" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="C106" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="C107" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C108" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C109" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C114" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C115" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C116" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C117" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C118" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C119" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C120" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C121" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C122" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C124" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C125" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C126" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C127" r:id="rId_hyperlink_99"/>
     <hyperlink ref="C128" r:id="rId_hyperlink_100"/>
     <hyperlink ref="C129" r:id="rId_hyperlink_101"/>
     <hyperlink ref="C130" r:id="rId_hyperlink_102"/>
     <hyperlink ref="C131" r:id="rId_hyperlink_103"/>
     <hyperlink ref="C132" r:id="rId_hyperlink_104"/>
     <hyperlink ref="C133" r:id="rId_hyperlink_105"/>
     <hyperlink ref="C134" r:id="rId_hyperlink_106"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_107"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_108"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_109"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_110"/>
@@ -27819,88 +28371,94 @@
     <hyperlink ref="C147" r:id="rId_hyperlink_119"/>
     <hyperlink ref="C148" r:id="rId_hyperlink_120"/>
     <hyperlink ref="C149" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C150" r:id="rId_hyperlink_122"/>
     <hyperlink ref="C151" r:id="rId_hyperlink_123"/>
     <hyperlink ref="C152" r:id="rId_hyperlink_124"/>
     <hyperlink ref="C153" r:id="rId_hyperlink_125"/>
     <hyperlink ref="C154" r:id="rId_hyperlink_126"/>
     <hyperlink ref="C155" r:id="rId_hyperlink_127"/>
     <hyperlink ref="C156" r:id="rId_hyperlink_128"/>
     <hyperlink ref="C157" r:id="rId_hyperlink_129"/>
     <hyperlink ref="C158" r:id="rId_hyperlink_130"/>
     <hyperlink ref="C159" r:id="rId_hyperlink_131"/>
     <hyperlink ref="C160" r:id="rId_hyperlink_132"/>
     <hyperlink ref="C161" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C162" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C163" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C164" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C165" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C166" r:id="rId_hyperlink_138"/>
     <hyperlink ref="C167" r:id="rId_hyperlink_139"/>
     <hyperlink ref="C168" r:id="rId_hyperlink_140"/>
     <hyperlink ref="C169" r:id="rId_hyperlink_141"/>
     <hyperlink ref="C170" r:id="rId_hyperlink_142"/>
     <hyperlink ref="C171" r:id="rId_hyperlink_143"/>
-    <hyperlink ref="C182" r:id="rId_hyperlink_144"/>
-[...5 lines deleted...]
-    <hyperlink ref="C189" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="C172" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="C173" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="C174" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C175" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="C176" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="C177" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="C188" r:id="rId_hyperlink_150"/>
     <hyperlink ref="C190" r:id="rId_hyperlink_151"/>
-    <hyperlink ref="C220" r:id="rId_hyperlink_152"/>
-[...9 lines deleted...]
-    <hyperlink ref="C235" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="C191" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C192" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="C193" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="C194" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="C195" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="C196" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="C226" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="C227" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="C228" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="C229" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="C233" r:id="rId_hyperlink_162"/>
     <hyperlink ref="C236" r:id="rId_hyperlink_163"/>
     <hyperlink ref="C237" r:id="rId_hyperlink_164"/>
     <hyperlink ref="C238" r:id="rId_hyperlink_165"/>
     <hyperlink ref="C239" r:id="rId_hyperlink_166"/>
     <hyperlink ref="C240" r:id="rId_hyperlink_167"/>
     <hyperlink ref="C241" r:id="rId_hyperlink_168"/>
     <hyperlink ref="C242" r:id="rId_hyperlink_169"/>
     <hyperlink ref="C243" r:id="rId_hyperlink_170"/>
     <hyperlink ref="C244" r:id="rId_hyperlink_171"/>
-    <hyperlink ref="C250" r:id="rId_hyperlink_172"/>
-[...8 lines deleted...]
-    <hyperlink ref="C295" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="C245" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="C246" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="C247" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="C248" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="C249" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="C250" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="C256" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="C257" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="C283" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="C284" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="C285" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="C287" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="C288" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="C299" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="C300" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="C301" r:id="rId_hyperlink_187"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>