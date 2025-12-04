--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -976,51 +976,51 @@
       </c>
       <c r="Y5" t="s">
         <v>19</v>
       </c>
       <c r="Z5" t="s">
         <v>19</v>
       </c>
       <c r="AA5" t="s">
         <v>19</v>
       </c>
       <c r="AB5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>7</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6" t="s">
         <v>19</v>
       </c>
       <c r="L6">
         <v>6</v>
       </c>
@@ -1035,58 +1035,58 @@
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>1</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6" t="s">
         <v>19</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6" t="s">
         <v>19</v>
       </c>
-      <c r="X6" t="s">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="X6">
+        <v>2</v>
+      </c>
+      <c r="Y6">
+        <v>1</v>
+      </c>
+      <c r="Z6">
+        <v>2</v>
       </c>
       <c r="AA6" t="s">
         <v>19</v>
       </c>
       <c r="AB6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
@@ -2352,51 +2352,51 @@
       </c>
       <c r="Y21" t="s">
         <v>19</v>
       </c>
       <c r="Z21" t="s">
         <v>19</v>
       </c>
       <c r="AA21" t="s">
         <v>19</v>
       </c>
       <c r="AB21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:28">
       <c r="A22">
         <v>2025</v>
       </c>
       <c r="B22">
         <v>20</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22" t="s">
         <v>19</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>19</v>
       </c>
       <c r="J22">
         <v>2</v>
       </c>
       <c r="K22" t="s">
         <v>19</v>
       </c>
       <c r="L22" t="s">
         <v>19</v>
       </c>
@@ -2414,55 +2414,55 @@
       </c>
       <c r="Q22" t="s">
         <v>19</v>
       </c>
       <c r="R22" t="s">
         <v>19</v>
       </c>
       <c r="S22">
         <v>1</v>
       </c>
       <c r="T22">
         <v>1</v>
       </c>
       <c r="U22" t="s">
         <v>19</v>
       </c>
       <c r="V22" t="s">
         <v>19</v>
       </c>
       <c r="W22" t="s">
         <v>19</v>
       </c>
       <c r="X22" t="s">
         <v>19</v>
       </c>
-      <c r="Y22" t="s">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="Y22">
+        <v>1</v>
+      </c>
+      <c r="Z22">
+        <v>2</v>
       </c>
       <c r="AA22" t="s">
         <v>19</v>
       </c>
       <c r="AB22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:28">
       <c r="A23">
         <v>2025</v>
       </c>
       <c r="B23">
         <v>21</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23" t="s">