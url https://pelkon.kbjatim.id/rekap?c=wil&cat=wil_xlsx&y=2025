--- v1 (2025-12-04)
+++ v2 (2026-03-12)
@@ -976,51 +976,51 @@
       </c>
       <c r="Y5" t="s">
         <v>19</v>
       </c>
       <c r="Z5" t="s">
         <v>19</v>
       </c>
       <c r="AA5" t="s">
         <v>19</v>
       </c>
       <c r="AB5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>7</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6" t="s">
         <v>19</v>
       </c>
       <c r="L6">
         <v>6</v>
       </c>
@@ -1047,52 +1047,52 @@
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6" t="s">
         <v>19</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6" t="s">
         <v>19</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>1</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6" t="s">
         <v>19</v>
       </c>
-      <c r="AB6" t="s">
-        <v>19</v>
+      <c r="AB6">
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
         <v>19</v>
       </c>
       <c r="H7" t="s">